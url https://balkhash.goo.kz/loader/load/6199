--- v0 (2025-12-08)
+++ v1 (2026-01-03)
@@ -1,4212 +1,6880 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9937"/>
+        <w:gridCol w:w="9995"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EB769B" w:rsidRPr="00E52EFA" w:rsidTr="004A43AE">
+      <w:tr w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidTr="004A43AE">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9937" w:type="dxa"/>
+            <w:tcW w:w="9995" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w:rsidR="00EB769B" w:rsidRPr="00E52EFA" w:rsidRDefault="00EB769B" w:rsidP="00EB769B">
+          <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="004A43AE">
             <w:pPr>
-              <w:pStyle w:val="Standard"/>
+              <w:pStyle w:val="a7"/>
+              <w:ind w:firstLine="0"/>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-            <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00E52EFA">
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>№ исх: 345   от: 13.08.2020</w:t>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00E52EFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0C0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>исх</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00E52EFA">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:color w:val="0C0000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>: 345   от: 13.08.2020</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EB769B" w:rsidRPr="00E52EFA" w:rsidRDefault="00EB769B" w:rsidP="00EB769B">
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="4962"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>13</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>» августа 2020 года №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 345</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:pBdr>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="FFFFFF"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="000000"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации по организации воспитательно-образовательного процесса с детьми дошкольного возраста </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в период ограничительных мер,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>связанных с недопущением распространения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:ind w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00EB769B" w:rsidRPr="00E52EFA" w:rsidRDefault="00EB769B" w:rsidP="00EB769B">
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Глава 1.Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:ind w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Формы о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизаци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и занятий с детьми дошкольного возраста</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее - ДО) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тся</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в зависимости от санитарно-эпидемиологической ситуации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в регионах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>проведение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятий  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">консультаций) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанционном формате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>проведение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятий в ДО с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ами.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Занятия (консультации) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанционном формате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для детей дошкольного возраста – обучение (консультация) в домашних условиях, где под руководством родителей дети изучают и выполняют задания педагогов (преимущественно дети старшего, предшкольного возраста).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a7"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Проведение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятий в ДО с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - форма организации учебно-воспитательной деятельности в ДО с соблюдением санитарных требований на основании решений местных исполнительных органов по согласованию с главными государственными санитарными врачами соответствующих территорий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-    <w:p w:rsidR="00EB769B" w:rsidRPr="00E52EFA" w:rsidRDefault="00EB769B" w:rsidP="00EB769B">
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
-        <w:ind w:firstLine="709"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...23 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Порядок о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рганизации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>занятий (консультаций)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дистанционном формате</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведени</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционных занятий, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видеозанятий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оспитанниками направлено на удовлетворение запросов родительской общественности и выполнение социального заказа, а также консультационное сопровождение родителей воспитанников через применение дистанционных образовательных технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководители школ (при наличии мини-центров) и дошкольных организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> целях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обеспеч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информирова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нности</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителей (законных представителей детей)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и организации дистанционного обучения детей старших групп и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> групп </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информир</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ованию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> всех участников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>законны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>представител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ей детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) об организации дистанционного обучения детей старших групп и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с указанием даты начала занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>определению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>спис</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>доступны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связи, интернет-ресурсов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в каждой семье для проведения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанционого</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оставл</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписани</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">интегрированных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>снов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> грамоты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>снов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математики</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» и «Ознакомление с окружающим миром» (одно занятие в день);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- разработке педагогами конспектов дистанционных занятий (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обучающее видео и др.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с широким применением демонстрационного материала, дидактических игр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ит.д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> созданию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> групп в социальных сетях (WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Facebook</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Instagram</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>и др.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едагог</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> старших групп, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ых групп,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>разме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>щены</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видеозанятия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мультфильм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>аудиосказ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ки и др.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом возрастных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- обеспечению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обратн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>связ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и с родителями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ждению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контингента групп, составлению расписания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, графика работы, режима дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>перераспреде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лению</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>трудовы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>функци</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работников по обеспечению образовательного процесса в дистанционном формате (по необходимости) согласно трудового законодательства; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>определ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> трудовые функции работников, обеспечивающих </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>работу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дистанционном формате (административный, технический персонал) согласно трудового законодательства</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместител</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и руководителя, методисты:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганиз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>уют</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дистанционное обучение, направленное на освоение детьми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">старшего, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возраста Типовой учебной программы дошкольного воспитания  и обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> совместно с педагогами дистанционное обучение детей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>старш</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предшкольного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возраста;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>способств</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ую</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т активной информированности всех участников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (педагогов, родителей\законных представителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) об организации работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- провод</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">т по необходимости </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>видеообсуждение</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с педагогами по результатам дистанционного обучения детей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заполняют базу НОБД информацией о движении воспитанников, о качественном составе педагогов, о материальной базе, о техническом персонале  и др.; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- составляют расписание занятий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организуют деятельность педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- осуществляют индивидуальное консультирование родителей воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- информируют родителей воспитанников (законных представителей): об образовательной платформе, о расписании занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- проводят дистанционные занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в соответствии с утвержденным графиком;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>водят индивидуальные консультации для родителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечивают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обратную связь со всеми участниками дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с учетом результатов дистанционного обучения проводят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корректи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ровку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> конспектов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заниятий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-      <w:pPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендации к занятиям в дистанционном формате</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Занятия для детей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>старших групп, предшкольных групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дистанционном формате </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проводятся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не более 15 минут в соответствии с </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Санитарны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правила</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Воспитателю необходимо заранее подготовить родителей воспитанников к занятию в режиме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стриминга</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по необходимости), предоставив им памятку с алгоритмом действий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>До занятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- скачать на свое устройство доступное приложение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- проверить работу инструментов приложения (микрофон, видео, демонстрация экрана и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- использовать для регистрации свои фамилию и имя, возрастную группу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- перед занятием за 10-15 мин проверить подключение к платформе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Во время занятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обеспечить отсутствие посторонних звуков; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- следить за режимом микрофона (включать только по необходимости); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- следить за режимом видео;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="2"/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:w w:val="110"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman"/>
+          <w:b w:val="0"/>
+          <w:i w:val="0"/>
+          <w:w w:val="110"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>- соблюдать нормы этического поведения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- правильно использовать инструменты платформы (при необходимости: написать сообщение педагогу (родителю), включить видео/аудио или презентацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучение в синхронном формате </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>детей старших групп, предшкольных групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предполагает прямую связь (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стриминг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) педагога с родителями и воспитанниками в реальном времени, с использованием возможностей интернет-платформ. Воспитатель может выделить определенную часть занятия для выхода в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стриминг</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, остальную часть занятия провести в асинхронном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асинхронный формат занятия представляет собой взаимодействие педагога с родителями и воспитанниками посредством возможностей электронных платформ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации по использованию электронных платформ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>для дистанционного обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Для дистанционного обучения рекомендуются образовательные интернет-платформы, а также использование электронной почты и других средств связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>образовательн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> платформ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">online.edu.kz открыта страница </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">где </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещены</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образцы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>видеозаняти</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, мультфильм</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>аудиосказ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом возрастных групп, а также </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>видеозанятия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>детей предшкольных групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Глава 3. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Организация</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дежурных групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в дошкольных организациях</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Работа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дежурных групп осуществляется при строгом соблюдении санитарных требований, в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т.ч</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. согласно настоящему порядку на основании заявлений родителей (законных представителей детей).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Заявления принимаются в электронной форме через доступные средства (см. приложение).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В случае изъявления желания посещения дежурной группы родители или законные представители детей пишут заявление о своем намерении на имя руководителя дошкольной организации и направляют его воспитателю через доступные средства связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Воспита</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ль передает заявление в администрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Администрация дошкольной организации на основании заявлений, формирует дежурные группы до 15 детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контингент, расписание, график работы, педагогический состав дежурных групп утверждаются на заседании педагогического совета, по необходимости вносятся изменения. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Образовательный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс в дежурных группах осуществляется согласно утвержденному плану дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ежедневно в детском саду с дежурными группами проводится утренний фильтр медицинским работником всех сотрудников детского сада и детей. При обнаружении признаков заболеваемости сотрудники к работе не допускаются. При обнаружении признаков заболеваемости  дети возвращаются домой с родителями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дежурную группу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екомендуется</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> допускать детей, не имеющих хронических заболеваний (указывается в заявлении).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...22 lines deleted...]
-    <w:p w:rsidR="00EB769B" w:rsidRPr="00E52EFA" w:rsidRDefault="00EB769B" w:rsidP="00EB769B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Право выбора посещения дежурных групп принадлежит родителям или законным представителям детей путем подачи заявления на имя руководителя.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родители или законные представители детей, отправляя детей в дежурные группы, выражают понимание и свое согласие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на то</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что дети будут находиться в общественной среде и принимают все меры для недопущения риска заражения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родители или законные представители детей обеспечивают детей средствами санитарной безопасности: носовые платки, влажные антибактериальные салфетки и маски</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (с 5 лет)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родители или законные представители детей разъясняют своим детям о необходимости социального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дистанцирования</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родители или законные представители детей осуществляют сопровождение детей до входных наружных дверей дошкольной организации. Воспитатель встречает детей у входа и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>приводит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в группу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дошкольная организация обеспечивается запасом дезинфицирующих средств (дезинфицирующий коврик у входа, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>санитайзеры</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, средства для обеспечения влажной, дезинфицирующей уборки)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В дошкольной организации обеспечивается:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- сокращение физических контактов воспитанников и педагогов, других работников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- максимальное использование игровых площадок для обеспечения социальной дистанции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  ежедневный замер температуры воспитанников и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сотрудников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-  влажная уборка после каждого занятия в группах, в коридорах, холлах и других помещениях, дезинфекция выключателей, дверных ручек, поручней, перил, лестничных маршей, подоконников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- функционирование медицинских кабинетов и изоляторов (для ежедневного замера температуры, выявления симптомов заболеваний, изоляции, в случаях выявления заболевших</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> -</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечение перехода на дистанционное обучение всей группы, контроля состояния детей группы, возвращения группы в штатный режим)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- для входа и выхода детей используются отдельные входы и выходы каждой возрастной группы детского сада.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендации к функционированию дежурных групп:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">наполняемость групп – до 15 детей; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расстановка детских столов на расстоянии 1метра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проветривание, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кварцевание</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>помещения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> после каждого занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мытье рук и использование специальных средств </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обезараживания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Воспитатель проводит разъяснительную работу с родителями по вопросу посещения ДО (режим работы, возрастные группы, состояние здоровья, соответствующая одежда, соблюдение режима дня ДО и др., приводить ребенка заблаговременно, так как прием детей может занять определенное время);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Занятия в дежурных группах проводятся по расписанию согласно перспективному плану и циклограмме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Соблюдается режим питания, организованной учебной деятельности, сна, отдыха.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>По завершению режима дня родители или законные представители забирают детей, воспитатель сопровождает ребенка до выхода.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a5"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
       <w:pPr>
         <w:pStyle w:val="a4"/>
-        <w:widowControl w:val="0"/>
-[...2 lines deleted...]
-        <w:contextualSpacing w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...312 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E52EFA">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:w w:val="105"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">2- тарау. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E52EFA">
+        <w:t xml:space="preserve">Глава 4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации к разработке </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>видеозанятий</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с использованием дистанционных образовательных технологий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:pStyle w:val="a4"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Организационные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- соответствие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>содержания видеозанятий требованиям Стандарта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>иповой</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>программы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- реализация дидактических принципов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- эффективное использование информационно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>коммуникативных и мультимедийных технологий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиовизуальные средства </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>графика, аудио, видеоматериалы, презентации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>возможност</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и использования материалов видеозанятий в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>офлайн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>режим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- длительность видеозаписи - не более 15 минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Содержание занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- сочетание «классического» (повествовательного) и нестандартного стилей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- разумное соотношение съемки и символьного наполнения (заставки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>и пр.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- количество слайдов – 2-3 на одно занятие.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Эмоциональный фон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  голос </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> спокойный, доброжелательный, достаточный для восприятия звучания, речь отчетливая, дикция хорошая;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- изложение убедительное, свободное, в достаточной мере эмоциональное (эффект присутствия), темп изложения неторопливый;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- психологическое воздействие: стиль и язык произносимого текста, интонирование, акцептация отдельных предложений, эмоциональные подъёмы, паузы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- адекватное (в эмоциональном плане) музыкальное сопровождение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4. Дизайн занятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  цветовой фон </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>постоянный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">из трех цветов, близких по цветовой гамме; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- звук четкий (без посторонних звуков), равномерный по громкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Рекомендации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>сихолого-педагогическ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>подготов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ленности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагога: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- знание возрастных и психологических особенностей воспитанников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- знание требований к разработке и созданию электронных обучающих ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методическая подготовка: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- владение методическими приемами разработки и использования электронных образовательных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- умение определять и реализовывать цели занятия в нестандартных условиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Навыки работы с IT-технологиями: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- наличие IT-компетенций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- навыки разработки и использования цифровых образовательных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Рекомендации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>видеозанятию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- продолжительность</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не более </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- гибкий график;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- возможность просмотра в любое время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D94E43" w:rsidRPr="00E52EFA" w:rsidRDefault="00D94E43" w:rsidP="00D94E43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...831 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t>При стабильном улучшении санитарно-эпидемиологической ситуации осуществляется постепенный переход дошкольной организации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                        Қашық форматтағы сабақтарға ұсынымдар</w:t>
-[...490 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">к функционированию в штатном режиме при </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қашықтан оқыту үшін электрондық платформаны қолдану бойынша ұсынымдар</w:t>
-[...122 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+        <w:t xml:space="preserve">строгом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E52EFA">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1954 lines deleted...]
-    <w:sectPr w:rsidR="00AA0A3B" w:rsidRPr="00EB769B">
+        </w:rPr>
+        <w:t>соблюдении санитарных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AA0A3B" w:rsidRDefault="00AA0A3B">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00AA0A3B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="font297">
     <w:altName w:val="Times New Roman"/>
     <w:charset w:val="CC"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="SimSun">
+    <w:altName w:val="宋体"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...128 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00EF7C6F"/>
+    <w:rsidRoot w:val="0095238D"/>
+    <w:rsid w:val="0095238D"/>
     <w:rsid w:val="00AA0A3B"/>
-    <w:rsid w:val="00EB769B"/>
-    <w:rsid w:val="00EF7C6F"/>
+    <w:rsid w:val="00D94E43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{870D9288-9D15-44A9-A2F6-9CF34E5B758E}"/>
+  <w15:docId w15:val="{0D95F331-A5B0-4856-94C3-A3509DBE053B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -4278,51 +6946,51 @@
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4559,139 +7227,247 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB769B"/>
+    <w:rsid w:val="00D94E43"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="256" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="font297"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D94E43"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00D94E43"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:val="x-none"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a3">
     <w:name w:val="Абзац списка Знак"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="34"/>
-    <w:rsid w:val="00EB769B"/>
+    <w:rsid w:val="00D94E43"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal (Web)"/>
+    <w:aliases w:val="Обычный (Web),Обычный (веб)1,Обычный (веб)1 Знак Знак Зн,Знак Знак,Знак4 Знак Знак,Знак4,Знак4 Знак Знак Знак Знак,Знак4 Знак,Обычный (Web) Знак Знак Знак Знак,Обычный (Web) Знак Знак Знак Знак Знак Знак Знак Знак Знак,Обычный (веб) Знак1"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00D94E43"/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00EB769B"/>
+    <w:rsid w:val="00D94E43"/>
     <w:pPr>
       <w:suppressAutoHyphens w:val="0"/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
     <w:name w:val="Standard"/>
-    <w:rsid w:val="00EB769B"/>
+    <w:rsid w:val="00D94E43"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Обычный (веб) Знак"/>
+    <w:aliases w:val="Обычный (Web) Знак,Обычный (веб)1 Знак,Обычный (веб)1 Знак Знак Зн Знак,Знак Знак Знак,Знак4 Знак Знак Знак,Знак4 Знак1,Знак4 Знак Знак Знак Знак Знак,Знак4 Знак Знак1,Обычный (Web) Знак Знак Знак Знак Знак,Обычный (веб) Знак1 Знак"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:locked/>
+    <w:rsid w:val="00D94E43"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="x-none" w:eastAsia="x-none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="No Spacing"/>
+    <w:aliases w:val="мелкий,Обя,мой рабочий,норма,Айгерим,ТекстОтчета,СНОСКИ,Алия,No Spacing,No Spacing1,Без интервала3,свой,Без интервала11,14 TNR,без интервала,Елжан,МОЙ СТИЛЬ,Без интеБез интервала,Article,Ерк!н,ARSH_N,Интервалсыз"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D94E43"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:firstLine="454"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Без интервала Знак"/>
+    <w:aliases w:val="мелкий Знак,Обя Знак,мой рабочий Знак,норма Знак,Айгерим Знак,ТекстОтчета Знак,СНОСКИ Знак,Алия Знак,No Spacing Знак,No Spacing1 Знак,Без интервала3 Знак,свой Знак,Без интервала11 Знак,14 TNR Знак,без интервала Знак,Елжан Знак"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="1"/>
+    <w:locked/>
+    <w:rsid w:val="00D94E43"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4915,55 +7691,55 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>6</Pages>
-[...1 lines deleted...]
-  <Characters>11629</Characters>
+  <Pages>1</Pages>
+  <Words>1891</Words>
+  <Characters>10785</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
-  <Paragraphs>27</Paragraphs>
+  <Lines>89</Lines>
+  <Paragraphs>25</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13642</CharactersWithSpaces>
+  <CharactersWithSpaces>12651</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Asylbek</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>