--- v0 (2025-12-18)
+++ v1 (2026-01-09)
@@ -1,532 +1,531 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BA6B5E" w:rsidRPr="00BA6B5E" w:rsidRDefault="00BA6B5E" w:rsidP="009A5FA9">
+    <w:p w:rsidR="00CF6E3D" w:rsidRPr="00F75747" w:rsidRDefault="00CF6E3D" w:rsidP="00F75747">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA6B5E">
-[...162 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При Карагандинской академии МВД РК им. Б. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бейсенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> функционирует «Школа юного юриста» </w:t>
+      </w:r>
+      <w:r w:rsidR="00F75747" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>деятельность,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которой направлена на приобретение учащимися 8-11 классов базовых знаний в области юриспруденции и права, а также  ориентирование молодежи  в выборе будущей профессии.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA6B5E" w:rsidRDefault="00BA6B5E" w:rsidP="009A5FA9">
+    <w:p w:rsidR="00CF6E3D" w:rsidRPr="00F75747" w:rsidRDefault="003D4276" w:rsidP="00F75747">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...4 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA6B5E">
-[...105 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучение осуществляется на государственном и русском языках. </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Занятия проводятся в здании образовательного центра «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Достык</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» по адресу г. Караганда, пр. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Нұрсұлтан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Назарбаев, 37 (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>каб</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>. 412)  с участием опытных преподавателей Карагандинской академии МВД Республики Казахстан им</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Бейсенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BA6B5E">
-[...8 lines deleted...]
-        <w:t>арқылы қашықтықтан оқыту мүмкіндігі бар.</w:t>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Для ребят, проживающих в других городах Казахстана, существует возможность дистанционного обучения посредством «</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Skype</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF6E3D" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>».</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA6B5E" w:rsidRPr="00BA6B5E" w:rsidRDefault="00BA6B5E" w:rsidP="009A5FA9">
+    <w:p w:rsidR="00F75747" w:rsidRPr="00F75747" w:rsidRDefault="00F75747" w:rsidP="00F75747">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Наличие сертификата Школы юного юриста является преимуществом при поступлении в Карагандинскую академию М</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ВД в сл</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>учае равных баллов ЕНТ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008E2355" w:rsidRPr="00F75747" w:rsidRDefault="00BE5D5A" w:rsidP="00F75747">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BA6B5E">
-[...5 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Ответим на все интересующие вопросы по телефону </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rStyle w:val="wmi-callto"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>8-701-736-5900</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="009A5FA9" w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наша страница в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Инстаграм</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> @</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F75747">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>the_school_of_young_lawyer_krg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00BE5D5A" w:rsidRPr="00F75747" w:rsidRDefault="00BE5D5A" w:rsidP="00F75747">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">Барлық қызықтыратын сұрақтарға </w:t>
-[...22 lines deleted...]
-      </w:r>
+      </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00BA6B5E">
-[...20 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="008E2355" w:rsidRPr="00BA6B5E" w:rsidRDefault="008E2355" w:rsidP="009A5FA9">
-[...22 lines deleted...]
-    <w:sectPr w:rsidR="00BE5D5A" w:rsidRPr="00BE5D5A" w:rsidSect="00C71B06">
+    <w:sectPr w:rsidR="00BE5D5A" w:rsidRPr="00F75747" w:rsidSect="00C71B06">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="110"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E2355"/>
     <w:rsid w:val="000A5106"/>
     <w:rsid w:val="000B2B5E"/>
-    <w:rsid w:val="001A4752"/>
     <w:rsid w:val="002D7271"/>
     <w:rsid w:val="003D4276"/>
     <w:rsid w:val="0063465C"/>
     <w:rsid w:val="00856E7B"/>
     <w:rsid w:val="008E2355"/>
     <w:rsid w:val="009A5FA9"/>
     <w:rsid w:val="00AC67AC"/>
-    <w:rsid w:val="00BA6B5E"/>
     <w:rsid w:val="00BE5D5A"/>
     <w:rsid w:val="00C71B06"/>
     <w:rsid w:val="00CF6E3D"/>
     <w:rsid w:val="00D44BAA"/>
-    <w:rsid w:val="00DA65D1"/>
     <w:rsid w:val="00F2435C"/>
+    <w:rsid w:val="00F75747"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -1215,66 +1214,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>123</Words>
-  <Characters>702</Characters>
+  <Words>139</Words>
+  <Characters>797</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
+  <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>824</CharactersWithSpaces>
+  <CharactersWithSpaces>935</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>