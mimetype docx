--- v0 (2025-12-08)
+++ v1 (2026-01-02)
@@ -1,2234 +1,2226 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002743BE" w:rsidRDefault="002743BE" w:rsidP="00F165EE">
-[...31 lines deleted...]
-        <w:ind w:left="0"/>
+    <w:p w:rsidR="00AA32F0" w:rsidRPr="002B68C8" w:rsidRDefault="00B9070E" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КГУ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Школа-лицей №15 города Ба</w:t>
+      </w:r>
+      <w:r w:rsidR="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лхаш имени </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Алихана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Бокейханова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B9070E" w:rsidRDefault="00B9070E" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      За счет средств фонда всеобуча было подано 43 заявления от родителей обучающихся и воспитанников на учебно-методическое пособие и 42 заявления на обмундирование.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Были собраны документы и определены статусы обратившихся родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD7266" w:rsidRPr="002B68C8" w:rsidRDefault="00FD7266" w:rsidP="00B9070E">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51488DD3" wp14:editId="6775C858">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+              <wp:posOffset>161925</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>7376160</wp:posOffset>
+              <wp:posOffset>253365</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2243455" cy="1682750"/>
-            <wp:effectExtent l="0" t="0" r="4445" b="0"/>
+            <wp:extent cx="2743200" cy="1612265"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21274"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21459" y="0"/>
+                <wp:lineTo x="0" y="21438"/>
+                <wp:lineTo x="21450" y="21438"/>
+                <wp:lineTo x="21450" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="9" name="Рисунок 9" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_182920.jpg"/>
+            <wp:docPr id="11" name="Рисунок 11" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0120.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 17" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_182920.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 25" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0120.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4" cstate="print">
+                    <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2243455" cy="1682750"/>
+                      <a:ext cx="2743200" cy="1612265"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00004C6F">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00B9070E" w:rsidRPr="002B68C8" w:rsidRDefault="00FD7266" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6482B1CB" wp14:editId="04EBAD7D">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37AB6E7C" wp14:editId="46BA5C6B">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>3006725</wp:posOffset>
+              <wp:posOffset>107315</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>4480560</wp:posOffset>
+              <wp:posOffset>3138805</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2790825" cy="1666875"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:extent cx="2800350" cy="1678305"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21477"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21526" y="0"/>
+                <wp:lineTo x="0" y="21330"/>
+                <wp:lineTo x="21453" y="21330"/>
+                <wp:lineTo x="21453" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="10" name="Рисунок 10" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_171548.jpg"/>
+            <wp:docPr id="9" name="Рисунок 9" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_181401.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 19" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_171548.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 27" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_181401.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId5" cstate="print">
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect l="18441" t="36024" r="8429"/>
-                    <a:stretch/>
+                    <a:srcRect l="4262" t="18182"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2790825" cy="1666875"/>
+                      <a:ext cx="2800350" cy="1678305"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...6 lines deleted...]
-                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="0028103A" w:rsidRPr="00004C6F">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="00B9070E" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Члены созданной комиссии: </w:t>
+      </w:r>
+      <w:r w:rsidR="0035638D" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>родительский комитет</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9070E" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, члены попечительского совета</w:t>
+      </w:r>
+      <w:r w:rsidR="0035638D" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, руководствуясь Постановлением Правительства Республики Казахстан от 22 февраля 2012 года №255 о внесении изменений в Постановление Правительства Республики Казахстан от 25 января 2012 года №64</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9070E" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0035638D" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00B9070E" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Об утверждении правил расходования средств, выделяемых на оказание финансовой и материальной помощи социально незащищенным обучающимся и обучающимся из малообеспеченных семей", предложил помощь из фонда всеобуча.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FD7266">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="04B9A823" wp14:editId="6173EF2D">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2977515</wp:posOffset>
+              <wp:posOffset>3434715</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>2750820</wp:posOffset>
+              <wp:posOffset>2140585</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2828925" cy="1581150"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21340"/>
                 <wp:lineTo x="21527" y="21340"/>
                 <wp:lineTo x="21527" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0116.jpg"/>
+            <wp:docPr id="10" name="Рисунок 10" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0116.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0116.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 26" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0116.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2828925" cy="1581150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002743BE" w:rsidRPr="00004C6F">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00FD7266" w:rsidRDefault="00417E2F" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FD7266" w:rsidRDefault="00442766" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F181E78" wp14:editId="3B55C566">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251665408" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0F1B0752" wp14:editId="1AF47CA7">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+              <wp:posOffset>3473450</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>1120140</wp:posOffset>
+              <wp:posOffset>344805</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2743200" cy="1612265"/>
-            <wp:effectExtent l="0" t="0" r="0" b="6985"/>
+            <wp:extent cx="2790825" cy="1666875"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21438"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21450" y="0"/>
+                <wp:lineTo x="0" y="21477"/>
+                <wp:lineTo x="21526" y="21477"/>
+                <wp:lineTo x="21526" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0120.jpg"/>
+            <wp:docPr id="8" name="Рисунок 8" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_171548.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201030-WA0120.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 28" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_171548.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
+                    <a:srcRect l="18440" t="36024" r="8429"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2743200" cy="1612265"/>
+                      <a:ext cx="2790825" cy="1666875"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002743BE" w:rsidRPr="00004C6F">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00FD7266" w:rsidRDefault="00FD7266" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FD7266" w:rsidRDefault="00FD7266" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0035638D" w:rsidRDefault="00442766" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="606B47BC" wp14:editId="0EABE166">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="047A1BCF" wp14:editId="5B897C22">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>34290</wp:posOffset>
+              <wp:posOffset>3376295</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>4311015</wp:posOffset>
-[...252 lines deleted...]
-              <wp:posOffset>49530</wp:posOffset>
+              <wp:posOffset>2061845</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2190750" cy="1642745"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21291"/>
                 <wp:lineTo x="21412" y="21291"/>
                 <wp:lineTo x="21412" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="8" name="Рисунок 8" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201109_115244.jpg"/>
+            <wp:docPr id="6" name="Рисунок 6" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201109_115244.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 15" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201109_115244.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 32" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201109_115244.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9" cstate="print">
+                    <a:blip r:embed="rId9">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2190750" cy="1642745"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00F165EE" w:rsidRPr="00004C6F">
-[...156 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4A9383F4" wp14:editId="183A0262">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:posOffset>4218305</wp:posOffset>
+              <wp:posOffset>408940</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>210820</wp:posOffset>
+              <wp:posOffset>1678305</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="1987550" cy="2716530"/>
-            <wp:effectExtent l="0" t="0" r="0" b="7620"/>
+            <wp:extent cx="2028190" cy="1521460"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
-                <wp:lineTo x="0" y="21509"/>
-[...1 lines deleted...]
-                <wp:lineTo x="21324" y="0"/>
+                <wp:lineTo x="0" y="21366"/>
+                <wp:lineTo x="21302" y="21366"/>
+                <wp:lineTo x="21302" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="5" name="Рисунок 5" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_150409.jpg"/>
+            <wp:docPr id="7" name="Рисунок 7" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_182920.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 9" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_150409.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 31" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201023_182920.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1987550" cy="2716530"/>
+                      <a:ext cx="2028190" cy="1521460"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00F165EE" w:rsidRDefault="00004C6F" w:rsidP="00F165EE">
+      <w:r w:rsidR="0035638D" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>То есть, за счет средств фонда всеобуча предусмотрены средства на учебные пособия стоимостью 5 000 (пять тысяч) тенге на каждого учащегося, всего 215 000 (двести пятнадцать тысяч) тенге и на</w:t>
+      </w:r>
+      <w:r w:rsidR="002B68C8" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0035638D" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>обмундирование стоимостью 20 000 (двадцать тысяч) тенге на каждого учащегося , общей стоимостью 840 000 (восемьсот сорок тысяч) тенге, общей стоимостью 1 055 000 ( Один миллион пятьдесят пять тысяч) тенге.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442766">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRPr="002B68C8" w:rsidRDefault="00442766" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0035638D" w:rsidRPr="002B68C8" w:rsidRDefault="00F1108E" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+      <w:r w:rsidR="0035638D" w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>За счет предусмотренных средств дети из малообеспеченных, многодетных семей, сироты и учащиеся, получающие адресную социальную помощь, получили полные учебные пособия и обмундирование.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005773BD" w:rsidRPr="002B68C8" w:rsidRDefault="005773BD" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1108E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТОО «Эверест» г. Караганды и ТОО «Алатау» г. Балхаш обеспечили 43 учащихся 10 видами учебных пособий. Товарищество с ограниченной ответственностью «Ақ бота " города Балхаш обеспечило учащихся 9 зимними куртками, 1 спортивным костюмом 31 обувью, 2 теплыми головными уборами,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1108E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>фабрика одежды «Гаухар» города Шымкент обеспечила учащихся 10 зимними куртками, 21 спортивным костюмом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005773BD" w:rsidRPr="002B68C8" w:rsidRDefault="005773BD" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="00417E2F">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B68C8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Родители выразили признательность и благодарность за помощь из фонда всеобуча.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251671552" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="66917181" wp14:editId="74BC3D0C">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>4218305</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>210820</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1987550" cy="2716530"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21509"/>
+                <wp:lineTo x="21324" y="21509"/>
+                <wp:lineTo x="21324" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="5" name="Рисунок 5" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_150409.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Рисунок 33" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_150409.jpg"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId11">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1987550" cy="2716530"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251672576" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="747EF7BB" wp14:editId="45F2C33C">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>1948815</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>15875</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2087880" cy="2784475"/>
-            <wp:effectExtent l="0" t="0" r="7620" b="0"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21428"/>
                 <wp:lineTo x="21482" y="21428"/>
                 <wp:lineTo x="21482" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="7" name="Рисунок 7" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201026_104939.jpg"/>
+            <wp:docPr id="4" name="Рисунок 4" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201026_104939.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201026_104939.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 34" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201026_104939.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId12">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2087880" cy="2784475"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251673600" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0D38A9D8" wp14:editId="51D87D2A">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-337185</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>6985</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2047875" cy="2755900"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="6350"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21500"/>
                 <wp:lineTo x="21500" y="21500"/>
                 <wp:lineTo x="21500" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="6" name="Рисунок 6" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_114757.jpg"/>
+            <wp:docPr id="3" name="Рисунок 3" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_114757.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 11" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_114757.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 35" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG_20201030_114757.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                    <a:blip r:embed="rId13">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2047875" cy="2755900"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F165EE" w:rsidRPr="00F165EE" w:rsidRDefault="00004C6F" w:rsidP="00F165EE">
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251674624" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="794688D9" wp14:editId="21FCEFCF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-60960</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>113030</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2171700" cy="2171700"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21411"/>
                 <wp:lineTo x="21411" y="21411"/>
                 <wp:lineTo x="21411" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0121.jpg"/>
+            <wp:docPr id="2" name="Рисунок 2" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0121.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 7" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0121.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 36" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0121.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId14">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2171700" cy="2171700"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251675648" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F889F27" wp14:editId="374E9BE5">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2910840</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>142240</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2428875" cy="1921510"/>
-            <wp:effectExtent l="0" t="0" r="9525" b="2540"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21414"/>
                 <wp:lineTo x="21515" y="21414"/>
                 <wp:lineTo x="21515" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
-            <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0131.jpg"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0131.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0131.jpg"/>
+                    <pic:cNvPr id="0" name="Рисунок 37" descr="Описание: Описание: C:\Users\01\AppData\Local\Microsoft\Windows\INetCache\Content.Word\IMG-20201024-WA0131.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId15">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2428875" cy="1921510"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
-                    <a:ln>
-[...1 lines deleted...]
-                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00991354" w:rsidRDefault="00991354"/>
-[...13 lines deleted...]
-    <w:sectPr w:rsidR="0028103A" w:rsidSect="002743BE">
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00442766" w:rsidRDefault="00442766" w:rsidP="00442766">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0035638D" w:rsidRPr="002B68C8" w:rsidRDefault="0035638D" w:rsidP="00B9070E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="0035638D" w:rsidRPr="002B68C8" w:rsidSect="002B68C8">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="426" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="993" w:right="707" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Segoe UI">
-    <w:panose1 w:val="020B0502040204020203"/>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
-    <w:family w:val="swiss"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
-  <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:savePreviewPicture/>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
-[...3 lines deleted...]
-    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:useFELayout/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00DE16DF"/>
-[...14 lines deleted...]
-    <w:rsid w:val="00F165EE"/>
+    <w:rsidRoot w:val="00B9070E"/>
+    <w:rsid w:val="002B68C8"/>
+    <w:rsid w:val="0035638D"/>
+    <w:rsid w:val="00417E2F"/>
+    <w:rsid w:val="00442766"/>
+    <w:rsid w:val="005773BD"/>
+    <w:rsid w:val="00AA32F0"/>
+    <w:rsid w:val="00B9070E"/>
+    <w:rsid w:val="00F1108E"/>
+    <w:rsid w:val="00FD7266"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="kk-KZ"/>
+  <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="18F90BEB"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{5F927DA9-1D51-421E-9992-28C9CFA2C83B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="kk-KZ" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...374 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00293C8A"/>
-[...2 lines deleted...]
-    </w:pPr>
+    <w:rsid w:val="00AA32F0"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="00293C8A"/>
+    <w:rsid w:val="0035638D"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...2 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...2 lines deleted...]
-    <w:link w:val="a5"/>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00303BDD"/>
-[...7 lines deleted...]
-    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00303BDD"/>
-[...4 lines deleted...]
-    </w:rPr>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
-[...14 lines deleted...]
-  </w:divs>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="44546A"/>
+        <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E7E6E6"/>
+        <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="ED7D31"/>
+        <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="A5A5A5"/>
+        <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="FFC000"/>
+        <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="70AD47"/>
+        <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0563C1"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="954F72"/>
+        <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック Light"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线 Light"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游明朝"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="等线"/>
+        <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
-        <a:font script="Geor" typeface="Sylfaen"/>
-[...16 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...1 lines deleted...]
-                <a:tint val="94000"/>
+                <a:shade val="51000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="80000">
               <a:schemeClr val="phClr">
-                <a:satMod val="110000"/>
-[...1 lines deleted...]
-                <a:shade val="100000"/>
+                <a:shade val="93000"/>
+                <a:satMod val="130000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:shade val="94000"/>
+                <a:satMod val="135000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="105000"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
-          <a:effectLst/>
-[...2 lines deleted...]
-          <a:effectLst/>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="38000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="63000"/>
+                <a:alpha val="35000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="40000" dist="23000" dir="5400000" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="35000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+          <a:scene3d>
+            <a:camera prst="orthographicFront">
+              <a:rot lat="0" lon="0" rev="0"/>
+            </a:camera>
+            <a:lightRig rig="threePt" dir="t">
+              <a:rot lat="0" lon="0" rev="1200000"/>
+            </a:lightRig>
+          </a:scene3d>
+          <a:sp3d>
+            <a:bevelT w="63500" h="25400"/>
+          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>282</Words>
   <Characters>1610</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>13</Lines>
   <Paragraphs>3</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>HOME</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1889</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>01</dc:creator>
+  <dc:creator>User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>