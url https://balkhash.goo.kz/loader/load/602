--- v0 (2025-12-11)
+++ v1 (2026-02-01)
@@ -1,16754 +1,13209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="gif" ContentType="image/gif"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidRDefault="002E530A" w:rsidP="002E530A">
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:r w:rsidRPr="002E530A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Национальный план действий по развитию функциональной грамотности школьников на 2012-2016 годы</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Введение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Главой государства Н. Назарбаевым в Послании народу Казахстана от 27 января 2012 года «Социально-экономическая модернизация - главный вектор развития Казахстана» поставлена конкретная задача по принятию пятилетнего Национального плана действий по развитию функциональной грамотности школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Данная задача актуализируется в процессе вхождения Казахстана в число 50 наиболее конкурентоспособных стран мира. В условиях решения этой стратегически важной для страны задачи главными функциональными качествами личности являются инициативность, способность творчески мыслить и находить нестандартные решения, умение выбирать профессиональный путь, готовность обучаться в течение всей жизни. Все данные функциональные навыки формируются в условиях школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Общие ориентиры развития функциональной грамотности определены в Государственной программе развития образования Республики Казахстан на 2011-2020 годы, одной из целей которой являются формирование в общеобразовательных школах интеллектуального, физически и духовно развитого гражданина Республики Казахстан, удовлетворение его потребности в получении образования, обеспечивающего успех и социальную адаптацию в быстро меняющемся мире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Настоящий Национальный план действий по развитию функциональной грамотности школьников на 2012-2016 годы (далее - Национальный план) включает комплекс мероприятий по содержательному, учебно-методическому, материально-техническому обеспечению процесса развития функциональной грамотности школьников. Национальный план призван обеспечить целенаправленность, целостность и системность действий по развитию функциональной грамотности школьников как ключевого ориентира для совершенствования качества образования Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Цель и задачи Национального плана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель Национального плана - создать условия для развития функциональной грамотности школьников Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Задачи Национального плана:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Изучение отечественной и международной практики развития функциональной грамотности школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Определение механизмов реализации системы мер по развитию функциональной грамотности школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Обеспечение модернизации содержания образования: стандартов, учебных планов и программ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Разработка учебно-методического обеспечения образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Развитие системы оценки и мониторинга качества образования школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Укрепление материально-технической базы школ и организаций системы дополнительного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Анализ текущей ситуации по развитию функциональной грамотности школьников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Понятие «функциональная грамотность» впервые появилось в конце 60-х годов прошлого века в документах ЮНЕСКО и позднее вошло в обиход исследователей. Функциональная грамотность в наиболее широком определении выступает как способ социальной ориентации личности, интегрирующий связь образования (в первую очередь общего) с многоплановой человеческой деятельностью. В современном, быстро меняющемся мире, функциональная грамотность становится одним из базовых факторов, способствующих активному участию людей в социальной, культурной, политической и экономической деятельности, а также обучению на протяжении всей жизни.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Одним из наиболее известных международных оценочных исследований, основанных на концепции функциональной грамотности, является Международная программа оценки учебных достижений 15-летних учащихся (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ProgramforlnternationalStudentAssessment</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - PISA), проводимой под эгидой Организации экономического сотрудничества и развития (ОЭСР). PISA оценивает способности 15-летних подростков использовать знания, умения и навыки, приобретенные в школе, для решения широкого диапазона жизненных задач в различных сферах человеческой деятельности, а также в межличностном общении и социальных отношениях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исследование PISA на сегодня рассматривается в мире как универсальный инструмент сравнительной оценки эффективности школьного образования. Данные, полученные в ходе исследования, служат основой для определения стратегий развития системы образования как с точки зрения содержания и методов обучения в целом, так и с точки зрения воздействия контекстных факторов (модель управления, язык обучения, социальный статус семьи и др.) на уровень развития функциональной грамотности школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В ходе тестирования в рамках PISA оцениваются три области функциональной грамотности: грамотность в чтении, математическая и естественнонаучная грамотность. Исследование проводится циклически (раз в три года). В каждом цикле особое внимание уделяется какому-то одному типу функциональной грамотности. В фокусе программы PISA в 2009 году была читательская грамотность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В 2009 году Казахстан впервые принял участие в исследовании PISA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты свидетельствуют, что доля казахстанских школьников, готовых:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) адекватно использовать более или менее сложные учебные тексты и с их помощью ориентироваться в повседневных ситуациях, составляет 5% от числа участников исследования грамотности чтения (средний показатель по странам ОЭСР - 28,6%);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) эффективно работать с конкретными моделями для конкретной ситуации, развивать и интегрировать разные задания, составляет 4,2% от числа участников исследования математической грамотности (средний показатель по странам ОЭСР - 16% участников);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) эффективно работать с ситуацией, требующей сделать выводы о роли естественных наук, выбрать и объединить объяснения из разных естественнонаучных дисциплин и применить эти объяснения непосредственно к аспектам жизненных ситуаций, составляет 3,6% от числа участников исследования естественнонаучной грамотности (средний показатель по странам ОЭСР - 20,5%).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В то же время в исследовании TIMSS казахстанские школьники демонстрируют высокие результаты.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таким образом, результаты участия Казахстана в PISA и TIMSS показывают, что педагоги общеобразовательных школ республики дают сильные предметные знания, но не учат применять их в реальных, жизненных ситуациях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Механизмы развития функциональной грамотности школьников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Как показывают результаты стран, стабильно лидирующих в исследовании PISA (Австралия, Финляндия, Япония, Новая Зеландия, Италия, Южная Корея и др.), на развитие функциональной грамотности учащихся влияют следующие факторы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) содержание образования (национальные стандарты, учебные программы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) формы и методы обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) система диагностики и оценки учебных достижений обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) программы внешкольного, дополнительного образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) модель управления школой (общественно-государственная форма, высокий уровень автономии школ в регулировании учебного плана);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) наличие дружелюбной образовательной среды, основанной на принципах партнерства со всеми заинтересованными сторонами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) активная роль родителей в процессе обучения и воспитания детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Предлагаемые ниже механизмы развития функциональной грамотности казахстанских школьников определены с учетом означенных выше факторов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обновление стандартов образования, учебных программ и планов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В рамках обновления Государственного общеобязательного стандарта образования (ГОСО) как ныне действующей 11-летней, так и 12-летней школы развитие функциональной грамотности школьников определяется как одна из приоритетных целей образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом результатом развития функциональной грамотности является овладение обучающимися системой ключевых компетенций, позволяющих молодым людям эффективно применять усвоенные знания в практической ситуации и успешно использовать в процессе социальной адаптации. Ключевые компетенции - это требование государства к качеству личности выпускника средней школы в виде результатов образования, заявленные в ГОСО и учебных программах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Выделяются следующие ключевые компетенции выпускника средней школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="002E530A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Управленческие</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (способность к разрешению проблем).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Информационные (способность к самостоятельной познавательной деятельности или умение учиться на протяжении всей жизни).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Коммуникативные (способность к устной, письменной, продуктивной коммуникации на казахском, русском и английском (иностранном) языках).</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Социальные</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (способность к социальному взаимодействию).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Личностные (способность к самоорганизации, самосовершенствованию, жизненному и профессиональному самоопределению, самореализации, быть толерантным).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гражданские (способность нести ответственность за свою родину на основе казахстанского самосознания и культурной идентичности).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Технологические</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (способность к использованию технологий, в том числе научных, цифровых на уровне эффективного пользователя).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Кроме ключевых компетенций в рамках отдельных предметных областей выделяются предметные компетенции: освоенные специфические знания, умения, навыки в рамках учебного предмета.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ключевые и предметные компетенции как результаты образования должны быть конкретными, измеримыми, достижимыми, реалистичными и определенными по времени.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Учебные программы также будут сориентированы на развитие функциональной грамотности школьников и достижение ключевых и предметных компетенций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С учетом опыта успешных в PISA стран </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Южная Корея, Япония, Китай: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Гонконг и др.) будет обеспечен адекватный уровень автономии школ в регулировании учебного плана за счет определения оптимальной пропорции между инвариантной (обязательной) и вариативной (по выбору школы) частями плана.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Учебные планы будут предусматривать выделение необходимого количества учебных часов для обучения чтению, математике и формирования естественнонаучной, информационной, языковой грамотности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обновление форм, методов и технологий обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обновление форм и методов обучения будет обеспечиваться за счет трансляции инновационного опыта Назарбаев Интеллектуальных школ (НИШ) в общеобразовательные школы страны и использования современных образовательных технологий, вызывающих у ребенка интерес к учебе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будут внедрены эффективные формы и методы обучения для того, чтобы сформировать основы логического, критического и конструктивного мышления, обеспечивающего успешность достижения образовательных результатов, умение применять полученные знания в учебной и практической деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будет обновлено содержание и реализованы программы повышения квалификации и переподготовка педагогических кадров на базе высших учебных заведений, центров педагогического мастерства АОО «Назарбаев Интеллектуальные школы» и региональных центров повышения квалификации Национального центра повышения квалификации «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Өрлеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будет разработана система диагностики профессионально-личностной компетентности учителя. Будет поддерживаться использование учителем инновационных методов обучения, современных образовательных и информационно-коммуникационных технологий. Учителям и ученикам будет предоставлен доступ к урокам лучших преподавателей с использованием технологий дистанционного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будет обеспечен переход от фронтальных форм обучения классного коллектива к реализации индивидуальной образовательной траектории каждого учащегося, в том числе с использованием интерактивных, инновационных, проектно-исследовательских технологий, цифровой инфраструктуры.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При этом будет устранена перегруженность учащихся избыточными абстрактно-теоретическими знаниями и заданиями, что позволит сделать процесс обучения более гибким и практико-ориентированным.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целом обновление форм и методов обучения будет способствовать установлению партнерских и дружелюбных отношений между учителем и учениками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Развитие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>системы оценки результатов обучения школьников</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Процесс развития функциональной грамотности школьников определяет внедрение новой системы оценки, учитывающей результативность всех видов учебной деятельности, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>процессуальную сторону усвоения учебного материала и проявление индивидуальных и личностных качеств.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Внешняя оценка будет осуществляться по завершению каждого уровня на соответствие учебных достижений обучающихся заявленным результатам (ЕНТ, ВОУД и др.), а также посредством участия в международных исследованиях (TIMSS, PISA и PIRLS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внутренняя оценка будет осуществляться через диагностику качества </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебному предмету для установления реальных личностных достижений и соответствия критериям ГОСО (промежуточная и итоговая оценка).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Самооценка обучающихся будет осуществляться через оценку собственных достижений для самоорганизации и саморазвития (портфолио для </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>самооценивания</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и учета достижений обучающихся).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Будет внедрена </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>критериальная</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> система оценки соответствия учебных достижений обучающегося заявленным результатам (критериям), установленным в ГОСО. Оценке подлежат все заявленные в ГОСО и учебных программах образовательные результаты, в том числе ключевые и предметные компетенции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Результаты мониторинга обеспечат оценку динамики развития функциональной грамотности обучающегося, успешности школьников, учителей и школ, а также эффективность мероприятий по обновлению стандартов, учебных программ и учебников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обеспечение активного участия родителей в образовании </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ивоспитании</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Семья с раннего детства призвана заложить в ребенка нравственные ценности, ориентиры на построение разумного и продуктивного образа жизни. Исследование PISA-2009 также демонстрирует, что на уровень функциональной грамотности положительно влияет участие родителей в процессе обучения и развития детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исходя из этого, будет разработана методология повышения функциональной грамотности родителей, позволяющая им лучше узнать ребенка, увидеть его в разных ситуациях, помочь взрослым в понимании индивидуальных особенностей детей, развитии их способностей, формировании жизненных ценностных ориентиров, преодолении негативных поступков и проявлений в поведении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Будет разработана система мероприятий, направленных на активное включение родителей в жизнь школы: создание попечительских советов, ассоциаций родителей, родительских университетов. Данные общественные институты позволят установить партнерские отношения с семьей каждого обучающегося, создать атмосферу </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>взаимоподдержки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и общности интересов семьи и школы. При этом будет обеспечен адекватный уровень подотчетности школ и представления полной и открытой информации сообществу об учебных достижениях учащихся и деятельности школы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Развитие дополнительного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К факторам, влияющим на достижение образовательных результатов, страны - лидеры PISA относят охват учащихся дополнительным образованием и внешкольными занятиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будет обновлено содержание дополнительного образования, внедрены новые технологии обучения и интерактивные, инновационные организационные формы через создание детских интерактивных парков (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>наукограды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>), технопарков, детских научных музеев. Для организации качественного профильного обучения действующие станции юных техников, натуралистов, туристов будут оснащены современной интерактивной техникой, оборудованием и технологиями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Будет увеличен охват детей дополнительным образованием за счет расширения сети кружков, секций по различным направлениям в общеобразовательной школе и внешкольных организациях. Особое внимание будет уделено научно-исследовательским проектам, техническому творчеству, изобретательству, моделированию, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нанотехнологиям</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, робототехнике и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>легопроектированию</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и т. д.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будет обеспечена интеграция деятельности организаций дополнительного образования и общеобразовательных школ для обеспечения достижения образовательных результатов (функциональной грамотности) с учетом склонностей, удовлетворения потребностей, интересов, развития способностей личности. В целом интеграция будет способствовать профессиональному самоопределению личности и формированию у учащихся потребности в творческой и инновационной деятельности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Будет повышена социальная значимость организаций дополнительного образования с вовлечением в них учащихся из социально незащищенных семей и детей с ограниченными возможностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Таким образом, системе образования Республики Казахстан предстоит предпринять ряд действенных мер по обновлению содержания образования, созданию учебных программ, учебников, пересмотру программ повышения квалификации и переподготовки учителей, мониторингу способности учащихся применять полученные знания в учебных и практических ситуациях, а также обеспечить адекватные материально-технические, психолого-педагогические и технологические условия обучения школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Ожидаемые результаты от реализации Национального плана</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Реализация Национального плана позволит обеспечить общую координацию деятельности государственных органов, профессионального сообщества, неправительственных организаций, родителей по развитию функциональной грамотности школьников.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Основными исполнителями Национального плана являются Министерство образования и науки Республики Казахстан, подведомственные организации, АОО «Назарбаев Интеллектуальные школы», местные исполнительные органы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В результате выполнения Национального плана к 2017 году будут созданы следующие условия для развития функциональной грамотности казахстанских школьников:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Научно-исследовательское обеспечение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) определены научно-методологические основы формирования и развития функциональной грамотности, системы управления школой в парадигме </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компетентностного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) обеспечено научно-исследовательское, экспертно-аналитическое сопровождение мероприятий, направленных на формирование и развитие функциональной грамотности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) обеспечена диагностика </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>смысложизненных</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ориентации школьников, роли родителей в формировании функциональной грамотности детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Обновление содержания образования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) государственные стандарты и учебные программы обеспечивают содержание образования, ориентированного на функциональную грамотность и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>компетентностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подход;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) учебные планы поддерживают вариативность образования, обеспечивающего личное саморазвитие, самостоятельность в приобретении знаний, формирующего коммуникативные навыки, умения использовать информацию и технологии, решать проблемы, предприимчивость и креативность.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3. Учебно-методическое обеспечение:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) разработаны практико-ориентированные учебники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) обновлены, активно внедряются в педагогическую практику современные технологии и подходы к обучению школьников, обеспечивающие его личностную ориентацию, дифференциацию, практическую направленность, активный развивающий и системно-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деятельностный</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> характер образования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) повышен уровень информатизации и использования информационно-коммуникационных технологий в обучении школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) обновлены содержание и формы социального взаимодействия школы, семьи и общества, обеспечивающего комплексность и единство требований и подходов к развитию функциональной грамотности школьников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) обеспечена престижность дополнительного образования, способствующего профессиональному становлению личности. Дополнительным образованием охвачены 50% обучающихся и воспитанников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) повышена функциональная грамотность родителей, проявляющаяся в первоочередном внимании и активности родителей в наилучшем обеспечении образовательных и личностных интересов ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Система оценки и мониторинга качества образования школьников:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) проведены независимые мониторинговые исследования результатов образования, внедрена система </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>критериального</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания, самооценки обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) выработаны рекомендации по дальнейшему совершенствованию стандартов, учебных программ и учебников;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) сформирована база тестовых заданий, ориентированных на выявление уровня компетенций обучающихся, с включением письменных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) достигнуты 50-55 позиции в международных программах по оценке образовательных достижений учащихся (PISA) и 10-15 позиции по оценке математической и естественнонаучной грамотности учащихся 4-х и 8-х классов (TIMSS).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Материально-техническая база:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) обновлена и укреплена материально-техническая база школ для обеспечения реализации стандартов содержания образования и программ внеурочной деятельности;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) решены вопросы оснащенности современным оборудованием организаций дополнительного образования для решения задачи интеграции с базовым школьным образованием и развития содержания дополнительного образования детей по основным направлениям: художественно-эстетическому, научно-техническому, эколого-биологическому, туристско-краеведческому, образовательно-оздоровительному и другим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В целом системная и последовательная реализация Национального плана позволит повысить конкурентоспособность национальной системы образования Казахстана в контексте общемировых тенденций и требований к содержанию образования XXI века и развитию функциональной грамотности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...447 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Необходимые финансовые ресурсы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      1. Мектеп оқушыларының функционалдық сауаттылығын дамытудың отандық және халықаралық практикасын зерделеу.</w:t>
-[...4392 lines deleted...]
-        <w:t>6. Мектеп оқушыларының функционалдық сауаттылығын дамыту үшін жағдайлар жасау жөніндегі іс-шаралар жоспары</w:t>
+        <w:t>Объем финансирования мероприятий Национального плана из государственного бюджета составляет 24,6* млрд. тенге, в том числе из республиканского - 22,7 млрд. тенге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в 2012 году - 1,3 млрд. тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в 2013 году - 6,6 млрд. тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в 2014 году - 4,6 млрд. тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в 2015 году - 5,7 млрд. тенге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в 2016 году - 4,5 млрд. тенге.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Финансирование мероприятий Национального плана из местного бюджета будет осуществляться в пределах средств, выделяемых ежегодно из соответствующих местных бюджетов на развитие системы образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>* Объемы финансирования Национального плана будут уточняться при утверждении республиканского бюджета на соответствующие финансовые годы в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00813B95">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6. План мероприятий по созданию условий для развития функциональной грамотности школьников</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="12270" w:type="dxa"/>
+        <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblBorders>
+          <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+          <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+        </w:tblBorders>
         <w:tblCellMar>
-          <w:top w:w="15" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:right w:w="15" w:type="dxa"/>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1838"/>
-[...6 lines deleted...]
-        <w:gridCol w:w="1622"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="1997"/>
+        <w:gridCol w:w="1403"/>
+        <w:gridCol w:w="1370"/>
+        <w:gridCol w:w="1189"/>
+        <w:gridCol w:w="1616"/>
+        <w:gridCol w:w="1574"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>/ п</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Форма завершения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...209 lines deleted...]
-              <w:t>Қаржыландыру көзі</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные исполнители</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Срок и реализации мероприятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Предполагаемые расходы (млн. тенге)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Источники финансирования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...104 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1140" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...20 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
-[...228 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="10995" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1. Научно-исследовательское обеспечение</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение исследования «Научно-методологические основы функциональной грамотности </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по уровням образования»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитический доклад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...199 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь 2013-2014 годов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>40,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение исследования «Школа XXI века: проблемы и перспективы управления: управление качеством образования как фактор обеспечения развития </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">функциональной грамотности </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>обучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Аналитический доклад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...210 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь 2013 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>46,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение исследования «Определение профессионально-личностных компетентностей педагога»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитический доклад</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...200 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь 2014 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение социологического исследования «Мониторинг и оценка жизненных ценностей подростков»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитический доклад, методические рекомендации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...218 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь 2013, 2016 годов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>153,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
-[...252 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="10995" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2. Содержание образования: стандарты, учебные планы, программы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Изучение мирового и отечественного опыта по формированию функциональной грамотности школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Предложения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Правительств</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> о Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...219 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Июнь 2013 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>76,9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка и утверждение учебных программ для 11-летней школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...261 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>114,4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Внесение поправок в ГОСО «Основные положения» начального, основного среднего, общего среднего с переходом на 12-летнее образование</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Постановление Правительства Республики Казахстан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...220 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2013 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>16,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка и утверждение учебных программ для 12-летней школы, в т. ч. для школ с обучением на 3 языках</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...218 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>65,8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка и утверждение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">типовых учебных программ профильного обучения </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>для</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бейіндікмектеп</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>» (11-12 классы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Приказ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...218 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>2,2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка совместно с зарубежными партнерами интегрированной образовательной программы (учебные программы, долгосрочные, среднесрочные, краткосрочные учебные планы, руководства для учителей, апробация, методологическая поддержка учителей). Внедрение опыта НИШ в 35 общеобразовательных школах страны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...270 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>АОО НИШ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7 548,1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Реализация программ развивающего обучения и технологий критического мышления через чтение и письмо</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Учебные программы, технологии</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...249 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН, НПО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка программы семинаров для родителей по вопросам развития функциональной грамотности родителей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Программа семинаров</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...219 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>1,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
-[...252 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="10995" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3. Учебно-методическое обеспечение образовательного процесса</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Разработка методических рекомендаций по организации урока (по уровням и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>направлениям образования), нацеленного на формирование функциональной грамотности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Инструкция</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...210 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>18,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка учебников и УМК с учетом международного опыта</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Макеты учебников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...229 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экспертиза учебников и УМК в соответствии с критериями формирования и развития функциональной грамотности учащихся</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Технические задания на экспертизу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...247 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Интеграция деятельности организаций дополнительного образования (станций юных натуралистов, техников и др.) с программами профильной школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Методические рекомендации</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...199 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2014 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>3,5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Реализация краеведческого проекта «Изучаем столицу нашей Родины - Астану» в рамках средств «фондов всеобуча»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...202 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>330,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...31 lines deleted...]
-              <w:t>бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение семинаров для родителей по программе развития функциональной грамотности школьников</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...230 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>20,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организация конкурса «Лучшая организация среднего </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>образования»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...229 lines deleted...]
-              <w:t>Жергілікті бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>мио</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 260,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация выпуска серии передач «Функциональная грамотность школьников» на телеканале «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ім</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Серия телепередач</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...219 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МКИ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Разработка и выпуск детских научно-технических, эколого-биологических журналов «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темі</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>қазық</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>», «</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Экоәлем</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Журналы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...210 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>12,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Создание и поддержка научно-познавательного сайта для детей www.ziyatker.kz</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сайт</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...199 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>15,0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
-[...252 lines deleted...]
-              <w:br/>
+            <w:tcW w:w="10995" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4. Система оценки и мониторинга качества образования школьников</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение независимого мониторингового исследования «Оценка учебных достижений учащихся 6-х, 10-х классов общеобразовательных школ Казахстана»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитический отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...199 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t>28,6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1515" w:type="dxa"/>
-[...21 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
-[...242 lines deleted...]
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Организация и проведение независимого мониторингового исследования «Оценка образовательных достижений учащихся 9-х классов общеобразовательных школ Казахстана»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитический отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...228 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013, 2014 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение ежегодного мониторинга </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>внешней оценки учебных достижений (ВОУД), ЕНТ и международных исследований</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Аналитические доклады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...208 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В пределах предусмотренных средств</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Формирование базы тестовых заданий (9-10 классы) для проверки </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сформированности</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> математической, естественнонаучной и читательской грамотности</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Отчет по мониторингу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...269 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Обеспечение </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>профориентационной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> диагностики склонностей учащихся, консультирования и развития профессиональных компетенций педагогов и психологов</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...229 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2012-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1 250,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Проведение исследования «Оценка влияния родителей на формирование функциональной грамотности школьников»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аналитический отчет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...251 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Декабрь 2015 года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22,7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1665" w:type="dxa"/>
-[...259 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="10995" w:type="dxa"/>
+            <w:gridSpan w:val="7"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5. Материально-техническая база школ и организаций системы дополнительного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обеспечение общеобразовательных школ универсальными техническими лабораториями</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...278 lines deleted...]
-              <w:t>Жергілікті бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЭРТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4 000,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Обеспечение районных методических кабинетов комплектом оборудования</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...249 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>365,4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Местный бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Создание </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Национального интерактивного парка для детей и юношества в структуре Дворца школьников г. Астаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Информация </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...248 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">МОН, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>акимат</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> г. Астаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2012 год</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>870,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканск</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ий бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание 5 интерактивных парков для детей и юношества в структуре дворцов школьников гг. Алматы, Павлодара, Усть-Каменогорска, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жанаозена</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, Шымкента</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...248 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН, МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2016 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2 175,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оснащение 167 домов, центров творчества, станций юных техников комплексами «Робототехника»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...289 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН МФ МЭРТ МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>734,9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оснащение 18 станций юных натуралистов комплексом оборудования для теплиц</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...269 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЭРТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оснащение современным оборудованием 20 детско-юношеских туристских станций</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...268 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН МФ МЭРТ МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>324,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002E530A" w:rsidRPr="002E530A" w:rsidTr="002E530A">
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оснащение современными тренажерными залами 5 оздоровительных круглогодичных центров в гг. Астане, Алматы, ЮКО, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Акмолинской</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>, Павлодарской областях</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
             <w:tcW w:w="1665" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...19 lines deleted...]
-              <w:br/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЭРТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25,0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidTr="00813B95">
+        <w:trPr>
+          <w:tblCellSpacing w:w="0" w:type="dxa"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="540" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>37</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2475" w:type="dxa"/>
-[...221 lines deleted...]
-              <w:t>Республикалық бюджет</w:t>
+            <w:tcW w:w="2115" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Оснащение современным оборудованием 202 детских музыкальных школ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1575" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Информация в МОН</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1665" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МОН</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МФ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МЭРТ</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>МИО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1455" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2013-2015 годы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1695" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4 678,8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1950" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:left w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:bottom w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+              <w:right w:val="outset" w:sz="6" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00813B95" w:rsidRPr="00813B95" w:rsidRDefault="00813B95" w:rsidP="00813B95">
+            <w:pPr>
+              <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00813B95">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Республиканский бюджет</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EB4ABF" w:rsidRDefault="002E530A">
-[...424 lines deleted...]
-      <w:pgMar w:top="851" w:right="1134" w:bottom="1701" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
+    <w:p w:rsidR="00EB4ABF" w:rsidRDefault="00EB4ABF"/>
+    <w:sectPr w:rsidR="00EB4ABF">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="001420A3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002E530A"/>
+    <w:rsidRoot w:val="0011589F"/>
+    <w:rsid w:val="0011589F"/>
+    <w:rsid w:val="00813B95"/>
     <w:rsid w:val="00EB4ABF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -16920,79 +13375,123 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813B95"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00813B95"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="002E530A"/>
+    <w:rsid w:val="00813B95"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E530A"/>
+    <w:rsid w:val="00813B95"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="err">
+    <w:name w:val="err"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00813B95"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813B95"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002E530A"/>
+    <w:rsid w:val="00813B95"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -17145,112 +13644,278 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813B95"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00813B95"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="apple-converted-space">
     <w:name w:val="apple-converted-space"/>
     <w:basedOn w:val="a0"/>
-    <w:rsid w:val="002E530A"/>
+    <w:rsid w:val="00813B95"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a3">
-[...2 lines deleted...]
-    <w:link w:val="a4"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002E530A"/>
+    <w:rsid w:val="00813B95"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="err">
+    <w:name w:val="err"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00813B95"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00813B95"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002E530A"/>
+    <w:rsid w:val="00813B95"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="1987275919">
+    <w:div w:id="879054639">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1677999415">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1982494409">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1105657945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1531531420">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="445808541">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1362585517">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="188183964">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="483163381">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1887060945">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="989139724">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.gif"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -17498,55 +14163,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>21</Pages>
-[...1 lines deleted...]
-  <Characters>25895</Characters>
+  <Pages>15</Pages>
+  <Words>4264</Words>
+  <Characters>24311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>215</Lines>
-  <Paragraphs>60</Paragraphs>
+  <Lines>202</Lines>
+  <Paragraphs>57</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>30377</CharactersWithSpaces>
+  <CharactersWithSpaces>28518</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>