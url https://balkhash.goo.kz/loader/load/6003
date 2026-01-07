--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -1,15369 +1,13620 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
-  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00EF2F7A" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
-[...9 lines deleted...]
-    <w:p w:rsidR="00B81873" w:rsidRDefault="00B81873" w:rsidP="00CC15B3">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="916"/>
           <w:tab w:val="left" w:pos="1832"/>
           <w:tab w:val="left" w:pos="2748"/>
           <w:tab w:val="left" w:pos="3664"/>
           <w:tab w:val="left" w:pos="4580"/>
           <w:tab w:val="left" w:pos="5496"/>
           <w:tab w:val="left" w:pos="6412"/>
           <w:tab w:val="left" w:pos="7328"/>
           <w:tab w:val="left" w:pos="8244"/>
           <w:tab w:val="left" w:pos="9160"/>
           <w:tab w:val="left" w:pos="10076"/>
           <w:tab w:val="left" w:pos="10992"/>
           <w:tab w:val="left" w:pos="11908"/>
           <w:tab w:val="left" w:pos="12824"/>
           <w:tab w:val="left" w:pos="13740"/>
           <w:tab w:val="left" w:pos="14656"/>
         </w:tabs>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="222222"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B81873" w:rsidRDefault="00B81873" w:rsidP="00CC15B3">
+    <w:p w:rsidR="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00B81873" w:rsidRDefault="00B81873" w:rsidP="00CC15B3">
+    <w:p w:rsidR="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...60 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00C22BE2">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00CC15B3" w:rsidRPr="00C22BE2" w:rsidRDefault="00CC15B3" w:rsidP="00CC15B3">
+    <w:p w:rsidR="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...39 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00963E7E" w:rsidRPr="00C22BE2" w:rsidRDefault="00CC15B3" w:rsidP="00CC15B3">
+    <w:p w:rsidR="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:tabs>
-[...17 lines deleted...]
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...14 lines deleted...]
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:color w:val="222222"/>
-[...37 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:tbl>
-[...8962 lines deleted...]
-    <w:p w:rsidR="00963E7E" w:rsidRPr="00C22BE2" w:rsidRDefault="00917C26" w:rsidP="00963E7E">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C22BE2">
+      <w:r w:rsidRPr="00335EB8">
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                «Дені саудың жаны сау»</w:t>
+        <w:t>Воспитательная работа Дворца школьников</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>календарь массовых мероприятий в дистанционном режиме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>І полугодие (сентябрь-декабрь)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1418" w:hanging="1418"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Создание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>условий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> для организации содержательно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>го</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> досуга и развития творческой деятельности детей и подростков.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9923" w:type="dxa"/>
         <w:tblInd w:w="-176" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="708"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1559"/>
+        <w:gridCol w:w="710"/>
+        <w:gridCol w:w="3402"/>
+        <w:gridCol w:w="1417"/>
         <w:gridCol w:w="1843"/>
-        <w:gridCol w:w="142"/>
-        <w:gridCol w:w="2409"/>
+        <w:gridCol w:w="2551"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D84BBC" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Название мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Сроки проведения</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="91" w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Участники</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="91" w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ответственные</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9213" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Традиционные дела</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Видеопоздравления  для педагогов «Ұстаздарға мың алғыс!» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс рисунков «Армысың, алтын күз!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Поздравительная  онлайн газета «Учитель моей жизни»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Развлекательная онлайн программа «Күз -  мереке, күз- береке» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Шұғыла»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шакенова К.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аяпбекова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн-развлекательная программа «Сары алтындай сары күз» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Шапағат»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ашимханова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ахметова А.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный творческий конкурс «Шыршаны безендір»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Воспитательные часы «Жаңа жылым жарқыра» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:firstLine="33"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн-развлекательная программа </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">«Қош келдің, Жаңа жыл!» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Шапағат»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ашимханова А.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ахметова А.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Праздничная </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>онлайн</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> программа «Төрлет, құтты жаңа жыл!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Шұғыла»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шакенова К.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Аяпбекова Г.Е.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>«Моя родина»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс фотоколлажей «Отбасы аялы алақан мекені»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс фотоколлажей «Отбасыммен мақтанамын»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Городской онлайн фестиваль чтецов «Абай мұрасы-адамзаттың рухани қазынасы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс слова назидания Абая «Тілім барда тірімін мен мәңгіге»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс чтецов «Ана тілім ажарым, асыл мұрам»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс рисунков «Мой родной город»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Темірғали М.М.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс эссе «Туған тілім -тірлігімнің айғағы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Челлендж «Менің отбасым-менің тірегім»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс презентаций «Ұлы Балқаш, нұрлы Балқаш»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәрібай Л.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн-викторина «Ару қалам-Балқашым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн часы общения «Жастар – Балқаш қаласының болашағы»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс поделок из овощей и фруктов «Мерекелі, берекелі алтын күз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс мод «</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Fashion</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>kids</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс видеороликов «Қарты бар үйдің қазынасы бар»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс эссе «Қадірлі ардагерлер, ардақтылар»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный конкурс «Радиобасқармалы машинамен </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>DRIFT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>жасау»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Канатов Г.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс открыток «Қарттарым аман сау жүрші»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс актерского мастерство «Я-клоун»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>28</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс дефиле «Шляпа-2020»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс эссе «Ұлы Абай, нар тұлға»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>30</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс пародии «Әзіл әлемі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>31</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс видеороликов «Ақ халатты абзал жандарға рахмет!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>32</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс видеороликов «Біздің президентіміз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кәрібай Е.С.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
         <w:trPr>
-          <w:trHeight w:val="610"/>
+          <w:trHeight w:val="349"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...76 lines deleted...]
-              <w:t>қыркүйек</w:t>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9213" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Преемственность поколений»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс видеороликов «День веселых затей»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
-          </w:tcPr>
-[...11 lines deleted...]
-              <w:t>Үйірмешілер</w:t>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...22 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D84BBC" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>34</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Видеочеллендж «Я сейчас и я в будущем»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>35</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн игра-викторина «Знатоки языков»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>36</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс причесок «Бұрымды қыз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>37</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Музыкальный онлайн конкурс «Веселые ноты»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ислямгалиев Т.С.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>38</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный буктрейлер «Путешествие в Мульти-пульти»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>39</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс талантов «Школа зажигает»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Челледж «Менің сүйікті кітабым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>41</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс скороговорок «Зерек бала»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>42</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс ребусов «Ең үздік ребус»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>43</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс фотоколлажей «Мен баратын үйірме»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>44</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный литературное караоке «Живая классика»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс фотоколлажей и эссе «Библиотечный калейдоскоп»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>46</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс видеопрезентации «мечты у каждого свои ...»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>47</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Развлекательная онлайн игра «Эрудит»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>48</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный творческий конкурс «Кішкентай жұлдыздар»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>49</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс рисунков «Қысқы көріністер»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс «Менің аспаздық өнерім»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный конкурс озвучек видеороликов «Сам себе режиссер» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>52</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный творческий конкурс «Жаңажылға сыйлық»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>53</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный флешбук «Времена и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>PRO</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>-фессии»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="710" w:type="dxa"/>
+            <w:tcBorders>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>54</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный фотоконкурс «Зима в объективе»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Калыбаев Д.Т.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00335EB8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9747" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="532"/>
+        <w:gridCol w:w="3404"/>
+        <w:gridCol w:w="1417"/>
+        <w:gridCol w:w="1843"/>
+        <w:gridCol w:w="2551"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:trPr>
+          <w:trHeight w:val="420"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="108" w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="108" w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                          «Дені саудың жаны сау»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>55</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C22BE2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-            <w:r w:rsidR="00BD037C" w:rsidRPr="00C22BE2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Спортивный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дистанционный </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-              <w:t>қыркүйек</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>конкурс «Күшіңді сынап көр»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84BBC" w:rsidRPr="00C22BE2" w:rsidRDefault="00D84BBC">
-[...10 lines deleted...]
-              <w:t>Үйірмешілер</w:t>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...67 lines deleted...]
-              <w:t xml:space="preserve">Замзина </w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D84BBC" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...33 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>56</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00C22BE2">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...35 lines deleted...]
-              <w:t>қыркүйек</w:t>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Флешмоб «Спорт біздің -серігіміз»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сентябрь </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D84BBC" w:rsidRPr="00C22BE2" w:rsidRDefault="00D84BBC">
-[...10 lines deleted...]
-              <w:t>Үйірмешілер</w:t>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2551" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...14 lines deleted...]
-              <w:t>ҚББҰ</w:t>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Солодовникова О.А.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Мусекенова А.Т</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Замзина А.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="864"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="708" w:type="dxa"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>57</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Воспитательные часы «Біздің денсаулығымыз – өз қолымызда» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сентябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="864"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>58</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный танцевальный конкурс «Билейік бірге»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Тлеубергенова Ж.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C22BE2">
-[...14 lines deleted...]
-              <w:ind w:left="0"/>
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ"/>
-[...116 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                  «</w:t>
-[...21 lines deleted...]
-              <w:t>!»</w:t>
+              <w:t xml:space="preserve">                                                  «Ура, каникулы!»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...15 lines deleted...]
-                <w:lang w:val="en-US"/>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>59</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3262" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidRDefault="007371F4" w:rsidP="00963E7E">
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
               <w:t xml:space="preserve">( </w:t>
             </w:r>
-            <w:r w:rsidR="00C17DD9">
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...11 lines deleted...]
-          <w:p w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidRDefault="00C17DD9" w:rsidP="00963E7E">
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>по отдельному плану)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
-              <w:ind w:left="0"/>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-            <w:r>
+              <w:t>весенние каникулы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы  кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...13 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:t>отдельному</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> плану) зимние каникулы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidRDefault="007371F4" w:rsidP="00D84BBC">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы кружковцы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ПДО</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9747" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Қала мектептері</w:t>
-[...65 lines deleted...]
-              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Calibri" w:hAnsi="Arial" w:cs="Arial"/>
-                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
-[...121 lines deleted...]
-                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve"> «Қазақстанның патриот азаматтарын тәрбиелеу»</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...133 lines deleted...]
-              <w:t xml:space="preserve">Қалиақпар </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>61</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн заседание «Жолдау-ел тірегінің бағдары»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сентябрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Президенты  школьных самоуправле ний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...141 lines deleted...]
-              <w:t xml:space="preserve">Қалиақпар </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>62</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Онлайн тренинг «Жалынды жастар-жарқын болашақ»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Президенты  школьных самоуправле ний</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...131 lines deleted...]
-              <w:t xml:space="preserve">Жаксыгелдин </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>63</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:shd w:val="clear" w:color="auto" w:fill="F8F9FA"/>
+              <w:tabs>
+                <w:tab w:val="left" w:pos="916"/>
+                <w:tab w:val="left" w:pos="1832"/>
+                <w:tab w:val="left" w:pos="2748"/>
+                <w:tab w:val="left" w:pos="3664"/>
+                <w:tab w:val="left" w:pos="4580"/>
+                <w:tab w:val="left" w:pos="5496"/>
+                <w:tab w:val="left" w:pos="6412"/>
+                <w:tab w:val="left" w:pos="7328"/>
+                <w:tab w:val="left" w:pos="8244"/>
+                <w:tab w:val="left" w:pos="9160"/>
+                <w:tab w:val="left" w:pos="10076"/>
+                <w:tab w:val="left" w:pos="10992"/>
+                <w:tab w:val="left" w:pos="11908"/>
+                <w:tab w:val="left" w:pos="12824"/>
+                <w:tab w:val="left" w:pos="13740"/>
+                <w:tab w:val="left" w:pos="14656"/>
+              </w:tabs>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный к</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>онкурс самопрезентации «Я защитник Отечества» в формате видео или презентации.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>октябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="91" w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Клубы  «Жас Сарбаз» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...15 lines deleted...]
-                <w:lang w:val="kk-KZ"/>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>64</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс эссе «Жас Ұлан» -жетіскке жеткені»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>«Жас Ұлан»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>65</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дебатный онлайн турнир «Көшбасшы жолы -жастарға өнеге»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Қалиақпар Н.О.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>66</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс постеров   «Жас Сарбаз – еліміздің тірегі»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ноябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>67</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн дискуссия «Елімнің еркіндігі - Тәуелсіздік» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">декабрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кружковцы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бощанова Б.Е.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Откенова А.К.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>68</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс эссе «1 –желтоқсан тұңғыш Президент күні»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">декабрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>69</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дистанционный конкурс  сочинений «Мен де Елбасы боламын» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Балтабай Ж.Ә.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>6</w:t>
-[...123 lines deleted...]
-              <w:t xml:space="preserve">Балтабай </w:t>
+              <w:t>70</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс презентаций «Тәуелсіз тұғырым»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Шарбекова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...129 lines deleted...]
-              <w:t xml:space="preserve">Қалиақпар </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>71</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс по шашкам «Тәуелсіздік  тұғырым»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Жаксыгелдин Б.К.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бадыгулова Т.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...129 lines deleted...]
-              <w:t xml:space="preserve">Жаксыгелдин </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>72</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс  сочинений «Тәуелсіз Қазақстаным менің болашағым»</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Кружковцы   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Амангелдина Е.С.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...153 lines deleted...]
-              <w:t xml:space="preserve">Откенова </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>73</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Дистанционный конкурс видеопрезентаций «Елін сүйген, елі сүйген Елбасы!»</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Все школы  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Баданова А.Б.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...128 lines deleted...]
-              <w:t xml:space="preserve">Шарбекова </w:t>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>74</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн турнир по шахматам «Тәуелсіздік ел-тілегі» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">декабрь </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Алимжанов Е.А.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidTr="00D972D2">
-[...833 lines deleted...]
-            <w:tcW w:w="3262" w:type="dxa"/>
+      <w:tr w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidTr="00022506">
+        <w:tblPrEx>
+          <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        </w:tblPrEx>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="532" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>75</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3404" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="007371F4" w:rsidRPr="00C22BE2" w:rsidRDefault="007371F4" w:rsidP="00792FD0">
-[...102 lines deleted...]
-              <w:t xml:space="preserve">Бадыгулова </w:t>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Онлайн турнир по шашкам на 64 квадрата «Біздің Елбасы» </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1417" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>декабрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Все школы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2551" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:hanging="57"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00335EB8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Бадыгулова Т.М.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00EF2F7A" w:rsidRPr="00C22BE2" w:rsidRDefault="00EF2F7A" w:rsidP="00EF2F7A">
+    <w:p w:rsidR="00335EB8" w:rsidRPr="00335EB8" w:rsidRDefault="00335EB8" w:rsidP="00335EB8">
       <w:pPr>
-        <w:ind w:left="0" w:firstLine="0"/>
-        <w:jc w:val="left"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:lang w:val="kk-KZ"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008E079A" w:rsidRPr="00C22BE2" w:rsidRDefault="008E079A" w:rsidP="00EF2F7A">
-[...65 lines deleted...]
-    <w:sectPr w:rsidR="007371F4" w:rsidRPr="00D972D2" w:rsidSect="0067124B">
+    <w:p w:rsidR="00F121C2" w:rsidRDefault="00F121C2"/>
+    <w:sectPr w:rsidR="00F121C2" w:rsidSect="0067124B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="566" w:bottom="709" w:left="1843" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="40" w:chapStyle="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-[...17 lines deleted...]
-
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:font w:name="Symbol">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Courier New">
-[...19 lines deleted...]
-  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
-[...22 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000007" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...2084 lines deleted...]
-</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
-  <w:drawingGridHorizontalSpacing w:val="120"/>
-  <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...9 lines deleted...]
-  </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00363F0F"/>
-[...339 lines deleted...]
-    <w:rsid w:val="00FD4D25"/>
+    <w:rsidRoot w:val="007B1C39"/>
+    <w:rsid w:val="00335EB8"/>
+    <w:rsid w:val="007B1C39"/>
+    <w:rsid w:val="00F121C2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="681E3D1E"/>
-  <w15:docId w15:val="{92ECCDE5-25F5-4986-B660-A104BDABF7EF}"/>
+  <w14:docId w14:val="36229797"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{604ECEA8-4A27-4482-9188-C3BCA3C5901D}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="line number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...2 lines deleted...]
-    <w:lsdException w:name="endnote text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List Number" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Block Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
@@ -15537,1736 +13788,365 @@
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a0">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F2B38"/>
-[...10 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
-[...186 lines deleted...]
-  <w:style w:type="character" w:default="1" w:styleId="a1">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a2">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a3">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-  </w:style>
-[...1074 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
-  <w:divs>
-[...39 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>7118</Characters>
+  <Pages>5</Pages>
+  <Words>1187</Words>
+  <Characters>6772</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>59</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>56</Lines>
+  <Paragraphs>15</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...14 lines deleted...]
-  <Company>DG Win&amp;Soft</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8350</CharactersWithSpaces>
+  <CharactersWithSpaces>7944</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Ambicios</dc:creator>
+  <dc:creator>РОБО-3Д</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>