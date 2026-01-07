--- v0 (2025-12-17)
+++ v1 (2026-01-07)
@@ -1,502 +1,374 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="006B44F5" w:rsidRPr="00B769E8" w:rsidRDefault="00B769E8" w:rsidP="00B769E8">
+    <w:p w:rsidR="006760E6" w:rsidRPr="00592A88" w:rsidRDefault="006760E6" w:rsidP="006760E6">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B769E8">
-[...6 lines deleted...]
-        <w:t>Информация о проведении классного часа от 16.11.20г</w:t>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Информация о проведении открытого классного часа</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00B769E8" w:rsidRPr="00B769E8" w:rsidRDefault="00B769E8" w:rsidP="00B769E8">
+    <w:p w:rsidR="006760E6" w:rsidRPr="00592A88" w:rsidRDefault="006760E6" w:rsidP="006760E6">
       <w:pPr>
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>От 13.11.2020г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007658EA" w:rsidRDefault="006760E6" w:rsidP="00592A88">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Сегодня прошел 2 этап городского конкурса "Учитель года". Учитель русского языка и литературы Лось Татьяна Николаевна провела открытый классный час на платформе "ZOOM" на тему "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Экологика</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">". Цель: Воспитание экологической культуры, способность воспринимать мир не столько, как склад природных ресурсов, сколько как </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дом,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в котором мы живем. Была проведена деловая игра в </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ходе</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00592A88">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которой учащиеся узнали о сроках разложения различных материалов, предложили варианты вторичного использования пластика, резины, жестяных банок и т.д., прошли анкетирование и узнали свой экологический след. Каждый ученик рассказал о своем экологическом девизе.</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00B769E8" w:rsidRPr="00B769E8" w:rsidRDefault="00B769E8" w:rsidP="00B769E8">
+    <w:p w:rsidR="00CD6F11" w:rsidRDefault="00CD6F11" w:rsidP="00CD6F11">
       <w:pPr>
-        <w:pStyle w:val="c1"/>
-[...7 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B769E8">
-[...201 lines deleted...]
-      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:211.5pt;height:159pt">
-            <v:imagedata r:id="rId5" o:title="WhatsApp Image 2020-11-16 at 19.29.34"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:213.75pt;height:99pt">
+            <v:imagedata r:id="rId5" o:title="WhatsApp Image 2020-11-13 at 13.34.37"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="005676AE">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:211.5pt;height:159pt">
-            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2020-11-16 at 19.29.36"/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:218.25pt;height:100.5pt">
+            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2020-11-13 at 13.34.38 (3)"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="005676AE">
-[...61 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    </w:p>
+    <w:p w:rsidR="00CD6F11" w:rsidRDefault="00CD6F11" w:rsidP="00CD6F11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:219.75pt;height:164.25pt">
-            <v:imagedata r:id="rId8" o:title="WhatsApp Image 2020-11-16 at 19.29.37 (1)"/>
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:300pt;height:138.75pt">
+            <v:imagedata r:id="rId7" o:title="WhatsApp Image 2020-11-13 at 13.34.38 (4)"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="005676AE">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w:rsidR="00592A88" w:rsidRPr="00592A88" w:rsidRDefault="00CD6F11" w:rsidP="00CD6F11">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:219.75pt;height:164.25pt">
-            <v:imagedata r:id="rId9" o:title="WhatsApp Image 2020-11-16 at 19.29.39"/>
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:105pt;height:228pt">
+            <v:imagedata r:id="rId8" o:title="WhatsApp Image 2020-11-13 at 13.34.37 (2)"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r w:rsidR="005676AE">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:279.75pt;height:210pt">
-            <v:imagedata r:id="rId10" o:title="WhatsApp Image 2020-11-17 at 09.38.40 (1)"/>
+          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:105pt;height:228pt">
+            <v:imagedata r:id="rId9" o:title="WhatsApp Image 2020-11-13 at 13.34.37 (7)"/>
           </v:shape>
         </w:pict>
       </w:r>
-    </w:p>
-[...4 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="050505"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:pict>
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:105pt;height:228pt">
+            <v:imagedata r:id="rId10" o:title="WhatsApp Image 2020-11-13 at 13.34.37 (10)"/>
+          </v:shape>
+        </w:pict>
+      </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00B769E8">
+    <w:sectPr w:rsidR="00592A88" w:rsidRPr="00592A88" w:rsidSect="00CD6F11">
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="567" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Tahoma">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B769E8"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B769E8"/>
+    <w:rsidRoot w:val="006760E6"/>
+    <w:rsid w:val="00592A88"/>
+    <w:rsid w:val="006760E6"/>
+    <w:rsid w:val="007658EA"/>
+    <w:rsid w:val="00CD6F11"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -667,121 +539,50 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c1">
-[...69 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
@@ -928,156 +729,56 @@
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="c1">
-[...69 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...26 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
@@ -1332,66 +1033,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>100</Words>
-  <Characters>570</Characters>
+  <Words>105</Words>
+  <Characters>602</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>4</Lines>
+  <Lines>5</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>669</CharactersWithSpaces>
+  <CharactersWithSpaces>706</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>