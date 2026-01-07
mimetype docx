--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -1,416 +1,694 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00E852C6" w:rsidRDefault="00F1514D" w:rsidP="00F1514D">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="003221C6" w:rsidRDefault="00A2650F" w:rsidP="007D6207">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00F1514D">
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A2650F">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
           <w:sz w:val="32"/>
-          <w:szCs w:val="28"/>
-[...1 lines deleted...]
-        <w:t>Информация о проведении классных часов 26.10.2020г</w:t>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Информация о проведении классного часа 02.11.2020г</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1514D" w:rsidRPr="00F1514D" w:rsidRDefault="00F1514D" w:rsidP="00F1514D">
-[...2 lines deleted...]
-        <w:ind w:firstLine="709"/>
+    <w:p w:rsidR="00A2650F" w:rsidRDefault="00A2650F" w:rsidP="007D6207">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F1514D" w:rsidRPr="00F1514D" w:rsidRDefault="00F1514D" w:rsidP="00F1514D">
+    <w:p w:rsidR="009833F1" w:rsidRPr="007D6207" w:rsidRDefault="00A2650F" w:rsidP="007D6207">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:shd w:val="clear" w:color="auto" w:fill="F4F4F4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="212529"/>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00F1514D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сегодня среди всех параллелей прошли классные часы. В начальном звене общая тема «Казахстан»</w:t>
+      </w:r>
+      <w:r w:rsidR="009833F1" w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009833F1" w:rsidRPr="007D6207" w:rsidRDefault="009833F1" w:rsidP="007D6207">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6207">
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цели:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009833F1" w:rsidRPr="009833F1" w:rsidRDefault="009833F1" w:rsidP="007D6207">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009833F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Формировать положительную нравственную оценку таких качеств, как порядочность, честь, верность долгу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009833F1" w:rsidRPr="009833F1" w:rsidRDefault="009833F1" w:rsidP="007D6207">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009833F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Раскрыть значение слова «патриот».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009833F1" w:rsidRPr="009833F1" w:rsidRDefault="009833F1" w:rsidP="007D6207">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009833F1">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Воспитание сознательной любви к Родине, уважение к историческому прошлому своей истории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009833F1" w:rsidRPr="007D6207" w:rsidRDefault="009833F1" w:rsidP="007D6207">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>Цель</w:t>
-[...5 lines deleted...]
-          <w:color w:val="000000"/>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2650F" w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">среднем и старшем звеньях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прошли классные часы объединенные темой </w:t>
+      </w:r>
+      <w:r w:rsidR="00A2650F" w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Профориентация». </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t>Большинство подростков хотят иметь интересную и высокооплачиваемую работу, но какая профессия обеспечит им это – не знают. Им явно не хватает информации о том, как тот или иной вид занятости может быть связан с их долговременными ориентациями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t> формировать знания учащихся о казахских традициях и обычаях; прививать учащимся интерес к культуре казахского народа; воспитывать у учащихся уважение к нравственно-духовной культуре своей страны, своего народа; расширять знания детей об истории и культуре казахского народа через изучение праздников, традиций.</w:t>
-[...3 lines deleted...]
-          <w:color w:val="000000"/>
+        <w:t xml:space="preserve"> и жизненными целями. Учащиеся подросткового</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00F1514D">
+        <w:t xml:space="preserve"> возраста, как правило, еще не обладают достаточной личностной зрелостью для совершения выбора, имеющего решающее значение на всю дальнейшую судьбу. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D6207" w:rsidRPr="009833F1" w:rsidRDefault="007D6207" w:rsidP="007D6207">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D6207">
         <w:rPr>
           <w:rStyle w:val="a4"/>
-          <w:color w:val="212529"/>
-[...51 lines deleted...]
-        <w:t>побуждать детей к поиску информации о профессиях, к осознанному профессиональному выбору.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Цель:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D6207">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t> расширение представления учащихся о современном мире профессий, о возможностях реализовать свои жизненные цели и планы через избранный способ образования и возможную сферу профессиональной деятельности, умение учащихся применять результаты самопознания при прогнозировании своего профессионального будущего.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F1514D" w:rsidRPr="00F1514D" w:rsidRDefault="00F1514D" w:rsidP="00F1514D">
-[...1 lines deleted...]
-        <w:spacing w:line="360" w:lineRule="auto"/>
+    <w:p w:rsidR="00A2650F" w:rsidRPr="00A2650F" w:rsidRDefault="00A2650F" w:rsidP="00A2650F">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007D6207" w:rsidRDefault="00A2650F" w:rsidP="00A2650F">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:174.15pt;height:174.15pt">
-            <v:imagedata r:id="rId5" o:title="WhatsApp Image 2020-10-27 at 16.46.04"/>
+          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:168pt;height:94.5pt">
+            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2020-10-27 at 10.32.44"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:231.05pt;height:173.3pt">
-            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2020-10-26 at 13.15.53"/>
+          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:126pt;height:94.5pt">
+            <v:imagedata r:id="rId7" o:title="WhatsApp Image 2020-10-27 at 10.32.48"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:191.7pt;height:2in">
-            <v:imagedata r:id="rId7" o:title="WhatsApp Image 2020-10-26 at 13.15.54 (1)"/>
+          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:129pt;height:96pt">
+            <v:imagedata r:id="rId8" o:title="WhatsApp Image 2020-10-28 at 09.34.14"/>
           </v:shape>
         </w:pict>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00A2650F" w:rsidRPr="00A2650F" w:rsidRDefault="00A2650F" w:rsidP="00A2650F">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:pict>
-          <v:shape id="_x0000_i1028" type="#_x0000_t75" style="width:190.05pt;height:142.35pt">
-            <v:imagedata r:id="rId8" o:title="WhatsApp Image 2020-10-26 at 13.15.54 (2)"/>
+          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:2in;height:108.75pt">
+            <v:imagedata r:id="rId9" o:title="WhatsApp Image 2020-10-28 at 09.34.16"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1029" type="#_x0000_t75" style="width:217.65pt;height:163.25pt">
-            <v:imagedata r:id="rId9" o:title="WhatsApp Image 2020-10-26 at 13.15.54"/>
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:145.5pt;height:109.5pt">
+            <v:imagedata r:id="rId10" o:title="WhatsApp Image 2020-10-28 at 10.27.10"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="009833F1">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:220.2pt;height:164.95pt">
-            <v:imagedata r:id="rId10" o:title="WhatsApp Image 2020-10-27 at 10.32.35"/>
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:147pt;height:109.5pt">
+            <v:imagedata r:id="rId11" o:title="WhatsApp Image 2020-10-28 at 10.27.11"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:169.1pt;height:127.25pt">
-            <v:imagedata r:id="rId11" o:title="WhatsApp Image 2020-10-27 at 10.32.39"/>
+          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:207.75pt;height:154.5pt">
+            <v:imagedata r:id="rId12" o:title="WhatsApp Image 2020-10-28 at 10.27.12"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1032" type="#_x0000_t75" style="width:229.4pt;height:128.95pt">
-            <v:imagedata r:id="rId12" o:title="WhatsApp Image 2020-10-27 at 10.32.44"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:207pt;height:155.25pt">
+            <v:imagedata r:id="rId13" o:title="WhatsApp Image 2020-10-28 at 10.26.57"/>
           </v:shape>
         </w:pict>
       </w:r>
-      <w:r>
-[...23 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:sectPr w:rsidR="00F1514D" w:rsidRPr="00F1514D">
+    <w:sectPr w:rsidR="00A2650F" w:rsidRPr="00A2650F">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:font w:name="Calibri">
-[...2 lines deleted...]
-    <w:family w:val="swiss"/>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
+    <w:nsid w:val="08792DB0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0B5072BA"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+</w:numbering>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="90"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00F1514D"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00F1514D"/>
+    <w:rsidRoot w:val="00A2650F"/>
+    <w:rsid w:val="003221C6"/>
+    <w:rsid w:val="007D6207"/>
+    <w:rsid w:val="009833F1"/>
+    <w:rsid w:val="00A2650F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -585,69 +863,68 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F1514D"/>
+    <w:rsid w:val="009833F1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00F1514D"/>
+    <w:rsid w:val="009833F1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
@@ -803,101 +1080,100 @@
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00F1514D"/>
+    <w:rsid w:val="009833F1"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="a4">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
-    <w:rsid w:val="00F1514D"/>
+    <w:rsid w:val="009833F1"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="146023443">
+    <w:div w:id="1637292360">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1146,66 +1422,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>125</Words>
-  <Characters>716</Characters>
+  <Words>182</Words>
+  <Characters>1044</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>5</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>8</Lines>
+  <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>840</CharactersWithSpaces>
+  <CharactersWithSpaces>1224</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>