--- v0 (2025-12-15)
+++ v1 (2026-01-07)
@@ -1,3124 +1,5501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1905000" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1905000" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t>Орта білім беру саласындағы көрсетілетін мемлекеттік қызметтер регламенттерін бекіту туралы</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении регламентов государственных услуг в сфере среднего образования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> Қарағанды облысының Әділет департаментінде 2015 жылғы 5 қазанда № 3425 болып тіркелді</w:t>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Постановление </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области от 25 августа 2015 года № 49/03. Зарегистрировано Департаментом юстиции Карагандинской области 5 октября 2015 года № 3425</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с  Законом Республики Казахстан от 15 апреля 2013 года "О государственных услугах",  приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего обр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">азования, оказываемых местными исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11057), </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...16 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ПОСТАНОВЛЯЕТ:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Утвердить прилагаемые:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1)  регламент государ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ственной услуги "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2)  регламент государстве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нной услуги "Выдача разрешения на обучение в форме экстерната в организациях основного среднего, общего среднего образования";</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...21 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3)  регламент государственной услуги "Выдача дубликатов документов об основном среднем, общем среднем образовании".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Контроль за</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнением настоящего постановления возложить на курирующего заместителя </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акима</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> области.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...12 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Настоящее постановление вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3778"/>
-        <w:gridCol w:w="5884"/>
+        <w:gridCol w:w="1093"/>
+        <w:gridCol w:w="8569"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D00C44" w:rsidRPr="00ED5BA7">
+      <w:tr w:rsidR="002305C2" w:rsidRPr="009328E8">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4807" w:type="dxa"/>
+            <w:tcW w:w="1186" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Облыс әкімі</w:t>
+              <w:t>Аким</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>обла</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>сти</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7493" w:type="dxa"/>
+            <w:tcW w:w="0" w:type="auto"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Н. Әбдібеков</w:t>
+              <w:t xml:space="preserve">Н. </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Абдибеков</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002305C2" w:rsidRPr="009328E8">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="0" w:type="auto"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="11096" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Утвержден</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">постановлением </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>акимата</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Карагандинской области</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 25 августа 2015 года</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>№ 49/03</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Регламент государственной услуги "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным программам начального, основного среднего, общего среднего образования"</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>      </w:t>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Государственная услу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">га "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>обучения по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> общеобразовательным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>программам начального, основного среднего, общего среднего образования" (далее - государственная услуга) оказывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> организациями начального, основного среднего, общего среднего образования (далее – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляются через:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) канцелярию </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-портал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "эле</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ктронного правительства": </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>gov</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – портал).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Форма оказания государственной услуги: электронная, бумажная.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Результат оказания государственной </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услуги</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:р</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>асписка</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о приеме документов и приказ о зачислении в организацию начального</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, основного среднего, общего среднего образования на начало учебного года.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z20"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Описание порядка действий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основанием для начала процедуры (действия) по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оказанию государственной услуги является наличие заявления согласно  стандарта государственной услуги "Прием документов и зачисление в организации образования, независимо от ведомственной подчиненности, для обучения по общеобразовательным программам началь</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ного, основного среднего, общего среднего образования", утвержденного приказом Министра образования и науки Республики Казахстан от 8 апреля 2015 года № 179 "Об утверждении стандартов государственных услуг в сфере среднего</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>образования, оказываемых местными</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительными органами" (зарегистрирован в Реестре государственной регистрации нормативных правовых актов за № 11057), (далее - Стандарт).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Содержание каждой процедуры (действия), входящей в состав процесса оказания государственной услуги, длит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ельность и последовательность его выполнения, в том числе этапы прохождения процедур (действий):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием заявления, регистрирует полученные от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документы, сверяет копии документов с ори</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">гиналами документов, возвращает оригиналы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (15 минут);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает и определяет ответственного исполнителя (15 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ответственный исполн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">итель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформляет проект приказа, направляет на рассмотрение и подписание руководителю (в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 рабочих дней);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает проект приказа, подписывает и направляет в канцелярию (15 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) сотр</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">удник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует приказ и выдает результат государственной услуги </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(15 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>минут</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Срок оказания государственной услуги с момента сдачи пакета документов </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также при обращении через портал – пять ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>бочих дней для получения расписки.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. Результатом процедуры (действия) по оказанию государственной услуги по действию 1, указанному в  пункте 5 настоящего Регламента, является передача документов руководителю. Переданный пакет документов руководител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ю является основанием для начала выполнения действия 2, указанного в  пункте 5 настоящего Регламента. Результатом действия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2, указанного в  пункте 5 настоящего Регламента, является рассмотрение документов руководителем и передача завизированных руководител</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ем документов специалисту, которые являются основанием для выполнения действия 3, указанного в  пункте 5 настоящего Регламента. Результатом по действию 3, указанному в  пункте 5 настоящего Регламента, является рассмотрение документов специалистом на соотве</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тствие предъявляемым требованиям, предусмотренным  пунктом 9 Стандарта и подготовка проекта приказа, который является основанием для выполнения действия 4, указанного в  пункте 5 настоящего Регламента. Результатом по действию 4, указанному в  пункте 5 наст</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>оящего Регламента, является подписание результата оказания государственной услуги руководителем, который является основанием для выполнения действия 5, указанного в  пункте 5 настоящего Регламента. Результатом по действию 5, указанному в  пункте 5 настояще</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">го Регламента, является направление подписанного руководителем результата </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z30"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. Описание порядка взаимодействия структурных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Перечень структурных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, которые участвуют в процессе оказания государственной услуги:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>следовательности процедур (действий) между структурными подразделениями (работниками):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет прием и регистрацию полученных документов, сверяет копии документов с оригиналами документов, возвращает оригина</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лы и передает на рассмотрение руководителю </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (15 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает и определяет ответственного исполнителя (15 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) ответственный исполнитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оформляет проект приказа и направляет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> руководителю (2 рабочих дня);</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) руководитель </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассматривает проект приказа, подписывает и направляет в канцелярию(15 минут);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) сотрудник канцелярии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрирует приказ, выдает результат государственной услуги(15 ми</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нут). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z41"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Описание порядка взаимодействия с Государственной корпорацией "Правительство для граждан" и (или) иными </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателями</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>, а также порядка использования информационных систем в процессе оказания государственной услуги</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Заголовок главы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4 – в редакции постановления </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>акимата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Карагандинской области от 20.06.2016 № 43/06 (вводится в действие по истечении десяти календарных дней после дня его первого официального опубликования).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Описание порядка обращения при оказании государственно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">й услуги через портал и последовательности процедур (действий) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучатель</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет регистрацию на портале с указанием фактического места жительства </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с помощью индивидуального идентификаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>номера (далее – ИИН), а также пароля;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) процесс 1 – ввод </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ИИН и пароля (процесс авторизации) на портале для получения услуги;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) условие 1 – проверка на портале подлинности данных о зарегистрированном </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через ИИН и пароль;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) процесс 2 – формирование порталом сообщения об отказе в авторизации в связи с имеющимися нарушениями в данных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) процесс 3 – выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> услуги, указанной в настоящем регламенте, вывод на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экран формы запроса для оказания услуги и заполнение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формы (ввод данных) с учетом ее структуры и форматных требований, прикрепление к форме запроса необходимых копий документов в электронном виде, указанных в стандарте, а также выбор </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>гополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> регистрационного свидетельства электронной цифровой подписи (далее – ЭЦП) для удостоверения (подписания) запроса;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) условие 2 – проверка на портале срока действия регистрационного свидетельства ЭЦП и отсутствия в списке отозванных (ан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>нулированных) данных (между ИИН, указанным в запросе, и ИИН, указанным в регистрационном свидетельстве ЭЦП);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) процесс 4 – формирование сообщения об отказе в запрашиваемой услуге в связи с не подтверждением подлинности ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8) процесс 5 – направление электронного документа (запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), удостоверенного (подписанного) ЭЦП </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через шлюз электронного правительства (далее – ШЭП) в автоматизированном рабочем месте регионального шлюза электронного правит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ельства (далее – АРМ РШЭП) для обработки запроса </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) условие 3 – проверка </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствия приложенных </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> документов, указанных в стандарте, и основания для оказания услуги;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10) процесс 6 – формирование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сообщения об отказе в запрашиваемой услуге в связи с имеющимися нарушениями в документах </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11) процесс 7 – получение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> результата услуги (уведомление в форме электронного документа), сформированной АРМ РШЭП.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Рез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ультат оказания государственной услуги направляется </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугополучателю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функциональное взаимодействие </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>информационных систем, задействованных при ок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>азании государственной услуги через портал приведены</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> диаграммой согласно  приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>настоящему</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>регламенту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Подробное описание последовательности процедур (действий) взаимодействий структурных подразделений (работников) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">се оказания государственной услуги отражается в справочнике бизнес-процессов согласно  приложению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="974"/>
-        <w:gridCol w:w="8688"/>
+        <w:gridCol w:w="1463"/>
+        <w:gridCol w:w="8199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D00C44" w:rsidRPr="00ED5BA7">
-[...1636 lines deleted...]
-      <w:tr w:rsidR="00D00C44" w:rsidRPr="00ED5BA7">
+      <w:tr w:rsidR="002305C2" w:rsidRPr="009328E8">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>"Бастауыш, негізгі орта, жалпы орта білім</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 1</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-[...1 lines deleted...]
-              <w:t>берудің жалпы білім беретін бағдарламалары</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к регламенту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>бойынша оқыту үшін ведомстволық</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в организации образования,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>б</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>независимо от ведомственной подчиненности,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> ұйымдарына құжаттарды қабылдау және </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>д</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ля </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> оқуға қабылдау" мемлекеттік </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>программам начального, основного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>көрсетілетін қызмет регламентіне</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего, общего среднего образования"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...20 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="z56"/>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:bookmarkStart w:id="3" w:name="z58"/>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> "Электрондық үкімет"</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve"> порталы арқылы мемлекеттік қызмет көрсету кезінде функционалдық өзара әрекет диаграммасы</w:t>
+        <w:t xml:space="preserve"> Диаграмма функционального взаимодействия при оказании государственной услуги через портал электронного правительства.</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="3"/>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="002305C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
-[...7 lines deleted...]
-      </w:r>
+      <w:bookmarkStart w:id="4" w:name="z59"/>
+      <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7810500" cy="4191000"/>
+            <wp:extent cx="7797800" cy="4343400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7810500" cy="4191000"/>
+                      <a:ext cx="7797800" cy="4343400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Условные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обозначения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00ED5BA7">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">        </w:t>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="6032500" cy="5245100"/>
+            <wp:extent cx="7366000" cy="5118100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="6032500" cy="5245100"/>
+                      <a:ext cx="7366000" cy="5118100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1455"/>
-        <w:gridCol w:w="8207"/>
+        <w:gridCol w:w="1463"/>
+        <w:gridCol w:w="8199"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D00C44" w:rsidRPr="00ED5BA7">
+      <w:tr w:rsidR="002305C2" w:rsidRPr="009328E8">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1965" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10335" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+          <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve">"Бастауыш, негізгі орта, жалпы орта білім </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 2</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>берудің жалпы білім беретін бағдарламалары</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к регламенту государственной услуги</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> бойынша оқыту үшін ведомстволық </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>"Прием документов и зачисление в организации образования,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>независимо от ведомственной подчиненности,</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> құжаттарды қабылдау және </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">для </w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>обучения по</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> общеобразовательным</w:t>
+            </w:r>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t xml:space="preserve"> оқуға қабылдау" мемлекеттік </w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>программам начального, основного</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
+            <w:r w:rsidRPr="009328E8">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
-              </w:rPr>
-              <w:t>көрсетілетін қызмет регламентіне</w:t>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>среднего, о</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...5 lines deleted...]
-              <w:br/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>бщего среднего образования"</w:t>
             </w:r>
-            <w:r w:rsidRPr="00ED5BA7">
-[...12 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="009328E8">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="z60"/>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:bookmarkStart w:id="5" w:name="z63"/>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> Мемлекеттік қызмет көрсетудің бизнес-процестерінің анықтамалығы  </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Справочник бизнес-процессов оказания государственной услуги</w:t>
       </w:r>
     </w:p>
-    <w:bookmarkEnd w:id="4"/>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="002305C2">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:bookmarkStart w:id="6" w:name="z64"/>
+      <w:bookmarkEnd w:id="5"/>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="7696200" cy="3175000"/>
+            <wp:extent cx="7810500" cy="3035300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="4" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="7696200" cy="3175000"/>
+                      <a:ext cx="7810500" cy="3035300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:br/>
       </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Условные</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>обозначения</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="009328E8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00ED5BA7" w:rsidRDefault="00D00C44">
+    <w:p w:rsidR="002305C2" w:rsidRPr="009328E8" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      <w:r w:rsidRPr="00ED5BA7">
+      <w:r w:rsidRPr="009328E8">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
-            <wp:extent cx="5791200" cy="2540000"/>
+            <wp:extent cx="5969000" cy="2400300"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="5" name=""/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="5791200" cy="2540000"/>
+                      <a:ext cx="5969000" cy="2400300"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00ED5BA7">
-[...6 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00C55CA3" w:rsidRDefault="00C55CA3">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D00C44" w:rsidRPr="00C55CA3" w:rsidRDefault="00D00C44">
+    <w:p w:rsidR="007619A3" w:rsidRDefault="007619A3">
       <w:pPr>
-        <w:pStyle w:val="disclaimer"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00D00C44" w:rsidRPr="00C55CA3" w:rsidSect="00D00C44">
+    <w:sectPr w:rsidR="007619A3" w:rsidSect="002305C2">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Consolas">
@@ -3126,60 +5503,59 @@
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
-    <w:rsidRoot w:val="00D00C44"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00ED5BA7"/>
+    <w:rsidRoot w:val="002305C2"/>
+    <w:rsid w:val="002305C2"/>
+    <w:rsid w:val="007619A3"/>
+    <w:rsid w:val="009328E8"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -3431,137 +5807,137 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Название Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a8"/>
     <w:uiPriority w:val="10"/>
     <w:rsid w:val="00841CD9"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="aa">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="00D1197D"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="ab">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00D00C44"/>
+    <w:rsid w:val="002305C2"/>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="ac">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00D00C44"/>
+    <w:rsid w:val="002305C2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Consolas" w:eastAsia="Consolas" w:hAnsi="Consolas" w:cs="Consolas"/>
     </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
-    <w:rsid w:val="00D00C44"/>
+    <w:rsid w:val="002305C2"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-    <w:rsid w:val="00D00C44"/>
+    <w:rsid w:val="002305C2"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00ED5BA7"/>
+    <w:rsid w:val="009328E8"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00ED5BA7"/>
+    <w:rsid w:val="009328E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:eastAsia="Consolas" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
@@ -3823,65 +6199,65 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>7</Pages>
-  <Words>1790</Words>
-  <Characters>10205</Characters>
+  <Words>1722</Words>
+  <Characters>9821</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>85</Lines>
+  <Lines>81</Lines>
   <Paragraphs>23</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11972</CharactersWithSpaces>
+  <CharactersWithSpaces>11520</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>