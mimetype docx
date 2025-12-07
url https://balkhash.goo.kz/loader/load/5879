--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,1776 +1,1771 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
-  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...4 lines deleted...]
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00892E1E" w:rsidRPr="00B32461" w:rsidRDefault="00892E1E" w:rsidP="00892E1E">
+    <w:p w:rsidR="00512E0A" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B32461">
+      <w:r w:rsidRPr="00440872">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Нұр-Сұлтан қ</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B32461">
+      <w:r w:rsidRPr="00440872">
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B32461">
+      <w:r w:rsidRPr="00440872">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                                                         город Нур-Султан                                                                                                               </w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00EE69B8" w:rsidRDefault="00EE69B8" w:rsidP="00934587">
+        <w:t xml:space="preserve">                                                                                                         город Нур-Султан    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F76DDE" w:rsidRDefault="00F76DDE" w:rsidP="00EF4E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000C6493" w:rsidRDefault="000C6493" w:rsidP="00934587">
+    <w:p w:rsidR="00EF4E93" w:rsidRPr="00440872" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidRPr="00440872">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...8 lines deleted...]
-    </w:p>
+        <w:t xml:space="preserve">                                                                                                           </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C14F1" w:rsidRPr="00440872" w:rsidRDefault="005C14F1" w:rsidP="00934587"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5353"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E3566B" w:rsidRPr="00F02151" w:rsidTr="00CD0E05">
+      <w:tr w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidTr="00CD6305">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5353" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00E3566B" w:rsidRPr="00B32461" w:rsidRDefault="00E3566B" w:rsidP="00CD0E05">
-[...54 lines deleted...]
-          <w:p w:rsidR="00E3566B" w:rsidRDefault="00E3566B" w:rsidP="00CD0E05">
+          <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="00CD6305">
             <w:pPr>
               <w:ind w:right="-2"/>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00440872">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
-[...4 lines deleted...]
-              <w:jc w:val="both"/>
+              <w:t xml:space="preserve">О </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00440872">
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
-                <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">внесении изменений в приказ Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 «Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00440872">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t>послесреднего</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00440872">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> образования»</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00E3566B" w:rsidRPr="00B32461" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+    <w:p w:rsidR="007B1295" w:rsidRDefault="007B1295" w:rsidP="007B1295">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF647A" w:rsidRPr="00440872" w:rsidRDefault="00BF647A" w:rsidP="007B1295">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...24 lines deleted...]
-        <w:ind w:left="0" w:firstLine="708"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="00C05ACC" w:rsidP="007B1295">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-[...19 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Внести </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в приказ Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 «Об утверждении Типовых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся для организаций среднего, технического и профессионального, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования» (зарегистрирован в Государственном реестре нормативных правовых актов за № 5191, опубликован в газете </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Юридическая газета» от 30 мая 2008 года № 81 (1481)</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следующие</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> изменения</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FF6073" w:rsidRDefault="00003075" w:rsidP="007B1295">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>в</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Типовых правил</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ах </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в организациях</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
-      </w:r>
-[...14 lines deleted...]
-        </w:tabs>
+        <w:t>образования, реализующих общеобразовательные учебные программы</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>начального, основного среднего, общего среднего образования</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>утвержденных указанным приказом:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRDefault="00FF6073" w:rsidP="007B1295">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Глав</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4658">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2 исключить;</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1295" w:rsidRPr="00440872">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00215BFB" w:rsidRPr="00AF2088" w:rsidRDefault="00215BFB" w:rsidP="00215BFB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 13 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00215BFB" w:rsidRPr="00AF2088" w:rsidRDefault="00215BFB" w:rsidP="00215BFB">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Формативное</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивание, в том числе домашней работы, проводится для мониторинга достижений обучающимися целей обучения и дальнейшего выстраивания дифференцированной работы на уроке и осуществляется через рекомендации педагога в письменной форме (в тетрадях или дневниках) или устно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22454" w:rsidRPr="00A9219B" w:rsidRDefault="00215BFB" w:rsidP="00A9219B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В случаях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ограничительных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих государственных органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">карантина, чрезвычайных ситуаций социального, природного и техногенного характера учебные достижения обучающихся оцениваются </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формативно</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00AF2088">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с выставлением баллов. Оценивание учебных достижений обучающихся 2-11 (12) классов осуществляется в пределах от одного до 10 баллов.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22454" w:rsidRPr="00F22454">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC1624" w:rsidRPr="00F47743" w:rsidRDefault="00AC1624" w:rsidP="00AC1624">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пункт 25 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F22454" w:rsidRPr="00F47743" w:rsidRDefault="00F22454" w:rsidP="00F22454">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>25.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002572E7">
-[...24 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Четвертная оценка выставляется на основании результатов формативного оценивания, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47743" w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="00F47743" w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в процентном соотношении 50% на 50%.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F47743" w:rsidRPr="00F47743" w:rsidRDefault="00F47743" w:rsidP="00F22454">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...31 lines deleted...]
-        </w:tabs>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>При учебной нагрузке 1 час в неделю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ценка за полугодие выставляется по результатам формативного оценивания и СОР.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AC1624" w:rsidRDefault="00F22454" w:rsidP="00F22454">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="s1"/>
-[...22 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ограничительных мер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> соответствующих государственных органов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, в том числе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>карантина, чрезвычайных ситуаций социального, природного и техногенного характера четвертная оценка выставляется с учетом формативного оценивания, результатов одного СОР и СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.»</w:t>
+      </w:r>
+      <w:r w:rsidR="00A9219B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9219B" w:rsidRDefault="00A9219B" w:rsidP="00A9219B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>пункт 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00651192">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Lucida Sans Unicode"/>
+          <w:kern w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:bidi="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00317F9E">
-[...14 lines deleted...]
-        </w:tabs>
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>изложить в следующей редакции:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9219B" w:rsidRPr="00A9219B" w:rsidRDefault="00A9219B" w:rsidP="00A9219B">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A9219B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001721F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">26. В 1 классе годовая оценка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9219B">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001721F4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выставляется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A9219B" w:rsidRPr="00A9219B" w:rsidRDefault="00A9219B" w:rsidP="00A9219B">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:bCs/>
-[...15 lines deleted...]
-      <w:r w:rsidR="00CE6472">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001721F4">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CE6472" w:rsidRPr="00CE6472">
+        </w:rPr>
+        <w:t>Обучающиеся 1 класса не оставляются на повторный год обучения, за исключением обучающихся, которым рекомендован повторный год обучения на основании заключения психолого-медико-педагогической консультации и (или) по согласованию с родителями или законными представителями ребенка.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A9219B">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Формативтік бағалау, оның ішінде үй жұмысы</w:t>
-[...447 lines deleted...]
-        </w:rPr>
         <w:t>».</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w:rsidR="00E3566B" w:rsidRPr="00B32461" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E852E5">
-[...32 lines deleted...]
-    <w:p w:rsidR="00E3566B" w:rsidRPr="00B32461" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:r w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F22454" w:rsidRPr="00F47743">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Комитету дошкольного</w:t>
+      </w:r>
+      <w:r w:rsidR="00F22454">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и среднего</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B32461">
-[...8 lines deleted...]
-    <w:p w:rsidR="00E3566B" w:rsidRPr="00B32461" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...43 lines deleted...]
-    <w:p w:rsidR="00E3566B" w:rsidRPr="00B32461" w:rsidRDefault="00E3566B" w:rsidP="00E3566B">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещение настоящего приказа на интернет-ресурсе Министерства  образования и науки Республики Казахстан после его официального опубликования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B32461">
-[...26 lines deleted...]
-        <w:ind w:firstLine="708"/>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ридическ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ий д</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>епартамент</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) настоящего пункта</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-        <w:ind w:firstLine="708"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Контроль за исполнением настоящего приказа возложить на                   курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007B1295" w:rsidRPr="00440872" w:rsidRDefault="007B1295" w:rsidP="007B1295">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:right="-1" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B32461">
-[...41 lines deleted...]
-    </w:p>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Настоящий приказ вводится в действие </w:t>
+      </w:r>
+      <w:r w:rsidR="001E2E07">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440872">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0094678B" w:rsidRDefault="0094678B" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001E2E07" w:rsidRPr="00440872" w:rsidRDefault="001E2E07" w:rsidP="00934587"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="8930" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="008858D2" w:rsidTr="008858D2">
+      <w:tr w:rsidR="0038799B" w:rsidTr="0038799B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+          <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">Қазақстан </w:t>
-[...6 lines deleted...]
-              <w:t>Республикасының Білім және ғылым министрі</w:t>
+              <w:t>Министр образования и науки Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D50669" w:rsidRDefault="00D50669"/>
+          <w:p w:rsidR="00F75E70" w:rsidRDefault="00F75E70"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+          <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00642211" w:rsidRPr="008858D2" w:rsidRDefault="00642211" w:rsidP="006340C9">
-[...11 lines deleted...]
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="0094678B" w:rsidRPr="00934587" w:rsidRDefault="0094678B" w:rsidP="00934587"/>
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F75E70"/>
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>________ облысының/қаласының Әділет департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық акті 23.10.2020</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t xml:space="preserve">тіркеудің </w:t>
-      </w:r>
+        <w:t>тіркеудің тізіліміне № 21484 болып енгізілді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F75E70"/>
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>тізіліміне № 21484 болып енгізілді</w:t>
-[...7 lines deleted...]
-        </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
         <w:t>Министерство образования и науки РК - Заместитель директора Тимур Владимирович Давлет, 08.10.2020 16:18:42, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
-        <w:t>Министерство юстиции РК - Вице-министр Наталья Висс</w:t>
-      </w:r>
+        <w:t>Министерство юстиции РК - Вице-министр Наталья Виссарионовна Пан, 21.10.2020 11:10:24, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
-        <w:t>арионовна Пан, 21.10.2020 11:10:24, положительный результат проверки ЭЦП</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Результаты подписания</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
       <w:r>
-        <w:rPr>
-[...15 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId11"/>
+        <w:t>Министерство образования и науки РК - Министр образования и науки Республики Казахстан А. Аймагамбетов, 21.10.2020 11:15:20, положительный результат проверки ЭЦП</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00F75E70" w:rsidSect="00DB1DC7">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009F5804" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="002A558F" w:rsidRDefault="002A558F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009F5804" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="002A558F" w:rsidRDefault="002A558F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Lucida Sans Unicode">
+    <w:panose1 w:val="020B0602030504020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="80000AFF" w:usb1="0000396B" w:usb2="00000000" w:usb3="00000000" w:csb0="000000BF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D50669" w:rsidRDefault="00D50669">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00F75E70" w:rsidRDefault="00F75E70">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+  <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 21484 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+  <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:t>ИС «ИПГО»</w:t>
-[...2 lines deleted...]
-      <w:t>. Копия электронного документа. Дата  23.10.2020.</w:t>
+      <w:t>ИС «ИПГО». Копия электронного документа. Дата  23.10.2020.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00D50669" w:rsidRDefault="00D50669">
+<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00F75E70" w:rsidRDefault="00F75E70">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00D50669" w:rsidRDefault="009F5804">
+  <w:p w:rsidR="00F75E70" w:rsidRDefault="00F737F6">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  23.10.2020.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="009F5804" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="002A558F" w:rsidRDefault="002A558F">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="009F5804" w:rsidRDefault="009F5804">
+    <w:p w:rsidR="002A558F" w:rsidRDefault="002A558F">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="007A4A91" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00BE78CA">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:p w:rsidR="00BE78CA" w:rsidRPr="00DB1DC7" w:rsidRDefault="007A4A91" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00DB1DC7">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00BE78CA" w:rsidRPr="00DB1DC7">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00DB1DC7">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00552EFB">
+    <w:r w:rsidR="00851858">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
         <w:noProof/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
-      <w:t>2</w:t>
+      <w:t>3</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00DB1DC7">
       <w:rPr>
-        <w:rStyle w:val="af1"/>
+        <w:rStyle w:val="af0"/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10325" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
+      <w:tblLook w:val="01E0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3936"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
     <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="008E7BA5">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="004B7E32">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B12C86">
+          <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve">ҚАЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
           </w:r>
-          <w:r w:rsidR="008E7BA5">
+          <w:r w:rsidR="004B7E32">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
           </w:r>
-          <w:r w:rsidRPr="00B12C86">
+          <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00C723BA" w:rsidRDefault="00C723BA" w:rsidP="00782A16">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="972820" cy="972820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="00FA23BC" w:rsidRDefault="00B12C86" w:rsidP="008E7BA5">
-[...50 lines deleted...]
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="008E7BA5">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="004B7E32">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00B12C86">
+          <w:r w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
+            <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
+          </w:r>
+          <w:r w:rsidR="004B7E32">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00A646AF">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
@@ -1849,195 +1844,122 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="007A4A91" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00642211">
+    <w:r w:rsidRPr="007A4A91">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <mc:AlternateContent>
-[...68 lines deleted...]
-      </mc:AlternateContent>
+      <w:pict>
+        <v:line id="Line 26" o:spid="_x0000_s4097" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-position-vertical-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" strokecolor="#39f" strokeweight="1.25pt">
+          <w10:wrap anchory="page"/>
+        </v:line>
+      </w:pict>
     </w:r>
-    <w:r w:rsidR="004B6D21">
-[...19 lines deleted...]
-    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
+    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 453                      </w:t>
+      <w:t xml:space="preserve">№ 453                                                                                             </w:t>
+    </w:r>
+    <w:r w:rsidR="008856E3">
+      <w:rPr>
+        <w:b/>
+        <w:bCs/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">    от 21 октября 2020 года</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="050E10FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4EED4D4"/>
     <w:lvl w:ilvl="0" w:tplc="94DADD18">
       <w:start w:val="40"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1720"/>
         </w:tabs>
         <w:ind w:left="1720" w:hanging="1020"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -2109,141 +2031,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...89 lines deleted...]
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2288,51 +2120,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -2402,731 +2234,514 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="2"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-[...1 lines deleted...]
-  </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="3F01"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="4"/>
+    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat>
-[...6 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="0002773D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00060EE8"/>
+    <w:rsid w:val="00003075"/>
+    <w:rsid w:val="00026A23"/>
+    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="00067A0D"/>
     <w:rsid w:val="00073119"/>
-    <w:rsid w:val="000870F9"/>
     <w:rsid w:val="000922AA"/>
-    <w:rsid w:val="000C3F72"/>
-    <w:rsid w:val="000C6493"/>
+    <w:rsid w:val="000A0E3E"/>
+    <w:rsid w:val="000C13F9"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
+    <w:rsid w:val="001204BA"/>
     <w:rsid w:val="001319EE"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="001763DE"/>
-    <w:rsid w:val="00184502"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
+    <w:rsid w:val="001E2E07"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
-    <w:rsid w:val="0021492F"/>
+    <w:rsid w:val="0020089C"/>
+    <w:rsid w:val="00204110"/>
+    <w:rsid w:val="00212D2E"/>
+    <w:rsid w:val="00215BFB"/>
     <w:rsid w:val="0022101F"/>
+    <w:rsid w:val="00226BD9"/>
     <w:rsid w:val="0023374B"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="002572E7"/>
+    <w:rsid w:val="00271816"/>
+    <w:rsid w:val="0029232F"/>
+    <w:rsid w:val="002A2EF4"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002C3DCD"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00341898"/>
+    <w:rsid w:val="002A558F"/>
+    <w:rsid w:val="002F4DC1"/>
+    <w:rsid w:val="00330B0F"/>
+    <w:rsid w:val="00350856"/>
     <w:rsid w:val="00364E0B"/>
+    <w:rsid w:val="00367F82"/>
+    <w:rsid w:val="0038799B"/>
+    <w:rsid w:val="00391AB4"/>
+    <w:rsid w:val="003A5A29"/>
+    <w:rsid w:val="003D781A"/>
+    <w:rsid w:val="003E0746"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
+    <w:rsid w:val="00426E06"/>
     <w:rsid w:val="00430E89"/>
+    <w:rsid w:val="00440872"/>
     <w:rsid w:val="004726FE"/>
-    <w:rsid w:val="00486F3C"/>
-    <w:rsid w:val="004942FB"/>
     <w:rsid w:val="0049623C"/>
     <w:rsid w:val="004B400D"/>
-    <w:rsid w:val="004B6D21"/>
+    <w:rsid w:val="004B7E32"/>
     <w:rsid w:val="004C34B8"/>
+    <w:rsid w:val="004C4C4E"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="004F7C47"/>
-[...5 lines deleted...]
-    <w:rsid w:val="005C665F"/>
+    <w:rsid w:val="00512E0A"/>
+    <w:rsid w:val="00515177"/>
+    <w:rsid w:val="00527A5C"/>
+    <w:rsid w:val="005C14F1"/>
+    <w:rsid w:val="005D76A0"/>
+    <w:rsid w:val="005F10C1"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="006340C9"/>
-    <w:rsid w:val="006346C5"/>
+    <w:rsid w:val="005F598D"/>
+    <w:rsid w:val="006051F2"/>
     <w:rsid w:val="00642211"/>
-    <w:rsid w:val="0067240F"/>
-[...2 lines deleted...]
-    <w:rsid w:val="006B1EB8"/>
+    <w:rsid w:val="006443F9"/>
+    <w:rsid w:val="00645416"/>
+    <w:rsid w:val="00651192"/>
+    <w:rsid w:val="006A3FA3"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="007006E3"/>
-    <w:rsid w:val="00704E8A"/>
     <w:rsid w:val="007111E8"/>
-    <w:rsid w:val="00712E32"/>
-    <w:rsid w:val="00720FC6"/>
     <w:rsid w:val="00731B2A"/>
-    <w:rsid w:val="00734D45"/>
     <w:rsid w:val="00740441"/>
-    <w:rsid w:val="00762350"/>
-    <w:rsid w:val="007702A5"/>
+    <w:rsid w:val="00740BF2"/>
+    <w:rsid w:val="00753B51"/>
     <w:rsid w:val="007767CD"/>
-    <w:rsid w:val="007810EF"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="007A1C48"/>
-    <w:rsid w:val="007E4E52"/>
+    <w:rsid w:val="00787A78"/>
+    <w:rsid w:val="00796A10"/>
+    <w:rsid w:val="007A4A91"/>
+    <w:rsid w:val="007B1295"/>
+    <w:rsid w:val="007D5C5B"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="0081000A"/>
     <w:rsid w:val="008436CA"/>
-    <w:rsid w:val="00860E9F"/>
+    <w:rsid w:val="00851858"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008849A8"/>
-[...3 lines deleted...]
-    <w:rsid w:val="008E7BA5"/>
+    <w:rsid w:val="00875818"/>
+    <w:rsid w:val="008856E3"/>
+    <w:rsid w:val="008A0F16"/>
+    <w:rsid w:val="008B00FC"/>
+    <w:rsid w:val="008B719D"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="0094547D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00965DB2"/>
+    <w:rsid w:val="00941F42"/>
+    <w:rsid w:val="0094678B"/>
+    <w:rsid w:val="00987F65"/>
     <w:rsid w:val="009924CE"/>
+    <w:rsid w:val="009B4658"/>
     <w:rsid w:val="009B69F4"/>
-    <w:rsid w:val="009C4FD7"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00A006C1"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
-    <w:rsid w:val="00A313E3"/>
     <w:rsid w:val="00A338BC"/>
-    <w:rsid w:val="00A3662C"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A90DF3"/>
+    <w:rsid w:val="00A559D0"/>
+    <w:rsid w:val="00A61F54"/>
+    <w:rsid w:val="00A646AF"/>
+    <w:rsid w:val="00A703F7"/>
+    <w:rsid w:val="00A721B9"/>
+    <w:rsid w:val="00A9219B"/>
     <w:rsid w:val="00AA225A"/>
+    <w:rsid w:val="00AC1624"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00AE75DF"/>
-[...6 lines deleted...]
-    <w:rsid w:val="00B841B2"/>
+    <w:rsid w:val="00AD11DF"/>
+    <w:rsid w:val="00AD462C"/>
+    <w:rsid w:val="00AF2088"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00BA0B25"/>
-    <w:rsid w:val="00BD105C"/>
+    <w:rsid w:val="00BA31F4"/>
+    <w:rsid w:val="00BA5B2A"/>
+    <w:rsid w:val="00BC6488"/>
+    <w:rsid w:val="00BD42EA"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
-    <w:rsid w:val="00C33D18"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00C723BA"/>
+    <w:rsid w:val="00BF647A"/>
+    <w:rsid w:val="00C00DBA"/>
+    <w:rsid w:val="00C05ACC"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C855C7"/>
+    <w:rsid w:val="00C8507B"/>
     <w:rsid w:val="00CA1875"/>
     <w:rsid w:val="00CC7D90"/>
-    <w:rsid w:val="00CD3C51"/>
-    <w:rsid w:val="00CE6472"/>
     <w:rsid w:val="00CE6A1B"/>
-    <w:rsid w:val="00CF642D"/>
+    <w:rsid w:val="00D02BDF"/>
     <w:rsid w:val="00D03D0C"/>
+    <w:rsid w:val="00D0651C"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D47AF7"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00E3566B"/>
+    <w:rsid w:val="00D42C93"/>
+    <w:rsid w:val="00D52DE8"/>
+    <w:rsid w:val="00D55D1C"/>
+    <w:rsid w:val="00D740C0"/>
+    <w:rsid w:val="00D83901"/>
+    <w:rsid w:val="00DA7C58"/>
+    <w:rsid w:val="00DB1DC7"/>
+    <w:rsid w:val="00DB3419"/>
+    <w:rsid w:val="00DD151E"/>
+    <w:rsid w:val="00DF6A90"/>
+    <w:rsid w:val="00E10EE2"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E852E5"/>
+    <w:rsid w:val="00E8227B"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
-    <w:rsid w:val="00ED617A"/>
+    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00ED688D"/>
+    <w:rsid w:val="00EE05AA"/>
     <w:rsid w:val="00EE1A39"/>
-    <w:rsid w:val="00EE69B8"/>
-    <w:rsid w:val="00F02151"/>
+    <w:rsid w:val="00EF4E93"/>
+    <w:rsid w:val="00F22454"/>
     <w:rsid w:val="00F22932"/>
+    <w:rsid w:val="00F26E5A"/>
+    <w:rsid w:val="00F32A0B"/>
+    <w:rsid w:val="00F47743"/>
     <w:rsid w:val="00F525B9"/>
+    <w:rsid w:val="00F61841"/>
     <w:rsid w:val="00F64017"/>
-    <w:rsid w:val="00F66731"/>
+    <w:rsid w:val="00F66167"/>
+    <w:rsid w:val="00F737F6"/>
+    <w:rsid w:val="00F75E70"/>
+    <w:rsid w:val="00F76715"/>
+    <w:rsid w:val="00F76DDE"/>
     <w:rsid w:val="00F93EE0"/>
-    <w:rsid w:val="00FA23BC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FE3572"/>
+    <w:rsid w:val="00FA7E02"/>
+    <w:rsid w:val="00FC198B"/>
+    <w:rsid w:val="00FC662B"/>
+    <w:rsid w:val="00FE4D93"/>
     <w:rsid w:val="00FF4CCD"/>
+    <w:rsid w:val="00FF6073"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="5122"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{A217C781-2C86-43C1-B888-EECB5768670B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
-[...367 lines deleted...]
-    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="a"/>
     <w:next w:val="a"/>
     <w:qFormat/>
     <w:rsid w:val="001763DE"/>
     <w:pPr>
       <w:keepNext/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
@@ -3217,58 +2832,65 @@
       <w:spacing w:before="120"/>
       <w:ind w:left="851" w:hanging="851"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:snapToGrid w:val="0"/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Подзаголовок Знак"/>
     <w:link w:val="a6"/>
     <w:rsid w:val="00A47D62"/>
     <w:rPr>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="a9">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:rsid w:val="00A47D62"/>
     <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="aa">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:suppressAutoHyphens/>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="s0">
     <w:name w:val="s0"/>
@@ -3362,282 +2984,320 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
     <w:name w:val="Знак Знак Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="0023374B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ae">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af"/>
-    <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af0">
+  <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="af1">
+  <w:style w:type="character" w:styleId="af0">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
-  <w:style w:type="character" w:styleId="af2">
+  <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af3">
+  <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af4"/>
+    <w:link w:val="af3"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af3"/>
+    <w:link w:val="af2"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="004B400D"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00934587"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="af8">
+  <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="af9"/>
+    <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00E3566B"/>
+    <w:rsid w:val="007B1295"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af9">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="af8"/>
+    <w:link w:val="af7"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E3566B"/>
+    <w:rsid w:val="007B1295"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="af">
-[...10 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
-    <w:div w:id="785733947">
+    <w:div w:id="170339009">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1644888438">
+    <w:div w:id="336081203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1842575027">
+    <w:div w:id="809253203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2070569760">
+    <w:div w:id="1333070755">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1355838385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1502040128">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1645549771">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2029867968">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3885,71 +3545,125 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:xvml="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:pvml="urn:schemas-microsoft-com:office:powerpoint" xmlns:cppr="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:wetp="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11" xmlns:we="http://schemas.microsoft.com/office/webextensions/webextension/2010/11" xmlns:comp="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" StyleName="APA" SelectedStyle="\APASixthEditionOfficeOnline.xsl"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C2076956-DB3A-471A-B0A8-E0E62649CAFC}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/compatibility"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/webextensions/webextension/2010/11"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/webextensions/taskpanes/2010/11"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2016/wordml/cid"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2015/wordml/symex"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://opendope.org/SmartArt/DataHierarchy"/>
+    <ds:schemaRef ds:uri="http://opendope.org/components"/>
+    <ds:schemaRef ds:uri="http://opendope.org/answers"/>
+    <ds:schemaRef ds:uri="http://opendope.org/questions"/>
+    <ds:schemaRef ds:uri="http://opendope.org/conditions"/>
+    <ds:schemaRef ds:uri="http://opendope.org/xpaths"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:powerpoint"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:word"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:vml"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:office"/>
+    <ds:schemaRef ds:uri="urn:schemas-microsoft-com:office:excel"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2008/diagram"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/picture"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/diagram"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/drawing/2007/8/2/chart"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/chart"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2006/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/schemaLibrary/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/markup-compatibility/2006"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2012/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/word/2010/wordml"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/math"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/wordprocessingml/2006/main"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>693</Words>
-  <Characters>3953</Characters>
+  <Words>696</Words>
+  <Characters>3972</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
+  <Lines>33</Lines>
   <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4637</CharactersWithSpaces>
+  <CharactersWithSpaces>4659</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>