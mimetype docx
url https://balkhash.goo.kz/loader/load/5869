--- v0 (2025-12-10)
+++ v1 (2026-01-10)
@@ -1,8777 +1,5030 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...75 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24CEE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>КГКП «Дворец школьников» ГУ «Отдел образования города Балхаш»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24CEE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Алгоритм ввода КГКП «Дворец школьников»  с 1 четверти 2020 года в</w:t>
+      </w:r>
+      <w:r w:rsidR="0007443D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> смешанном</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00181F78">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  режиме  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F24CEE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...113 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00BD43CB" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F24CEE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Балхаш, 2020 г</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00F24CEE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...24 lines deleted...]
-      <w:pPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:contextualSpacing/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
           <w:sz w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00120837">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
           <w:sz w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Дайындық кезеңі</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Подготовительный этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C6395" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
           <w:sz w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
           <w:sz w:val="36"/>
-          <w:lang w:val="kk-KZ"/>
-[...13 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+        <w:t xml:space="preserve"> Администрация КГКП «Дворец школьников»</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="787"/>
         <w:gridCol w:w="8207"/>
         <w:gridCol w:w="4486"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidTr="007A6DC2">
+      <w:tr w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidTr="00020ED9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00120837">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>№ р/с</w:t>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t xml:space="preserve"> шара атауы</w:t>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidTr="00020ED9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>Подготовка рекла</w:t>
+            </w:r>
+            <w:r w:rsidR="008032E8">
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t>мных роликов каждого кружка и  студий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
+                <w:sz w:val="40"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по направлениям для активизации набора </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4486" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00D01E81" w:rsidP="00D01E81">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-              <w:t>Мерзімі</w:t>
+              </w:rPr>
+              <w:t>ИЮЛЬ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidTr="007A6DC2">
+      <w:tr w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidTr="00020ED9">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00120837">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>1</w:t>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8207" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00120837">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve">Әр үйірме мен студияның жарнамалық </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Запуск 1 августа 2020 года рекламных роликов кружков КГКП «Дворец школьников» на сайте, социальных сетях, СМИ</w:t>
+            </w:r>
+            <w:r w:rsidR="00D01E81">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>роликтерін</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>, ТВ каналах</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>келесі</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t xml:space="preserve"> с 01 августа по 01  октября</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidTr="00020ED9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve"> бағыттар </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>бойынша</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8207" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00635CD6" w:rsidRPr="000C6395" w:rsidRDefault="00635CD6" w:rsidP="00D01E81">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve"> жинақтауды </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>жандандыру</w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>Разработка и проведение виртуальных экскурсий, дней «Открытых дверей» Дворца школьников для привлечения обучающихся.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00F24CEE" w:rsidP="00635CD6">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve"> үшін </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4486" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00635CD6" w:rsidRPr="000C6395" w:rsidRDefault="00635CD6" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>дайындау</w:t>
-[...12 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+              <w:t>август — сентябрь</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00635CD6" w:rsidRPr="000C6395" w:rsidRDefault="00635CD6" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
-                <w:lang w:val="kk-KZ"/>
-[...15 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>(обязательно),</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00F24CEE" w:rsidRPr="000C6395" w:rsidRDefault="00635CD6" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>2</w:t>
-[...11 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-            </w:pPr>
-[...2 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00635CD6" w:rsidRPr="000C6395" w:rsidRDefault="00635CD6" w:rsidP="00F24CEE">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t xml:space="preserve">2020 жылдың 1 </w:t>
-[...4 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000C6395">
+              <w:rPr>
                 <w:sz w:val="40"/>
               </w:rPr>
-              <w:t>тамызында</w:t>
-[...399 lines deleted...]
-              <w:t xml:space="preserve"> болған жағдайда)</w:t>
+              <w:t>(по необходимости)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BD43CB" w:rsidRPr="00120837" w:rsidRDefault="00BD43CB" w:rsidP="00BD43CB">
-[...76 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00F24CEE" w:rsidRDefault="00F24CEE" w:rsidP="00F24CEE">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D01E81" w:rsidRDefault="00D01E81" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E65555" w:rsidRDefault="00E65555" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E65555" w:rsidRDefault="00E65555" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C6395" w:rsidRDefault="000C6395" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B9142D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">1. Балалардың </w:t>
-[...1583 lines deleted...]
-      <w:pPr>
+        <w:t>Администрация КГКП «Дворец школьников»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D1CEF" w:rsidRPr="001D1CEF" w:rsidRDefault="001D1CEF" w:rsidP="001D1CEF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:contextualSpacing/>
-[...42 lines deleted...]
-        <w:t>Оқушылар сарайы» КМҚК педагогтары</w:t>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Определяет категории кружков работающих в штатном и дистанционном режиме с учетом возрастных особенностей детей и специфики кружков.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C6395" w:rsidRDefault="000C6395" w:rsidP="001D1CEF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Разрабатывает рекомендации по организации процесса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>кружках дополнительного образования с описанием</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>порядка организации деятельности всех участников образовательного процесса</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00181F78" w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с соблюдением санитарно-эпидемиологических требований</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>, согласно режиму работы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D31DCA" w:rsidRPr="00E65555" w:rsidRDefault="00E65555" w:rsidP="00E65555">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E65555">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Производит закуп необходимого запаса дезинфицирующих, м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>оющих,  антисептических средстви всего оборудованиядля  соблюдения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E65555">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санитарно-эпидемиологических требований</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при возобновлении деятельности организации в штатном режиме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D31DCA" w:rsidRPr="00D31DCA" w:rsidRDefault="00D31DCA" w:rsidP="00D31DCA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Назнач</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ает   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ответственно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">е лицо </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> за соблюдение санитарно-эпидемиологических требований (измерение температуры тела в течени</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рабочего дня, инструктаж персонала, своевременная смена средств индивидуальной защиты, отслеживание необходимого запаса дезинфицирующих, моющих и антисептических средств, введения и заполнения журнала проведения инструктажа, утилизации масок, респираторов, салфеток, обработкой оборудования и инвентаря, уборкой помещений и т.д.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001D1CEF" w:rsidRPr="000C6395" w:rsidRDefault="001D1CEF" w:rsidP="001D1CEF">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Проводит мониторинг </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>наличия технических (смартфон, ноутбук, стационарный компьютер с веб-камерой) и программных средств у</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>педагогов и обучающихся. Определяет один или несколько</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>онлайн-сервисов для проведения занятий (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wats</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Арр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>уре</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>,  и другое)*.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D31DCA" w:rsidRDefault="00D31DCA" w:rsidP="00D31DCA">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C6395" w:rsidRPr="000C6395" w:rsidRDefault="001D1CEF" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6395" w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>. Проводит разъяснительную работу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002472A4" w:rsidRDefault="000C6395" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогами</w:t>
+      </w:r>
+      <w:r w:rsidR="002C6A7E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и работниками Дворца школьников </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> об алгоритме организации образовательного</w:t>
+      </w:r>
+      <w:r w:rsidR="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесса </w:t>
+      </w:r>
+      <w:r w:rsidR="001D1CEF">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>в штатном и дистанционном режиме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036735F" w:rsidRPr="000C6395" w:rsidRDefault="0036735F" w:rsidP="0036735F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Проводит разъяснительную работу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036735F" w:rsidRDefault="0036735F" w:rsidP="0036735F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогами об алгоритме организации образовательного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>процесса с применением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>информационно-коммуникационных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002472A4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>технологий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D31DCA" w:rsidRDefault="00D31DCA" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C6395" w:rsidRPr="002472A4" w:rsidRDefault="0036735F" w:rsidP="002472A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6395" w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>. Разрабатывает расписание кружков</w:t>
+      </w:r>
+      <w:r w:rsidR="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31DCA" w:rsidRPr="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выбранным режимом работы </w:t>
+      </w:r>
+      <w:r w:rsidR="00D31DCA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6395" w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> доводит до сведения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6395" w:rsidRPr="002472A4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>педагогов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002472A4" w:rsidRDefault="002472A4" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="0036735F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Админист</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>ция организации имеет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>озможность</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">быть включенной в </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Wats</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Арр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C6395">
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>-г</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>руппы  кружков дистанционного режима.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="0036735F" w:rsidRDefault="0036735F" w:rsidP="000C6395">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D31DCA" w:rsidRDefault="00D31DCA" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002472A4" w:rsidRPr="002472A4" w:rsidRDefault="002472A4" w:rsidP="002472A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002472A4">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Подготовительный этап</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C6395" w:rsidRDefault="002472A4" w:rsidP="002472A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002472A4">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагоги </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>КГКП «Дворец школьников»</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="787"/>
         <w:gridCol w:w="8209"/>
         <w:gridCol w:w="4484"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidTr="004A0C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00471C2C" w:rsidP="00471C2C">
-[...14 lines deleted...]
-              <w:t>№ р/с</w:t>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8209" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00471C2C" w:rsidP="00471C2C">
-[...22 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Подготовка ПДО </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>учебных планов работы с учетом дистанционного обучения.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>Разработка каждым преподавателем краткого курса «Введение в кружковую работу для начинающих».</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4484" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>июль - август</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8209" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Планирование и проведение </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">занятий, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">консультаций с детьми </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">в соответствии </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004D6433" w:rsidRPr="00120837">
-[...24 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>определенным</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> алгоритмом работы с соблюдением санитарно-эпидемиологических требований и использованием дистанционных технологий</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00471C2C" w:rsidP="00471C2C">
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>август - сентябрь</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidTr="004A0C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00471C2C" w:rsidP="00471C2C">
-[...14 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8209" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00056188" w:rsidP="00471C2C">
-[...38 lines deleted...]
-                <w:szCs w:val="28"/>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>Введение</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в образовательные программы 2 и </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...44 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>года</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>обучения большего количества часов, отведенных на конкурсы и соревнования.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00056188" w:rsidP="00471C2C">
-[...17 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>Август</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidTr="004A0C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="787" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00471C2C" w:rsidP="00471C2C">
-[...14 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8209" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00056188" w:rsidP="00056188">
-[...96 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>Разработка психологических занятий,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> памяток, </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>направленных на психологическую поддержку участников образовательного процесса.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4484" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00056188" w:rsidP="00471C2C">
-[...510 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+          <w:p w:rsidR="0036735F" w:rsidRPr="00020ED9" w:rsidRDefault="0036735F" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:pStyle w:val="a3"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="36"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00471C2C" w:rsidRPr="00120837" w:rsidRDefault="00471C2C" w:rsidP="00471C2C">
-[...1405 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="002472A4" w:rsidRDefault="002472A4" w:rsidP="002472A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="002472A4">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D31DCA" w:rsidRDefault="00D31DCA" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00020ED9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>КГКП «Дворец школьников»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="001A39BD" w:rsidP="00D90E66">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="5"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Штаттық </w:t>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Внося</w:t>
+      </w:r>
+      <w:r w:rsidR="007E245C" w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>т корректировки в тематический план с</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E245C" w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>обязательным указанием цели и</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E245C" w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>ожидаемого результата каждого</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> занятия в соответствии с режимом работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E66" w:rsidRPr="007E245C" w:rsidRDefault="00D90E66" w:rsidP="00D90E66">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="001A39BD" w:rsidRDefault="00620364" w:rsidP="00D90E66">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">В </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>кружках</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работающих в штатном режиме г</w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">отовят уголки с  наглядными </w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD" w:rsidRPr="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информационны</w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ми </w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD" w:rsidRPr="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал</w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>ами</w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD" w:rsidRPr="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по профилактике вирусных инфекций для</w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> детей и родителей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Разрабатывают  и распространяют памятки для  родителей с описаниями правил  организации учебного процесса в кружках  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>с соблюдением санитарно-эпидемиологических требований</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E66" w:rsidRPr="00D90E66" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В кружках, работающих в дистанционном режиме, создают </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-        <w:t>режимдегі</w:t>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Watsapp</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00120837">
-[...17 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> группы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (для каждого кружка отдельная группа)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в которую включены все</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">бучающиеся и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Watsapp</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> группы для родителей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E66" w:rsidRDefault="00D90E66" w:rsidP="00D90E66">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1560"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B9142D" w:rsidRDefault="00B9142D" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRDefault="007E245C" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364" w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">КГКП «Дворец школьников», работающие в штатном  режиме: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E66" w:rsidRPr="007E245C" w:rsidRDefault="00D90E66" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E65555" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Запускаю</w:t>
+      </w:r>
+      <w:r w:rsidR="00E65555">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>т детей только в защитных масках поочередно, не более 7-10 детей, в зависимости от площади помещения на 45 минут</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D90E66" w:rsidRDefault="00D90E66" w:rsidP="00D90E66">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Ознакамливаю</w:t>
+      </w:r>
+      <w:r w:rsidR="007E245C" w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B9142D">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidR="00020ED9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRPr="007E245C" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidR="007E245C" w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с расписанием</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00286C3B" w:rsidRDefault="007E245C" w:rsidP="00286C3B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * с</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>алгоритмом организации образовательного процесса</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A39BD" w:rsidRPr="001A39BD">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>с соблюдением санитарно-эпидемиологических требований</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00286C3B" w:rsidRDefault="00286C3B" w:rsidP="00286C3B">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00286C3B" w:rsidRPr="00620364" w:rsidRDefault="00286C3B" w:rsidP="00620364">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>3. Проводит занятие 45 минут с соблюдением социальной дистанции не менее 2-х метров между детьми во время занятий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007E245C" w:rsidRPr="00620364" w:rsidRDefault="00286C3B" w:rsidP="00620364">
+      <w:pPr>
+        <w:ind w:left="708"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00844C2C" w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Перед посещением следующей группой детей контролирует проведение качественной влажной уборки помещения и оборудования с применением моющих и дезинфицирующих средств, с последующим  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00844C2C" w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>кварцеванием</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00844C2C" w:rsidRPr="00620364">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и проветриванием помещений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="007E245C" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Педаго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>ги</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>КГКП «Дворец школьников», работающие в дистанционном режиме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Ознакамливаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="007E245C" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">* </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с расписанием. Расписание закрепляется в качестве </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>аватарки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> группы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="007E245C" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> * с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>алгоритмом организации образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="007E245C" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="007E245C" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="00020ED9" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>Заполняют журнал по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020ED9">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> завершении занятия</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="007E245C" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Проводя</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t>т краткий самоанализ занятия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Материалы самоанализа высылаются администрации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007E245C">
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+        <w:cr/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="00620364">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00286C3B" w:rsidRDefault="00286C3B" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="007E245C">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="40"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00020ED9">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Организационный этап</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E77053">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>работы</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кружков ш</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77053">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve">татного </w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>режим</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77053">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidR="00620364">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="1"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="13757" w:type="dxa"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1042"/>
         <w:gridCol w:w="8221"/>
         <w:gridCol w:w="4494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="00020ED9" w:rsidTr="00700801">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...11 lines deleted...]
-              <w:t>№ р/с</w:t>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...6 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00020ED9" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00700801" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Осуществление приема документов через корпорацию</w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t>Іс</w:t>
+            <w:r w:rsidR="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mektep</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> -шара </w:t>
+            <w:r w:rsidR="00700801" w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r w:rsidR="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>snation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00700801" w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> как альтернативный способ </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>поступленияобучающихся</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00700801" w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в</w:t>
+            </w:r>
+            <w:r w:rsidR="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП «Дворец школьников»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...14 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00700801" w:rsidRPr="00020ED9" w:rsidRDefault="00700801" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>25 августа — 15 сентября</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00700801" w:rsidRPr="00020ED9" w:rsidRDefault="00700801" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="00020ED9" w:rsidTr="00700801">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00700801" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00AC5DF5" w:rsidP="00120837">
-[...19 lines deleted...]
-              <w:t>"Оқушылар сарайы</w:t>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00844C2C" w:rsidP="00844C2C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Прием детей производится на территории Дворца школьников  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00844C2C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>с проведением термометрии,без входа в здание родителей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Период карантина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00844C2C" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844C2C" w:rsidRDefault="00844C2C" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844C2C" w:rsidRDefault="00844C2C" w:rsidP="00844C2C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844C2C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Не допускать к работе персонал и посещение детей с </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>симптомами, не исключающими КВИ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00844C2C" w:rsidRDefault="00844C2C" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844C2C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00020ED9" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00844C2C" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00844C2C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Обеспечить работу всех сотруднико</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в в защитных масках и перчатках.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Период карантина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825A0F" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRPr="00844C2C" w:rsidRDefault="00825A0F" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Обеспечить соблюдение социальной дистанции не менее 2-х метров между детьми во время занятий</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Период карантина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825A0F" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRPr="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Обеспечить соблюдение режима проветривания с соблюдением мер безопасности детей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Период карантина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825A0F" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRPr="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00700801">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Обеспечить соблюдение питьевого режима</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Период карантина</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825A0F" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRPr="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00825A0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>одготовить наглядные информационные материалы по профилактике вирусных инфекций для посетителей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Август-сентябрь</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00825A0F" w:rsidTr="00700801">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00825A0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>В</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">вести усиленный дезинфекционный режим : каждые 3 часа проводить уборку туалетов с применением специальных дезинфицирующих средств, обеспечить в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">санузлах для детей и сотрудников бесперебойное наличие жидкого мыла, </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>электрополотенец</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>"К</w:t>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.с</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">МҚК-на оқуға түсудің </w:t>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>воевременный</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> вывоз мусора, после окончания занятий проводить качественную </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>балама</w:t>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>генеральнуюуборку</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> тәсілі </w:t>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> всех помещений с применением моющих и дезинфицирующих средств и обеззараживания (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>ретінде</w:t>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>кварцевания</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...74 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>);</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00AC5DF5" w:rsidP="00D42ACA">
-[...53 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Период карантина</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="00825A0F" w:rsidTr="00700801">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...11 lines deleted...]
-              <w:t>2</w:t>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00AC5DF5" w:rsidP="00AC5DF5">
-[...66 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00825A0F" w:rsidRPr="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00825A0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>одержать  прилегающую территорию в чистоте.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00825A0F">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00AC5DF5" w:rsidP="00D42ACA">
-[...13 lines deleted...]
-              <w:t>Карантин уақытында</w:t>
+          <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Постоянно </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidTr="00BE0ECC">
+      <w:tr w:rsidR="00020ED9" w:rsidTr="00700801">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...11 lines deleted...]
-              <w:t>3</w:t>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00AC5DF5" w:rsidP="00AC5DF5">
-[...59 lines deleted...]
-              <w:t xml:space="preserve">, </w:t>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00700801" w:rsidP="00844C2C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="00120837">
-[...5 lines deleted...]
-              <w:t>саба</w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>контроля работы п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>едагогов Дворца школьников</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="00120837">
-[...60 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в</w:t>
+            </w:r>
+            <w:r w:rsidR="00844C2C">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> штатном </w:t>
+            </w:r>
+            <w:r w:rsidR="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> режиме и соблюдение </w:t>
+            </w:r>
+            <w:r w:rsidR="00825A0F" w:rsidRPr="00825A0F">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>санитарно-эпидемиологических требований</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00AC5DF5" w:rsidP="00D42ACA">
-[...1153 lines deleted...]
-              <w:t xml:space="preserve">Жыл бойы </w:t>
+          <w:p w:rsidR="00020ED9" w:rsidRDefault="00700801" w:rsidP="00020ED9">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D42ACA" w:rsidRPr="00120837" w:rsidRDefault="00D42ACA" w:rsidP="00D42ACA">
-[...23 lines deleted...]
-        <w:pStyle w:val="a4"/>
+    <w:p w:rsidR="00020ED9" w:rsidRDefault="00020ED9" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77053" w:rsidRDefault="00E77053" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77053" w:rsidRDefault="00E77053" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77053" w:rsidRDefault="00E77053" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77053" w:rsidRDefault="00E77053" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77053" w:rsidRDefault="00E77053" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E77053" w:rsidRDefault="00E77053" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00700801" w:rsidRDefault="00700801" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00620364" w:rsidRPr="00E77053" w:rsidRDefault="00620364" w:rsidP="00E77053">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="3"/>
         </w:numPr>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:t>Қашықтықтан оқыту үйірмелері жұмысының ұйымдастыру кезеңі</w:t>
+          <w:sz w:val="44"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E77053">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Организационный этап</w:t>
+      </w:r>
+      <w:r w:rsidR="00E77053">
+        <w:rPr>
+          <w:sz w:val="44"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работы кружков дистанционного режима</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="2"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="13757" w:type="dxa"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1042"/>
         <w:gridCol w:w="8221"/>
         <w:gridCol w:w="4494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00454211" w:rsidRPr="00120837" w:rsidTr="00E06E78">
+      <w:tr w:rsidR="00620364" w:rsidTr="004A0C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00454211">
-[...11 lines deleted...]
-              <w:t>№ р/с</w:t>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00454211">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620364" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Осуществление приема документов через корпорацию</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t>Іс</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>mektep</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> -шара </w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>snation</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> как альтернативный способ поступления</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>обучающихся в</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> КГКП «Дворец школьников»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00454211">
-[...21 lines deleted...]
-            </w:r>
+          <w:p w:rsidR="00620364" w:rsidRPr="00020ED9" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00020ED9">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>25 августа — 15 сентября</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00620364" w:rsidRPr="00020ED9" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00454211" w:rsidRPr="00120837" w:rsidTr="00E06E78">
+      <w:tr w:rsidR="00620364" w:rsidTr="004A0C3D">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1042" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00454211">
-[...11 lines deleted...]
-              <w:t>1</w:t>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8221" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00120837">
-[...11 lines deleted...]
-              <w:t>"Оқушылар сарайы</w:t>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>О</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">рганизация и проведение работы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ПДО Дворца школьников в </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дистанционном режиме с использованием </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>месенджеров</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, на </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>сайтах</w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>"К</w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>,с</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">МҚК-на оқуға түсудің </w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>оциальных</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сетях, в том числе через электронную почту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620364" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Разр</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>аботка и проведение установочных и плановых родительских собраний с целью ознакомления, решения организационных вопросов с родительской общественностью.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сентябрь, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>балама</w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>каждуючетверть</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t xml:space="preserve"> тәсілі </w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620364" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>контроля работы п</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>едагогов Дворца школьников</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дистанционном режиме.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00620364" w:rsidTr="004A0C3D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1042" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8221" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00620364" w:rsidRPr="00700801" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Разработка и применение интерактивных форм работы (</w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>ретінде</w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>челленджи</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...19 lines deleted...]
-              <w:t xml:space="preserve">ұжаттарды қабылдауды </w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, тренинги, </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...4 lines deleted...]
-              <w:t>mektep.snation.kz</w:t>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>вайны</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...45 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>) для активизации работы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кружков Дворца школьников</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00454211">
-[...587 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00620364" w:rsidRPr="00700801" w:rsidRDefault="00620364" w:rsidP="004A0C3D">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00700801">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00454211" w:rsidRPr="00120837" w:rsidRDefault="00454211" w:rsidP="00454211">
-[...32 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00700801" w:rsidRDefault="00700801" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00825A0F" w:rsidRDefault="00825A0F" w:rsidP="00020ED9">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF396C" w:rsidRDefault="00BF396C" w:rsidP="00BF396C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF396C" w:rsidRDefault="00BF396C" w:rsidP="00BF396C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00BF396C" w:rsidRDefault="00BF396C" w:rsidP="00BF396C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
           <w:sz w:val="32"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">III </w:t>
       </w:r>
-      <w:r w:rsidRPr="00120837">
-[...6 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+        <w:t>Заключительная часть.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="a3"/>
+        <w:tblStyle w:val="a4"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="1080" w:type="dxa"/>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="758"/>
         <w:gridCol w:w="8228"/>
         <w:gridCol w:w="4494"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00B30907" w:rsidRPr="00120837" w:rsidTr="00F55498">
+      <w:tr w:rsidR="00BF396C" w:rsidTr="00BF396C">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="758" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B30907" w:rsidRPr="00120837" w:rsidRDefault="00B30907" w:rsidP="00B30907">
-[...11 lines deleted...]
-              <w:t>№ р/с</w:t>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00BF396C" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>п</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>/п</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8228" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B30907" w:rsidRPr="00120837" w:rsidRDefault="00B30907" w:rsidP="00B30907">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Наименование мероприятия</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Сроки</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF396C" w:rsidTr="00BF396C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00201ADC">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Проведение отчетных концертов и </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">онлайн </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>выставок</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>, виртуальных отчетных концертов</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> по итогам разделов, </w:t>
+            </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t>Іс</w:t>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>четверти</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>,г</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>ода</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00120837">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">шара </w:t>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00201ADC">
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>в течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF396C" w:rsidTr="00BF396C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>Освещение лучших наработок образовательного процесса в социальных сетях, на сайте и в СМИ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4494" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BF396C" w:rsidTr="00BF396C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="758" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8228" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Создание </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00120837">
-[...5 lines deleted...]
-              <w:t>атауы</w:t>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>видоероликов</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> об итогах работы кружков КГКП «Дворец школьников» за полугодие и транслирование их в соцсетях и местных ТВ каналах</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4494" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00B30907" w:rsidRPr="00120837" w:rsidRDefault="00B30907" w:rsidP="00B30907">
-[...559 lines deleted...]
-              <w:t>Жыл бойы</w:t>
+          <w:p w:rsidR="00BF396C" w:rsidRDefault="00201ADC" w:rsidP="00BF396C">
+            <w:pPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t>В течение года</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00B30907" w:rsidRPr="00120837" w:rsidRDefault="00B30907" w:rsidP="00454211">
-[...10 lines deleted...]
-    <w:sectPr w:rsidR="00B30907" w:rsidRPr="00120837" w:rsidSect="00BD43CB">
+    <w:p w:rsidR="00BF396C" w:rsidRPr="00BF396C" w:rsidRDefault="00BF396C" w:rsidP="00BF396C">
+      <w:pPr>
+        <w:ind w:left="1080"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BF396C" w:rsidRPr="00BF396C" w:rsidSect="000C6395">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="1701" w:right="1134" w:bottom="850" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1560" w:right="1134" w:bottom="567" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri Light">
+    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="00000001" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="4F7B692C"/>
+    <w:nsid w:val="3C327DCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="03DEC4F8"/>
-    <w:lvl w:ilvl="0" w:tplc="F01AD5A0">
+    <w:tmpl w:val="43BC00D6"/>
+    <w:lvl w:ilvl="0" w:tplc="77E06BDC">
       <w:start w:val="1"/>
-      <w:numFmt w:val="upperRoman"/>
+      <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1080" w:hanging="720"/>
+        <w:ind w:left="1560" w:hanging="390"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2250" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2970" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3690" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="4410" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="5130" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5850" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6570" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="7290" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="61676EB1"/>
+    <w:nsid w:val="3D5E6F8B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4A2E3882"/>
+    <w:tmpl w:val="E3DCF0F6"/>
     <w:lvl w:ilvl="0" w:tplc="AA66B7F0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
@@ -8813,114 +5066,589 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
+    <w:nsid w:val="4F7B692C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="03DEC4F8"/>
+    <w:lvl w:ilvl="0" w:tplc="F01AD5A0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4FF24A86"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="BA144B12"/>
+    <w:lvl w:ilvl="0" w:tplc="A3043780">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="61676EB1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4A2E3882"/>
+    <w:lvl w:ilvl="0" w:tplc="AA66B7F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="720"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5">
+    <w:nsid w:val="6D24550E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="43EE5392"/>
+    <w:lvl w:ilvl="0" w:tplc="A7224C36">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6">
+    <w:nsid w:val="7A003760"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D1CC0666"/>
+    <w:lvl w:ilvl="0" w:tplc="0F4E709E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="5">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+  <w:zoom w:percent="66"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00336BE4"/>
-[...16 lines deleted...]
-    <w:rsid w:val="00D42ACA"/>
+    <w:rsidRoot w:val="00F24CEE"/>
+    <w:rsid w:val="00020ED9"/>
+    <w:rsid w:val="0007443D"/>
+    <w:rsid w:val="000C0E90"/>
+    <w:rsid w:val="000C6395"/>
+    <w:rsid w:val="00181F78"/>
+    <w:rsid w:val="001A39BD"/>
+    <w:rsid w:val="001D1CEF"/>
+    <w:rsid w:val="00201ADC"/>
+    <w:rsid w:val="002472A4"/>
+    <w:rsid w:val="00286C3B"/>
+    <w:rsid w:val="002C6A7E"/>
+    <w:rsid w:val="0036735F"/>
+    <w:rsid w:val="00620364"/>
+    <w:rsid w:val="00635CD6"/>
+    <w:rsid w:val="006D4346"/>
+    <w:rsid w:val="00700801"/>
+    <w:rsid w:val="007E245C"/>
+    <w:rsid w:val="008032E8"/>
+    <w:rsid w:val="00825A0F"/>
+    <w:rsid w:val="00844C2C"/>
+    <w:rsid w:val="00A2442D"/>
+    <w:rsid w:val="00B228A5"/>
+    <w:rsid w:val="00B9142D"/>
+    <w:rsid w:val="00BF396C"/>
+    <w:rsid w:val="00D01E81"/>
+    <w:rsid w:val="00D31DCA"/>
+    <w:rsid w:val="00D90E66"/>
+    <w:rsid w:val="00E65555"/>
+    <w:rsid w:val="00E77053"/>
+    <w:rsid w:val="00F24CEE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
@@ -9034,297 +5762,458 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0090520A"/>
+    <w:rsid w:val="000C0E90"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="a3">
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00F24CEE"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a4">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="a1"/>
     <w:uiPriority w:val="39"/>
-    <w:rsid w:val="00BD43CB"/>
+    <w:rsid w:val="00F24CEE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
-      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a4">
-[...62 lines deleted...]
-    </w:tblPr>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -9433,72 +6322,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>6261</Characters>
+  <Pages>12</Pages>
+  <Words>1215</Words>
+  <Characters>6926</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>52</Lines>
-  <Paragraphs>14</Paragraphs>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>7345</CharactersWithSpaces>
+  <CharactersWithSpaces>8125</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>Пользователь</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>