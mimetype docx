--- v0 (2025-12-07)
+++ v1 (2026-01-07)
@@ -1,111 +1,120 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10325" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3936"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="4263"/>
       </w:tblGrid>
       <w:tr w:rsidR="00267767" w:rsidTr="005F6A38">
         <w:trPr>
           <w:trHeight w:val="1348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3720"/>
             </w:tblGrid>
             <w:tr w:rsidR="00A664D8" w:rsidTr="00A664D8">
+              <w:tblPrEx>
+                <w:tblCellMar>
+                  <w:top w:w="0" w:type="dxa"/>
+                  <w:bottom w:w="0" w:type="dxa"/>
+                </w:tblCellMar>
+              </w:tblPrEx>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3720" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
                 <w:p w:rsidR="00A664D8" w:rsidRPr="00A664D8" w:rsidRDefault="00A664D8" w:rsidP="005F6A38">
                   <w:pPr>
                     <w:ind w:right="459"/>
                     <w:jc w:val="center"/>
                     <w:rPr>
                       <w:bCs/>
                       <w:color w:val="0C0000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                   </w:pPr>
+                  <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+                  <w:bookmarkEnd w:id="0"/>
                   <w:r>
                     <w:rPr>
                       <w:bCs/>
                       <w:color w:val="0C0000"/>
                       <w:sz w:val="24"/>
                       <w:szCs w:val="24"/>
                     </w:rPr>
                     <w:t>08.04.2020-ғы № 5-17-2/1376-И шығыс хаты</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
             <w:pPr>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
@@ -189,51 +198,51 @@
                 <w:noProof/>
                 <w:color w:val="1F497D"/>
               </w:rPr>
               <w:drawing>
                 <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49F52372" wp14:editId="5C5DB157">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>234314</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-109856</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="866778" cy="857250"/>
                   <wp:effectExtent l="0" t="0" r="9522" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Рисунок 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:blip r:embed="rId9" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="866778" cy="857250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                             <a:prstDash/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
@@ -346,51 +355,51 @@
                               </a:prstGeom>
                               <a:noFill/>
                               <a:ln w="15873">
                                 <a:solidFill>
                                   <a:srgbClr val="3A7298"/>
                                 </a:solidFill>
                                 <a:prstDash val="solid"/>
                                 <a:round/>
                               </a:ln>
                             </wps:spPr>
                             <wps:bodyPr/>
                           </wps:wsp>
                         </a:graphicData>
                       </a:graphic>
                       <wp14:sizeRelH relativeFrom="page">
                         <wp14:pctWidth>0</wp14:pctWidth>
                       </wp14:sizeRelH>
                       <wp14:sizeRelV relativeFrom="page">
                         <wp14:pctHeight>0</wp14:pctHeight>
                       </wp14:sizeRelV>
                     </wp:anchor>
                   </w:drawing>
                 </mc:Choice>
                 <mc:Fallback>
                   <w:pict>
-                    <v:shapetype w14:anchorId="14F82ECD" id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
                       <v:path arrowok="t" fillok="f" o:connecttype="none"/>
                       <o:lock v:ext="edit" shapetype="t"/>
                     </v:shapetype>
                     <v:shape id="Прямая соединительная линия 8" o:spid="_x0000_s1026" type="#_x0000_t32" style="position:absolute;margin-left:-313.85pt;margin-top:65.2pt;width:504.85pt;height:0;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-8e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-8e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBAbdGQ7gEAAIUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU81uEzEQviPxDpbvZPND2nSVTYUSlUsF&#10;kQoP4Hi9WQuvxxq72eQGnJHyCLxCDyBVKvAMu2+E7U0ChRviYs34m/k88814ermtFNkItBJ0Rge9&#10;PiVCc8ilXmf07ZurZxNKrGM6Zwq0yOhOWHo5e/pkWptUDKEElQsknkTbtDYZLZ0zaZJYXoqK2R4Y&#10;oT1YAFbMeRfXSY6s9uyVSob9/llSA+YGgQtr/e2iA+ks8heF4O51UVjhiMqor83FE+O5Cmcym7J0&#10;jcyUkh/KYP9QRcWk9o+eqBbMMXKL8i+qSnIEC4XrcagSKArJRezBdzPo/9HNTcmMiL14caw5yWT/&#10;Hy1/tVkikXlGR5RoVvkRNZ/b9+2++dbctXvSfmh+NF+bL8198725bz96+6H95O0ANg+H6z2ZBCVr&#10;Y1NPONdLDFrwrb4x18DfWY8lj8DgWNOFbQusQrgXg2zjZHanyYitI9xfnj0fDMYXY0r4EUtYekw0&#10;aN1LARUJRkatQybXpZuD1n7+gIM4Gba5ti4UwtJjQnhVw5VUKq6B0qT2OzyenI9ihgUl84CGOIvr&#10;1Vwh2TC/SaMX58OL2LJnexQWqBfMll1chLodQ7jVefe80gc5OgWCFivId0s8yuRnHes87GVYpt/9&#10;mP3r98x+AgAA//8DAFBLAwQUAAYACAAAACEADm0X9+AAAAAMAQAADwAAAGRycy9kb3ducmV2Lnht&#10;bEyPzW7CMBCE75V4B2uRuFRgEyg/aRyEqCr1SKEXbibeJhHxOooNpG/frVSpPe7Mp9mZbNO7Rtyw&#10;C7UnDdOJAoFUeFtTqeHj+DpegQjRkDWNJ9TwhQE2+eAhM6n1d3rH2yGWgkMopEZDFWObShmKCp0J&#10;E98isffpO2cin10pbWfuHO4amSi1kM7UxB8q0+KuwuJyuDoNifJx2r+9PJ2Orp1vL4/7ol6XWo+G&#10;/fYZRMQ+/sHwU5+rQ86dzv5KNohGw3iRLJfMsjNTcxCMzFYJzzv/KjLP5P8R+TcAAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEAQG3RkO4BAACFAwAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEADm0X9+AAAAAMAQAADwAAAAAAAAAAAAAAAABIBAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAFUFAAAAAA==&#10;" strokecolor="#3a7298" strokeweight=".44092mm">
                       <o:lock v:ext="edit" shapetype="f"/>
                       <w10:wrap anchory="page"/>
                     </v:shape>
                   </w:pict>
                 </mc:Fallback>
               </mc:AlternateContent>
             </w:r>
             <w:r w:rsidR="00267767">
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> РЕСПУБЛИКИКАЗАХСТАН</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
@@ -522,599 +531,1411 @@
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000E3C71" w:rsidRDefault="000E3C71" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00732A55" w:rsidRDefault="00732A55" w:rsidP="00267767">
+    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267767">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О дополнительных мерах по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00267767">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечению</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267767">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>качества образования при переходе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267767">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>учебного процесса на дистанционные</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00585ECF" w:rsidRDefault="00267767" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00267767">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="002E395C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+      <w:r w:rsidR="002E395C">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период пандемии</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00585ECF" w:rsidRDefault="00EA27F1" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>корона</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вирусной инфекции COVID-19</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00732A55" w:rsidRDefault="00732A55" w:rsidP="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRDefault="00C27373" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:b/>
-[...15 lines deleted...]
-    <w:p w:rsidR="00732A55" w:rsidRDefault="00732A55" w:rsidP="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00186833" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В целях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>качества образования при переходе учебного процесса на дистанционные образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00C94D63">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>период</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пандемии</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00C27373">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00585ECF">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корона</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>вирусной инфекции COVID-19</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (далее – </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94D63">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пандемия</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>объявленной Всемирной организацией здравоохранения</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>на основании постановления Главного государственного санитарного врача</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                 </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>12 марта 2020 года № 20, во исполнение протокол</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ов</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 1 от 16 марта</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0B5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2020 года и</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>№</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 от 17 марта </w:t>
+      </w:r>
+      <w:r w:rsidR="008C0B5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 года </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="000D6753">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заседани</w:t>
+      </w:r>
+      <w:r w:rsidR="008C0B5C">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Государственной комиссии по обеспечению режима чрезвычайного положения при Президенте Республики Казахстан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00186833">
+        <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...110 lines deleted...]
-    <w:p w:rsidR="00267767" w:rsidRPr="00D84632" w:rsidRDefault="00732A55" w:rsidP="00732A55">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00D84632" w:rsidRDefault="00267767" w:rsidP="00D84632">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:right="139"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00732A55">
+      <w:r w:rsidRPr="00590368">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласындағы сапаны қамтамасыз ету комитеті және оның аумақтық</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>Комитету по обеспечению качества в сфере образования и науки Министерства образования и науки Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87487">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00267767" w:rsidRPr="00D84632">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00590368">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t xml:space="preserve">и его </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C94D63">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">территориальным </w:t>
+      </w:r>
+      <w:r w:rsidR="002E395C" w:rsidRPr="00C94D63">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>подразделениям</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на период пандемии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+    <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00C27373">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:right="139"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приостановить проведение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="004B4774">
+        <w:t xml:space="preserve">разрешительного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        </w:rPr>
+        <w:t xml:space="preserve">контроля </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>соответствия заявителя квалификационным или разрешительным требованиям</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA781D">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, проводимого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D0297">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до выдачи разрешения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>и (или) приложения к разрешению;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00AB3B63" w:rsidRDefault="00267767" w:rsidP="00C27373">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:right="139"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004B4774">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00087D17">
         <w:rPr>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00AB3B63" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        </w:rPr>
+        <w:t xml:space="preserve">запретить истребование от </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>органов управления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>образованием</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE1C28">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>отчетности и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364F41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информации</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00087D17">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE39F2">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вопросам </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>организации дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AB3B63" w:rsidRPr="003E7408" w:rsidRDefault="00AB3B63" w:rsidP="00AB3B63">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:right="139"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
-[...38 lines deleted...]
-      <w:r w:rsidR="000D6753" w:rsidRPr="004B4774">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003E7408">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>применять все предусмотренные законодательством меры в отношении руководителей органов управления образованием, организаций образования, нарушающих требования Закона «О статусе педагога» в части недопустимости истребования отчетности и информации, не предусмотренн</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>ых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003E7408">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> законодательством, а также нарушающих иные права и законные интересы педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00B87487" w:rsidRDefault="002E395C" w:rsidP="00B87487">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E7408">
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">        2. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004B4774" w:rsidRPr="004B4774">
+        <w:t xml:space="preserve">        2. Управлениям</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Пандемия кезеңіне облыстардың, Нұр-сұлтан, Алматы, Шымкент қалаларының білім басқармалары (келісім бойынша), аудандардың, облыстық маңызы бар қалалардың білім бөлімдері (келісім бойынша) :</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="002E395C" w:rsidP="004B4774">
+        <w:t xml:space="preserve"> образования областей, городов Нур-Султан, Алматы, Шымкент (по согласованию), </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отделам образования районов, городов областного значения</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(по согласованию) </w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="00D84632">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на период пандемии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002E395C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002E395C" w:rsidRPr="000E3C71" w:rsidRDefault="002E395C" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000E3C71">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004B4774" w:rsidRPr="004B4774">
+        <w:t>1) запретить истребование от организаций образования</w:t>
+      </w:r>
+      <w:r w:rsidR="000D6753" w:rsidRPr="000E3C71">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>білім беру ұйымдарынан, педагогтерден қашықтықтан оқытуды ұйымдастыру мәселелері бойынша есептілік пен ақпаратты талап етуге тыйым салынсын;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        <w:t>, педагогов</w:t>
+      </w:r>
+      <w:r w:rsidR="00964E00">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отчетности и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> информации по вопросам организации дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3C71" w:rsidRDefault="002E395C" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
+      <w:r w:rsidRPr="000E3C71">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>2) білім беру ұйымдарына барып, әртүрлі тексеру (мониторингтік) іс-шараларын жүргізуді тоқтата тұруға құқылы;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94D63" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">приостановить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>проведение различных проверочных</w:t>
+      </w:r>
+      <w:r w:rsidR="007D5C2D" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (мониторинговых)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мероприятий с выездом в организации образования</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000E3C71" w:rsidRDefault="00AB3B63" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
-        <w:rPr>
+      <w:r w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>3) педагогтерден есептілік пен ақпаратты талап етудің заңсыз практикасын тоқтату үшін білім беру ұйымдарының басшыларымен түсіндіру және өзге де жұмыс жүргізілсін;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        <w:t>3) проводить разьяснительную и иную работу с руководителями организаций образования для прекращения незаконной практики истребования отчетности и информации от педагогов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B87487" w:rsidRPr="000E3C71" w:rsidRDefault="003E7408" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
+      <w:r w:rsidRPr="000E3C71">
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>4) қашықтықтан білім беру технологияларына оқу процесінің ауыртпалықсыз және тиімді өтуі мақсатында білім беру ұйымдарына барынша көмек көрсетуге және педагогтердің құқықтары мен заңды мүдделерін қорғауды қамтамасыз етсін;</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00FB0668" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00D84632" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оказывать максимальное содействие организациям образования и обеспечивать защиту прав и законных интересов педагогов с целью безболезненного и эффективного перехода учебного процесса на дистанционные </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE39F2" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FB0668" w:rsidRPr="00B87487" w:rsidRDefault="003842FC" w:rsidP="00FB0668">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="003E7408" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00B87487" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">незамедлительно реагировать на возникающие проблемы перехода учебного процесса на </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE39F2" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>дистанционные образовательные технологии</w:t>
+      </w:r>
+      <w:r w:rsidR="0026545F">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>, по необходимости</w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инициировать</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рассмотрение вопросов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00267767" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>требующ</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>их срочного решения соответственно Министерством</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и наук</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>Республики Казахстан, местными</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668" w:rsidRPr="00B87487">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> исполнительными органами</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB0668">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00DF231D" w:rsidRPr="00DF231D" w:rsidRDefault="00953949" w:rsidP="00DF231D">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Утвердить </w:t>
+      </w:r>
+      <w:r w:rsidR="004F481F" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">прилагаемые </w:t>
+      </w:r>
+      <w:r w:rsidR="00187E44" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Методические р</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF231D" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>екомендации по организации дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF231D" w:rsidRPr="00187E44">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00DF231D" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
-[...3 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>5) оқу процесінің қашықтықтан білім беру технологияларына көшуінің туындайтын проблемаларына дереу ден қоюға, қажет болған жағдайда тиісінше Қазақстан Республикасы Білім және ғылым министрлігінің, жергілікті атқарушы органдардың шұғыл шешуін талап ететін мәселелерді қарауына бастамашылық жасалсын.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить на вице-министра образования и науки </w:t>
+      </w:r>
+      <w:r w:rsidR="00271F49" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Республики Казахстан Каринову Ш.Т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00DF231D" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...51 lines deleted...]
-        <w:t>5. Осы бұйрық қол қойылған күнінен бастап күшіне енеді.</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00C27373" w:rsidRPr="000E3C71">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Настоящий приказ вступает в силу со дня его подписания.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00C27373" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00C27373" w:rsidRPr="000E3C71" w:rsidRDefault="00C27373" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
@@ -1361,4120 +2182,8601 @@
     </w:p>
     <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="000E3C71">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00573762" w:rsidRDefault="004B4774" w:rsidP="00573762">
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="a9"/>
-        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:ind w:left="6372" w:firstLine="708"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
+      <w:r w:rsidRPr="00B71888">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t>Приложение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="6372"/>
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жылғы "_ _ " _______ № _ _ _ </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004B4774">
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
         <w:rPr>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>бұйрығына қосымша</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="004B4774" w:rsidRPr="00CA7C5B" w:rsidRDefault="004B4774" w:rsidP="00573762">
+        <w:t xml:space="preserve">    к приказу Министра</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    образования и науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="6372"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00B71888" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">от «__» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 года № _</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B71888">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="5664" w:firstLine="708"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:ind w:left="5664" w:firstLine="708"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="004B4774" w:rsidRPr="004B4774" w:rsidRDefault="004B4774" w:rsidP="004B4774">
-[...1 lines deleted...]
-        <w:ind w:firstLine="360"/>
+    <w:p w:rsidR="00573762" w:rsidRPr="00187E44" w:rsidRDefault="00187E44" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
+      <w:r w:rsidRPr="00187E44">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Қашықтықтан оқытуды ұйымдастыру жөніндегі әдістемелік ұсынымдар</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>Методические р</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00187E44">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>екомендации по</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004B4774">
+      <w:r w:rsidRPr="00187E44">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1. Қашықтықтан оқытуды қалай ұйымдастыруға болады</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+        <w:t>организации дистанционного обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00515AC1" w:rsidRDefault="00515AC1" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как организовать дистанционное обучение</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1. Выб</w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ирается </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формат дистанционного обучения</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00A8739B" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="567"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучение </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посредством телеуроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="567"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использование интернет-платформ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="18"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="567"/>
-[...18 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">передача заданий через </w:t>
+      </w:r>
+      <w:r w:rsidR="00A8739B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Каз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почту или нарочно на бумажных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающиеся и их родители</w:t>
+      </w:r>
+      <w:r w:rsidR="00273285" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информируются</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
-          <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
-        <w:ind w:left="567"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>* тапсырмаларды Қазпошта арқылы немесе қағаз тасығыштарда қолма-қол беру.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, что организация процесса дистанционного обучения будет </w:t>
+      </w:r>
+      <w:r w:rsidR="00B90D0C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не по традиционному, жестко фиксированному для всей школы расписанию, а по гибкому, индивидуальному графику;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
-        <w:tabs>
-[...285 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="567"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
+      <w:r w:rsidRPr="00EF7B96">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>* қашықтықтан оқыту форматындағы сабақтар ата-аналардың қолдауы мен қатысуын, сондай-ақ оқушының өзіндік жұмысын талап етеді.</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:t xml:space="preserve">о том, </w:t>
+      </w:r>
+      <w:r w:rsidR="00085433">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>какое количество занятий и по каким учебным предметам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007002D9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>согласно Рабочему  учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidR="007002D9" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы </w:t>
+      </w:r>
+      <w:r w:rsidR="003E1DC0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>будет выноситься  на</w:t>
+      </w:r>
+      <w:r w:rsidR="00B4186C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> каждый день, п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ри этом время занятий по предметам </w:t>
+      </w:r>
+      <w:r w:rsidR="0009044D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дифференцированно по классам</w:t>
+      </w:r>
+      <w:r w:rsidR="0009044D" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не будет указано</w:t>
+      </w:r>
+      <w:r w:rsidR="00942F4D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о том, что продолжительность занятия по одному предмету не указывается</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD37D8">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, она зависит от</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> достиже</w:t>
+      </w:r>
+      <w:r w:rsidR="00C24897">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ния целей обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>демонстрации телеуроков по телеканалам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EL</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ARNA</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">», </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alapan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>расписани</w:t>
+      </w:r>
+      <w:r w:rsidR="000D5B45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ю;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, что </w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повтор телеуроков</w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, и их </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>можно</w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004858A4" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">просмотреть </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в любое удобное время на платформах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BilimLand, телевизионных </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>outube</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-каналах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможностях интернет</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ресурсов для организации дистанционного обучения </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>BilimLand, K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ndelik.к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>z, Dar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n.online, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Microsoft</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>TEAMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Google</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01027">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ClassRoom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>об индивиду</w:t>
+      </w:r>
+      <w:r w:rsidR="00E934F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>альном графике обучения в течение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о методах и средствах получения учебного задания на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждый день и их выполнении в удобное для обучающегося время;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о предоставлении обратной связи через электронные журналы или иные определенные учителем доступные виды связи, в том числе мессенджеры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о том, что в электронный дневник не будет вноситься</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E934F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>информация о посещаемости;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">о том, что занятия в дистанционном формате требуют </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддержки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и участия родителей, </w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятель</w:t>
+      </w:r>
+      <w:r w:rsidR="000E5A2E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ной работы школьника</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="000E5A2E" w:rsidP="00573762">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>3. Мектептің жұмыс оқу жоспарына сәйкес барлық оқу пәндері бойынша сабақтар өткізіледі, Соның ішінде "дене шынықтыру", "Көркем еңбек" және т.б.).</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:t>3. Согласно рабочему учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школы проводятся занятия по всем </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>учебным предметам</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>включая занятия по предметам «</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Физ</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ическая </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>культура</w:t>
+      </w:r>
+      <w:r w:rsidR="005F6A38" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005B3789" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Художественный труд</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3789" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и </w:t>
+      </w:r>
+      <w:r w:rsidR="00677999">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>др.</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="004D28C9" w:rsidRPr="00493CD0">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
+      <w:r w:rsidRPr="00BA202A">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>4. Жұмысты ұйымдастыру кезінде сабақтарды қашықтықтан өткізу кезеңінде ескеру қажет:</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+        <w:t>4. При организации работы необходимо учитывать, ч</w:t>
+      </w:r>
+      <w:r w:rsidR="005B3789">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>то в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> период проведения занятий в дистанционном режиме:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нельзя требовать от родителей фото</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50AC6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00E50AC6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>материалы, подтверждающие  выполнение</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> школьниками заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>заполнение электронных журналов проводится по необходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не требуется заполнение и сдача учителями дополнительных видов отчетов, касающихся дистанционного обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>объём учебных заданий для обучающихся не должен превышать объема, рекомендуемого  Министерством образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00414893">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обращается особое внимание на</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> психо-эмоциональное состояние участников образовательного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BA202A" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00414893">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="00273285">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едагогическ</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidR="00414893" w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деятельность </w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организовывается</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA202A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с учетом приемлемого, доступного и удобного формата дистанционного обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Использ</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ование формата телеурока (аудио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>урока)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>При использ</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>овании формата телеурока (аудио</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>урока)</w:t>
+      </w:r>
+      <w:r w:rsidR="00880C3B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> следует</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а основе поурочного планирования рекомендовать обязательный просмотр телеуроков;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставить обучающимся задания для самостоятельного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зучения/выполнения после просмотра телеуроков, ссылки на ЦОРы на доступных платформах и каналах (п</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5B87">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ри наличии технических средств</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предоставить задание на самостоятельное выполнение в системе электронных журналов, через электронную почту, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> другие мессенджеры; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществлять обратную связь по</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>средством электронного журнала «</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>undelik.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, систем </w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ilimal.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="0050004B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ektep.edu.kz</w:t>
+      </w:r>
+      <w:r w:rsidR="001E74D4">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>», в случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отсутствия электронных журналов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> через доступные виды связи на усмотрение педагога (периодичность предоставления обратной связи учитель определяет самостоятельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>* ата-аналардан оқушылардың тапсырмаларды орындағанын растайтын фото -, бейнематериалдарды талап етуге болмайды;</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
         <w:rPr>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>* электрондық журналдарды толтыру қажеттілігіне қарай жүргізіледі;</w:t>
-[...6 lines deleted...]
-        <w:rPr>
+        <w:t>Информация о телеуроках:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елеканал </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="000E1511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...9 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>alapan»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (дополнительно транслируются </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиоуроки на </w:t>
+      </w:r>
+      <w:r w:rsidR="000E1511">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Қазақ радиосы») </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телеуроки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>для</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающихся на казахском языке (Р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асписание уроков</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00F81C92">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://balapan.kaztrk.kz/ru/program</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-        <w:rPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елеканал «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EL</w:t>
+      </w:r>
+      <w:r w:rsidR="00B1509F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ARNA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительно транслируются </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аудиоуроки на </w:t>
+      </w:r>
+      <w:r w:rsidR="00B1509F">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">канале </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Радио Классик») </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">телеуроки </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дл</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD73E0">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">я обучающихся на русском языке (Расписание уроков) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00F81C92">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+          </w:rPr>
+          <w:t>https://elarna.kz/ru/programma</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>елеуроки в ряде регионов будут ретранслироваться через</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>местные региональные каналы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00EF7B96" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="207"/>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елеуроки (аудиоуроки) проводятся 5 дней в неделю по 10 минут </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>каждый урок по учебным предметам 1-11 (12) классов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...14 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8. Структура телеурока:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00757550" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>видео</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объяснение нового учебного материала учителем – 6 (шесть) минут; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-3 вопроса для закрепления на экране крупным шрифтом – 1 (одна) минута; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-3 учебных задания для закрепления на экране крупным шрифтом – 1 (одна) минута; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00757550" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-2 дополнительных цифровых ресурса</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по теме – 1 (одна) минута;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ссылки на дополнительные ресурсы для самостоятель</w:t>
+      </w:r>
+      <w:r w:rsidR="00757550">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ного изучения – 1 (одна) минута.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00091A5D" w:rsidP="00BA7043">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Перечень учебных предметов, по которым будут транслироваться телеуроки:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 предметов (Сауат ашу, Математика,  Жаратылыстану, Дүниетану, Ағылшын тілі, Орыс тілі, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком  обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 предметов (Обучение грамоте, Математика, Естествознание, Познание мира, Английский язык, Казахский язык, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-й </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>7 предметов (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7 предметов (Русский язык, Математика, Естествознание, Познание мира, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Английский язык, Самопознание).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 предметов (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, АКТ, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 предметов (Русский язык, Математика, Естествознание, Познание мира, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Английский язык, ИКТ, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>с казахским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8 предметов (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, АКТ, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 предметов (Русский язык, Математика, Естествознание, Познание мира, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Казахский язык</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Английский язык, ИКТ, Самопознание).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов  (Қазақ тілі, Қазақ әдебиеті,  Математика, Қазақстан тарихы,  Дүниежүзі тарихы, Жаратылыстану, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов (Русский язык, Русская литература, Математика, История Казахстана, Всемирная история, Естествознание, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов (Қазақ тілі, Қазақ әдебиеті, Математика, Қазақстан тарихы, Дүниежүзі тарихы, Жаратылыстану, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с русским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10 предметов (Русский язык, Русская литература, Математика,  История Казахстана, Всемирная история, Естествознание, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с казахским языком обучения – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Қазақ тілі,   Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D96AFC">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">  8</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения– </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Қазақ тілі, Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с казахским языком обучения  –  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14 предметов (Қазақ тілі, Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ағылшын тілі, Информатика, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...11 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:rFonts w:eastAsia="Arial"/>
-[...20 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с казахским языком обучения – 14 предметов (Қазақ тілі,  Қазақ әдебиеті, Алгебра және анализ бастамалары, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ағылшын тілі, Информатика, Өзін -өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра и начала анализа, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>11</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-й</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> класс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>с казахским</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> языком обучения – 14 предметов (Қазақ тілі, Қазақ әдебиеті, Алгебра және анализ бастамалары, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физ</w:t>
+      </w:r>
+      <w:r w:rsidR="004D28C9">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ика, Химия, Биология, Орыс тілі мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әдебиет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, Ағылшын тілі, Информатика, Өзін-өзі тану ); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с русским языком обучения –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14 предметов (Русский язык, Русская литература, Алгебра и начала анализа, Геометрия, История Казахстана, Всемирная история, География, Физика, </w:t>
+      </w:r>
+      <w:r w:rsidR="004D28C9">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Химия, Биология, Казахский язык и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37D3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>По учебным предметам, не вошедшим</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в перечень </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37D3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам, по которым транслируются телеуроки</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1" w:rsidRPr="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Музыка, Художественный труд, Физическая культура, Начальная в</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оен</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ная и технологическая подготовка),</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006E37D3">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятия в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дистанционном режиме организуются школами </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно</w:t>
+      </w:r>
+      <w:r w:rsidR="002744B1">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A00F85">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Проведение занятий через интернет-платформы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B921AC">
-[...8 lines deleted...]
-    <w:p w:rsidR="00B921AC" w:rsidRPr="00B921AC" w:rsidRDefault="00B921AC" w:rsidP="00B921AC">
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На основе поурочного планирования педагог предоставляет обучающимся учебный материал для самостоятельного изучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>/ выполнения заданий из учебника, кроме этого</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рекомендует занятия, размещенные на интернет-платформах, а также использование  доступных цифровых образовательных ресурсов.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Рекомендуемые интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>BilimLand;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>u</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ndelik.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>k</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>z;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1276" w:hanging="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Dar</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>y</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>online</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
-[...422 lines deleted...]
-        <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
-          <w:sz w:val="28"/>
-[...27 lines deleted...]
-        </w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...20 lines deleted...]
-          <w:b/>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>1. Интернет-платформалар арқылы сабақтар өткізу</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:t xml:space="preserve">Цифровые образовательные ресурсы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mektep.OnLine; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>QaradomalakStudio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">piq.kz </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Microsoft TEAMS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="14"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="873"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> GoogleClassRoom</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Данные интернет-платформы не предназначены для организации учебного процесса в онлайн</w:t>
+      </w:r>
+      <w:r w:rsidR="00531B4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режиме.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00531B4E" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставить учебное задание для самостоятельного выполнения</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можно в системе электронных журналов, </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">через </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернет-пл</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>атформы,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> электронную почту, </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00EE3751">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Aitu </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">другие мессенджеры. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осуществлять обратную связь рекомендуется посредством </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">журналов </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>K</w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">undelik.kz, </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ilimal.kz, </w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ektep.edu.kz, в случаях отсутствия электронных журналов</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>через доступные виды связи по усмотрению учителя (периодичность предоставления обратной связи учитель определяет самостоятельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Алгоритм разработки контента и </w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проведение дистанционного урока</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Первое. Определить тему и тип урока</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (изучение новой темы, повторение, углубление, контроль и т.д.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Второе. Проработать организационную модель урока</w:t>
+      </w:r>
+      <w:r w:rsidR="00B5330D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Третье. Определить перечень учебных средств</w:t>
+      </w:r>
+      <w:r w:rsidR="00482445">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертое. Обеспечить доступность учебных материалов обучающемуся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>электронная почта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="3"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">групповые/индивидуальные чаты в мессенджерах и </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетях WhatsApp,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3751">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C9276A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др. («Дистанционное обучение</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9276A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, класс, литер»; «У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>становление правил работы в Whats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp для всех его участников</w:t>
+      </w:r>
+      <w:r w:rsidR="00C9276A">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пятое</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Использовать различные информационные обучающие материалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (текстовые, презентации, графические, медиа, рисунки, таблицы, инфографика и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Шестое. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Применять различные методы организации занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частично-поисковой, эвристический с проблемным изложением материала, исследовательский и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Седьмое. Предоставить возможность обучающимся просмотреть телеурок/ видеоурок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (если он записан ранее) в любое время (офлайн</w:t>
+      </w:r>
+      <w:r w:rsidR="002E4D4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режим). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Восьмое. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Предоставить обучающимся задания для самостоятельного изучения и выполнения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>всем обучающимся с учетом их индивидуальных возможностей и способностей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>творческие (написать заметку, характеристику героя, аннотацию к книге и др.), проектные работы, исследование и др</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>групповые работы обучающихся в чате социальн</w:t>
+      </w:r>
+      <w:r w:rsidR="00373765">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ой сети, в групповой переписке по почте (предусмотреть распределение ролей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00373765" w:rsidP="00635A82">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="142" w:firstLine="425"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом учесть </w:t>
+      </w:r>
+      <w:r w:rsidR="00635A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дидактические принципы:</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> читаемость/эстетичность учебного</w:t>
+      </w:r>
+      <w:r w:rsidR="00635A82">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материала и заданий</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> д</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ля самостоятельного выполнения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Девятое. Организовать обратную связь с обучающимися:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>результ</w:t>
+      </w:r>
+      <w:r w:rsidR="00635A82">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>аты выполненных работ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить анализ выполненного задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>комментировать и предоставлять рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1080"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знакомить обучающегося с результатами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="4"/>
         </w:numPr>
-        <w:jc w:val="both"/>
-[...615 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>проводить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA65E2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>потребностями (при необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="284"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обратная связь осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009154B9">
-[...5 lines deleted...]
-        <w:t>* пошта байланысы</w:t>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электронных журналов, интернет-платформ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эл</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA65E2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ектронной почты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">енджеров – </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EE3751">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>itu</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>elegram и др.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00DA65E2" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мобильной и стационарной телефонной связи</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00291C1B" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>почтовой</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
       </w:r>
       <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Пер</w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>едача учебных материалов через К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>азпочту</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00980DEF" w:rsidRDefault="00291C1B" w:rsidP="00573762">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>при отсутствии связи, И</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернета</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>На бумажном носителе для обучающихся необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1986"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">указать наименование класса, название </w:t>
+      </w:r>
+      <w:r w:rsidR="00291C1B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предмета, тему</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятия, страницу учебника;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:hanging="862"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">написать краткий конспект по теме занятия; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="006C7F45" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C7F45">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обозначить перечень вопросов из учебника для самостоятельного закрепления и выполнения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предложить дополнительные материалы по теме и механизм обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:firstLine="283"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучение в штатном режиме возможно</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в школах с количеством детей от 5 до 80</w:t>
+      </w:r>
+      <w:r w:rsidR="00423913">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>находящихся</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в дальних изолированных населенных пунктах;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>с соблюдением жестких мер санитарной безопасности</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(кварцевание, проветривание, сменность и др.); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в случаях отсутствия карантина и зарегистрированных</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00423913">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>случаев коронавируса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>по решению м</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>естного исполнительного органа при согласовании с органом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> здравоохранения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="633"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="633"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00781382">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предполагаемый режим дня обучающегося </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1560"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="1277"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>16. Режим дня обучающегося</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Просмотр материалов и учебных заданий по учебным предметам (каждый определяет </w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825" w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>самостоятельно).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающийся находится на связи с классным руководителем (по мере необходимости).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ученик выполняет полученные задания в удобное для него время и отправляет педагогам раб</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оту  по мере</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  выполнения.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В любом доступном режиме работает с учителем или направляет учителю возникшие вопросы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Планирует следующий день. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00BC437F" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Как организовать оценивание учебных достижений обучающихся</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:left="708" w:hanging="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В четвертой</w:t>
+      </w:r>
+      <w:r w:rsidR="006B2825">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверти педагог проводит 1 СОР</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(4-8 мая). При этом педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руководствуется требованиями при проведении суммативного оценивания в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>приказом Министра образования и науки Республики Казахстан от 18 марта 2008 года № 125 «Об</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждении Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иповых правил проведения текущего контроля успеваемости, промежуточной и итоговой аттестации обучающихся»:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пункты</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и подпункты</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>14,14.1-14.3,14.5,14.7,14.8,15-18,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>21-26,</w:t>
+      </w:r>
+      <w:r w:rsidR="00D42283">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>29;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не проводит сумма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тивное оценивание по </w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебным </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предметам «Самопознание», «Художественный труд», «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Му</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">зыка», «Физическая культура», </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Основ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ы предпринимательства и бизнеса», «Графика и проектирование», «Общество и религия»</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="12"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>указывает конкретную дату предоставления суммативной работы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:firstLine="567"/>
-        <w:jc w:val="center"/>
-[...3 lines deleted...]
-          <w:b/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В четвертой</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...19 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> четверти педагог проводит 1 СОЧ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...11 lines deleted...]
-          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в конце четверти (18- 22 мая)</w:t>
+      </w:r>
+      <w:r w:rsidR="0066434D">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="000000"/>
-[...888 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="009154B9" w:rsidP="00573762">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009154B9">
+      <w:r w:rsidRPr="00C228DF">
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>НАЗАР аударыңыз!</w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+        <w:t>ВНИМАНИЕ!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество суммативных работ в 1-10 классах</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                          </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суммативное оценивание за раздел – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суммативное оценивание за четверть – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Количество контрольных  работ в 11</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-ом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классе</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="009154B9" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельная работа </w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
-          <w:sz w:val="28"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="009154B9" w:rsidP="009154B9">
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> контрольная работа – 1</w:t>
+      </w:r>
+      <w:r w:rsidR="009D42D4">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009154B9">
-[...5 lines deleted...]
-        <w:t>Жиынтық жұмыстарды жүргізу мерзімдері</w:t>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Сроки проведения суммативных работ</w:t>
       </w:r>
       <w:r w:rsidR="009D42D4">
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="00ED272A" w:rsidP="00091A5D">
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00ED272A" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3301365</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="line">
                   <wp:posOffset>67310</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="180975" cy="304800"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1073741825" name="officeArt object"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -5545,158 +10847,124 @@
                         <a:noFill/>
                         <a:ln w="9525" cap="flat">
                           <a:solidFill>
                             <a:srgbClr val="4A7EBB"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="156DCEFF" id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:259.95pt;margin-top:5.3pt;width:14.25pt;height:24pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCig0letQIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2yAQf5+074D8vhqc/1GTql3XvVRr&#10;pHYfgGAce8WAgMTpPv0OcJw427RlWh4c4O5+d/e747i+2dcC7bixlZKLhFzhBHHJVF7JzSL5+vLw&#10;YZog66jMqVCSL5I3bpOb5ft3142e80yVSuTcIACRdt7oRVI6p+dpalnJa2qvlOYShIUyNXWwNZs0&#10;N7QB9FqkGcbjtFEm10Yxbi2c3kdhsgz4RcGZeyoKyx0SiwRic+Frwnftv+nyms43huqyYm0Y9B+i&#10;qGklwWkHdU8dRVtT/QRVV8woqwp3xVSdqqKoGA85QDYEn2XzXFLNQy5AjtUdTfb/wbIvu5VBVQ61&#10;w5PBZEim2ShBktZQqxjdrXFIrb8Bk56sRts52DzrlfHpWv2o2KsFQdqT+I1tdfaFqb0uwKF9YP6t&#10;Y57vHWJwSKZ4NgHHDEQDPJziUJmUzg/GbGvdZ64CEN09WhcLlx9WtDys2F7C0juEFaK+D3EojVbW&#10;+2/yLEHgpoR/H3fQ66mPhtj/LjMiGIK+3GoMTfx3VjHQNjUD5ThvaZMgaOl1bGlNnWfE5+WXqFkk&#10;GRlDUqjsVkC+2fqL+/R64KhWO/6igpU7Kxb4P0rZdl2xO/79VHc0G0MFj7XVASHwEo6Hk2kb25mA&#10;4PHsUIoerpCn+Eek2WRAWoODyq8COhoQPMhCtYGN6Hw0HsRgo1LopihqaYI8OpGnvhdYf/dHyJNA&#10;SPZbFsj0QhoyPLqQh4yQPg9dzWLWJzRApwAF3fEZBbD1bRWuT9dqQed4TaV6qIQIkEL6BpyN/Gxh&#10;FMZ8IagL98sqUeVez/ecNZv1R2HQjsK0Ht5OPt3dtWXuqWlj3T21ZdQLothYRm1lDg4hECE9IA8v&#10;QJwMYUDFmeSn01rlbyvjlf0Opmswa18CP75P90Hr+F4tfwAAAP//AwBQSwMEFAAGAAgAAAAhAFs7&#10;AznfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dROXWk6TZM4ISS2&#10;ceCYNqap1jilydbC02NOcLP1f/r9udzOrhdXHEPnScFykYBAarzpqFXwdnp6yEGEqMno3hMq+MIA&#10;2+r2ptSF8RMd8HqMreASCoVWYGMcCilDY9HpsPADEmcffnQ68jq20ox64nLXy1WSrKXTHfEFqwfc&#10;W2zOx4tTsKqzVKb2+bBvv+uXTzvt3s/mVan7u3n3CCLiHP9g+NVndajYqfYXMkH0CrLlZsMoB8ka&#10;BANZmqcgah7yNciqlP8/qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAooNJXrUCAAD3&#10;BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWzsDOd8A&#10;AAAJAQAADwAAAAAAAAAAAAAAAAAPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
+              <v:shape id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:259.95pt;margin-top:5.3pt;width:14.25pt;height:24pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCig0letQIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2yAQf5+074D8vhqc/1GTql3XvVRr&#10;pHYfgGAce8WAgMTpPv0OcJw427RlWh4c4O5+d/e747i+2dcC7bixlZKLhFzhBHHJVF7JzSL5+vLw&#10;YZog66jMqVCSL5I3bpOb5ft3142e80yVSuTcIACRdt7oRVI6p+dpalnJa2qvlOYShIUyNXWwNZs0&#10;N7QB9FqkGcbjtFEm10Yxbi2c3kdhsgz4RcGZeyoKyx0SiwRic+Frwnftv+nyms43huqyYm0Y9B+i&#10;qGklwWkHdU8dRVtT/QRVV8woqwp3xVSdqqKoGA85QDYEn2XzXFLNQy5AjtUdTfb/wbIvu5VBVQ61&#10;w5PBZEim2ShBktZQqxjdrXFIrb8Bk56sRts52DzrlfHpWv2o2KsFQdqT+I1tdfaFqb0uwKF9YP6t&#10;Y57vHWJwSKZ4NgHHDEQDPJziUJmUzg/GbGvdZ64CEN09WhcLlx9WtDys2F7C0juEFaK+D3EojVbW&#10;+2/yLEHgpoR/H3fQ66mPhtj/LjMiGIK+3GoMTfx3VjHQNjUD5ThvaZMgaOl1bGlNnWfE5+WXqFkk&#10;GRlDUqjsVkC+2fqL+/R64KhWO/6igpU7Kxb4P0rZdl2xO/79VHc0G0MFj7XVASHwEo6Hk2kb25mA&#10;4PHsUIoerpCn+Eek2WRAWoODyq8COhoQPMhCtYGN6Hw0HsRgo1LopihqaYI8OpGnvhdYf/dHyJNA&#10;SPZbFsj0QhoyPLqQh4yQPg9dzWLWJzRApwAF3fEZBbD1bRWuT9dqQed4TaV6qIQIkEL6BpyN/Gxh&#10;FMZ8IagL98sqUeVez/ecNZv1R2HQjsK0Ht5OPt3dtWXuqWlj3T21ZdQLothYRm1lDg4hECE9IA8v&#10;QJwMYUDFmeSn01rlbyvjlf0Opmswa18CP75P90Hr+F4tfwAAAP//AwBQSwMEFAAGAAgAAAAhAFs7&#10;AznfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dROXWk6TZM4ISS2&#10;ceCYNqap1jilydbC02NOcLP1f/r9udzOrhdXHEPnScFykYBAarzpqFXwdnp6yEGEqMno3hMq+MIA&#10;2+r2ptSF8RMd8HqMreASCoVWYGMcCilDY9HpsPADEmcffnQ68jq20ox64nLXy1WSrKXTHfEFqwfc&#10;W2zOx4tTsKqzVKb2+bBvv+uXTzvt3s/mVan7u3n3CCLiHP9g+NVndajYqfYXMkH0CrLlZsMoB8ka&#10;BANZmqcgah7yNciqlP8/qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAooNJXrUCAAD3&#10;BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWzsDOd8A&#10;AAAJAQAADwAAAAAAAAAAAAAAAAAPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
                 <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="90488,152400;90488,152400;90488,152400;90488,152400" o:connectangles="0,90,180,270"/>
                 <w10:wrap anchory="line"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00C33DDF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="009154B9" w:rsidRPr="009154B9">
-[...9 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
+        <w:t>суммативное оценивание за раздел                до 8 мая</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="009154B9">
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00573762" w:rsidRPr="009154B9">
-[...18 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="00ED272A" w:rsidP="00091A5D">
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельная работа в 11 классе</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00ED272A" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
                   <wp:posOffset>3304540</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="line">
                   <wp:posOffset>40005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="180975" cy="304800"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="1073741826" name="officeArt object"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
@@ -5767,304 +11035,309 @@
                         <a:noFill/>
                         <a:ln w="9525" cap="flat">
                           <a:solidFill>
                             <a:srgbClr val="4A7EBB"/>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
                           <a:round/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
                       <wps:bodyPr/>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="page">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="47E2C669" id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:260.2pt;margin-top:3.15pt;width:14.25pt;height:24pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+EAe1twIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2jAQf5+072D5fY0TIPwRUJV13Uu1&#10;IrX7AMZxSNbEtmxD6D79znYIhG3amMZDsH13v7v73fk8vz3UFdpzbUopFji+IRhxwWRWiu0Cf315&#10;+DDByFgqMlpJwRf4jRt8u3z/bt6oGU9kIauMawQgwswatcCFtWoWRYYVvKbmRiouQJhLXVMLW72N&#10;Mk0bQK+rKCEkjRqpM6Ul48bA6X0Q4qXHz3PO7FOeG25RtcAQm/Vf7b8b942WczrbaqqKkrVh0H+I&#10;oqalAKcd1D21FO10+RNUXTItjcztDZN1JPO8ZNznANnE5CKb54Iq7nMBcozqaDL/D5Z92a81KjOo&#10;HRkPxsN4kqQYCVpDrUJ0d9oiufkGTDqyGmVmYPOs1tqla9SjZK8GBFFP4jam1Tnkuna6AIcOnvm3&#10;jnl+sIjBYTwh0/EIIwaiARlOiK9MRGdHY7Yz9jOXHojuH40NhcuOK1ocV+wgYOkcwgpR14fEl0ZJ&#10;4/w3WYIRuCng38Xt9XrqoyFxv+uMYgJBX2+VQhP/nVUItE1NQzkuW1pjBC29CS2tqHWMuLzcEjUL&#10;nMQpJIWKbgXk6527uE+vR45quecv0lvZi2KB/5OU7TYlW/Hv57qjaQoVPNVWeQTPiz8ejidtbBeC&#10;mKTTYyl6uJU4xz8hTceDuDU4qvwqoJNBTAaJrzawEZyP0kEINij5bgqilibIoxM56nuB9Xd/hDwL&#10;JE5+y0I8uZKGhIyu5CGJ4z4PXc1C1mc0QKcABd3xBQWwdW3lr0/Xal7ndE2FfCirykNWwjXgdJS4&#10;K05hzOcVtf5+GVmVmdNzPWf0dvOx0mhPYVoP78afVqu2zD01pY29p6YIel4UGkvLncjAIQRSCQfI&#10;/QsQJoMfUGEmuem0kdnbWjtlt4Pp6s3al8CN7/O91zq9V8sfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;7HGBW94AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDmlQlZFNVlTgh&#10;JFo4cHTiJY4ar0PsNoGvxz3BbVYzmnlbbmbbizONvnOMcL9IQBA3TnfcIry/Pd2tQfigWKveMSF8&#10;k4dNdX1VqkK7ifd0PoRWxBL2hUIwIQyFlL4xZJVfuIE4ep9utCrEc2ylHtUUy20v0yRZSas6jgtG&#10;DbQz1BwPJ4uQ1nkmM/O837U/9cuXmbYfR/2KeHszbx9BBJrDXxgu+BEdqshUuxNrL3qEPE2yGEVY&#10;LUFEP8/WDyDqi1iCrEr5/4HqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD4QB7W3AgAA&#10;9wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOxxgVve&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAAEQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
+              <v:shape id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:260.2pt;margin-top:3.15pt;width:14.25pt;height:24pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+EAe1twIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2jAQf5+072D5fY0TIPwRUJV13Uu1&#10;IrX7AMZxSNbEtmxD6D79znYIhG3amMZDsH13v7v73fk8vz3UFdpzbUopFji+IRhxwWRWiu0Cf315&#10;+DDByFgqMlpJwRf4jRt8u3z/bt6oGU9kIauMawQgwswatcCFtWoWRYYVvKbmRiouQJhLXVMLW72N&#10;Mk0bQK+rKCEkjRqpM6Ul48bA6X0Q4qXHz3PO7FOeG25RtcAQm/Vf7b8b942WczrbaqqKkrVh0H+I&#10;oqalAKcd1D21FO10+RNUXTItjcztDZN1JPO8ZNznANnE5CKb54Iq7nMBcozqaDL/D5Z92a81KjOo&#10;HRkPxsN4kqQYCVpDrUJ0d9oiufkGTDqyGmVmYPOs1tqla9SjZK8GBFFP4jam1Tnkuna6AIcOnvm3&#10;jnl+sIjBYTwh0/EIIwaiARlOiK9MRGdHY7Yz9jOXHojuH40NhcuOK1ocV+wgYOkcwgpR14fEl0ZJ&#10;4/w3WYIRuCng38Xt9XrqoyFxv+uMYgJBX2+VQhP/nVUItE1NQzkuW1pjBC29CS2tqHWMuLzcEjUL&#10;nMQpJIWKbgXk6527uE+vR45quecv0lvZi2KB/5OU7TYlW/Hv57qjaQoVPNVWeQTPiz8ejidtbBeC&#10;mKTTYyl6uJU4xz8hTceDuDU4qvwqoJNBTAaJrzawEZyP0kEINij5bgqilibIoxM56nuB9Xd/hDwL&#10;JE5+y0I8uZKGhIyu5CGJ4z4PXc1C1mc0QKcABd3xBQWwdW3lr0/Xal7ndE2FfCirykNWwjXgdJS4&#10;K05hzOcVtf5+GVmVmdNzPWf0dvOx0mhPYVoP78afVqu2zD01pY29p6YIel4UGkvLncjAIQRSCQfI&#10;/QsQJoMfUGEmuem0kdnbWjtlt4Pp6s3al8CN7/O91zq9V8sfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;7HGBW94AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDmlQlZFNVlTgh&#10;JFo4cHTiJY4ar0PsNoGvxz3BbVYzmnlbbmbbizONvnOMcL9IQBA3TnfcIry/Pd2tQfigWKveMSF8&#10;k4dNdX1VqkK7ifd0PoRWxBL2hUIwIQyFlL4xZJVfuIE4ep9utCrEc2ylHtUUy20v0yRZSas6jgtG&#10;DbQz1BwPJ4uQ1nkmM/O837U/9cuXmbYfR/2KeHszbx9BBJrDXxgu+BEdqshUuxNrL3qEPE2yGEVY&#10;LUFEP8/WDyDqi1iCrEr5/4HqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD4QB7W3AgAA&#10;9wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOxxgVve&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAAEQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
                 <v:path arrowok="t" o:extrusionok="f" o:connecttype="custom" o:connectlocs="90488,152400;90488,152400;90488,152400;90488,152400" o:connectangles="0,90,180,270"/>
                 <w10:wrap anchory="line"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C33DDF" w:rsidRPr="009154B9">
+      <w:r w:rsidR="00C33DDF">
         <w:rPr>
           <w:rStyle w:val="Hyperlink0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00573762" w:rsidRPr="009154B9">
-[...33 lines deleted...]
-        <w:t>22 мамырға дейін</w:t>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> суммативное оценивание за четверть             до 22 мая</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:pBdr>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Hyperlink0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...7 lines deleted...]
-        <w:t>11 сыныптағы бақылау жұмысы</w:t>
+        <w:t xml:space="preserve"> контрольная работа в 11 классе</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007962DA" w:rsidRDefault="009154B9" w:rsidP="00573762">
-[...22 lines deleted...]
-        <w:ind w:left="567"/>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567" w:firstLine="141"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="009154B9">
+      <w:r w:rsidRPr="00CA7C5B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>БЖБ және ТЖБ саны</w:t>
-      </w:r>
+        <w:t>КОЛИЧЕСТВО УЧЕБНЫХ ПРЕДМЕТОВ, СОР и  СОЧ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0020532F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4-й ЧЕТВЕРТИ</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2019-2020 УЧЕБНОГО ГОДА</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:left="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableNormal"/>
         <w:tblW w:w="8903" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="D0DDEF"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1640"/>
         <w:gridCol w:w="2993"/>
         <w:gridCol w:w="2123"/>
         <w:gridCol w:w="2147"/>
       </w:tblGrid>
       <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
         <w:trPr>
           <w:trHeight w:val="321"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="005F6A38">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Сынып</w:t>
+              <w:t>Класс</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7263" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="005F6A38">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Саны</w:t>
+              <w:t>Количество</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="00091A5D">
         <w:trPr>
           <w:trHeight w:val="379"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
@@ -6073,147 +11346,151 @@
             <w:pPr>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2993" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="005F6A38">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="0020532F" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Пәндер</w:t>
+              <w:t>П</w:t>
+            </w:r>
+            <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+              <w:rPr>
+                <w:rStyle w:val="ac"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>редметы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2123" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="005F6A38">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>БЖБ</w:t>
+              <w:t>СОР</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2147" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="009154B9" w:rsidRDefault="009154B9" w:rsidP="005F6A38">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
                 <w:rStyle w:val="ac"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>ТЖБ</w:t>
+              <w:t>СОЧ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
         <w:trPr>
           <w:trHeight w:val="321"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1640" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
@@ -7727,2031 +13004,3521 @@
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4270" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="80" w:type="dxa"/>
               <w:left w:w="80" w:type="dxa"/>
               <w:bottom w:w="80" w:type="dxa"/>
               <w:right w:w="80" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="007962DA" w:rsidRDefault="00573762" w:rsidP="007962DA">
+          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CA7C5B">
               <w:rPr>
                 <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve">14 </w:t>
-[...25 lines deleted...]
-              <w:t>зертхана жұмыстары</w:t>
+              <w:t>14 контрольных / лабораторных работ</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Arial"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="007962DA" w:rsidRPr="007962DA" w:rsidRDefault="007962DA" w:rsidP="007962DA">
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Деятельность участников образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...835 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="007962DA" w:rsidRDefault="007962DA" w:rsidP="007962DA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Директор школы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...10 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:color w:val="auto"/>
-[...824 lines deleted...]
-    <w:p w:rsidR="00C206E5" w:rsidRPr="007962DA" w:rsidRDefault="007962DA" w:rsidP="007962DA">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает организацию дистанционного процесса обучения, в том числе технические условия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
       <w:pPr>
         <w:pStyle w:val="ab"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="357" w:right="142" w:hanging="357"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007962DA">
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>принимает управленческие решения, направленные на</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>повышение качества работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет обратную связь с педагогами, обучающимися и их родителями (законными представителями) по мере необходимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ac"/>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        </w:rPr>
-[...5 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId10"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организует доставку учебных заданий и сбор выполненных работ обучающихся, не имеющих доступ</w:t>
+      </w:r>
+      <w:r w:rsidR="0020532F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к сети Интернет и средствам связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обеспечивает строгое соблюдение требований по использованию  индивидуальных средств защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>не допускает запрашивание непредусмотренной отчетной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>документации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">19. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Заместитель директора по учебной работе:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>доводит до педагогов ко</w:t>
+      </w:r>
+      <w:r w:rsidR="0020532F">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>личество часов согласно Типовому</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00704F07">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>учебному плану</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по каждому предмету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>совместно с учителями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-предметниками определяет организацию дистанционной учебной деятельности обучающихся: методы и приемы обучения, сроки получения учебных заданий обучающимися и представления ими выполненных работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет информирование всех участников процесса обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(педагогов, обучающихся, родителей (законных представителей) обучающихся, иных работников) об организации дистанционной работы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет методическое сопровождение в ходе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организации дистанционного процесса обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет обратную связь с участниками дистанционного</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесса обучения по мере необходимости</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> координирует работу по выполнению учебной нагрузки педагогами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместитель директора по </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>воспитательной работе, педагог-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>организатор:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> разрабатывает контент для воспитательных мероприятий с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использованием информационно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-коммуникационных технологий и телекоммуникационных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит мероприятия в дистанционном режиме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(через социальные сети, сайт школы и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> размещает информацию о проведенных мероприятиях в</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>социальных сетях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, на сайте школы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="567"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>координирует работу классных руководителей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">21. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог-предметник:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременно доводит информацию о видах работы до</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сведения обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, их родителей (законных представителей), используя электронные журналы и дневники и другие доступные способы связи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>своевременно осуществляет корректировку поурочного планирования и структуризацию учебных материалов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">применяет оптимальные и разнообразные виды деятельности </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елеуроки, </w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятия </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>посредством интернет-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>платформ, самостоятельная работа, чат-занятия и др.), доступные информацион</w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>но-коммуникационные технологии;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>предоставляет задания согласно нормам объема домашнего задания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляет контроль за самостоятельной работой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, предоставляет обратную связь;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляет сбор выполненных заданий доступным для учителя и ученика способом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(электронные журналы и дневники, электронная почта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>WhatsApp</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC23B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Telegram</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, др. мессенджеры, мобильная или стационарная телефонная связь или через работников школы, операторов почтовой связи, определённых администрацией</w:t>
+      </w:r>
+      <w:r w:rsidR="008F286B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00207C60">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в случае</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отсутствия Интернета  и другие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00C228DF" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводит индивидуальные консультации для обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C228DF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, в том числе для детей с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Дистанционно проводятся уроки по предметам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Физическая культура»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, «Самопознание», «Художественный труд», «Музыка», «Начальная военная и технологическая подготовка», «Основы предпринимательства и бизнеса», «Графика и проектирование», а  учителя выполняют следующие виды работ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00207C60" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  разрабатывают комплекс физических и строевых упражнений для выполнения обучающимися дома </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Физическая культура, Начальная военная и технологическая подготовка);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00207C60" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  разрабатывают инструкции по изготовлению поделок</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, макетов и др</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. (Художественный труд, Г</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рафика и проектирование);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00207C60" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляют консультации по проектной деятельности </w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(Самопознание, Основы предпринимательства и бизнеса);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00A204E0" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляют перечень музыкальных произведений, которые необходимо прослушать, оказывает необходимые консультации (Музыка); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00A204E0" w:rsidP="00573762">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00573762" w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> участвуют в организации и проведении воспитательных мероприятий в дистанционном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги предшкольных классов общеобразовательных школ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ведут дистанционные </w:t>
+      </w:r>
+      <w:r w:rsidR="00A204E0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>занятия по основным предметам: Основы грамоты, Ф</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ормирование элементарных</w:t>
+      </w:r>
+      <w:r w:rsidR="00A204E0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> математических представлений, О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>знакомление с окружающим миром.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги по предмету «Самопознание» при проведении</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>уроков могут руководствоваться рекомендациями ННПОи</w:t>
+      </w:r>
+      <w:r w:rsidR="00A204E0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О Центра «Бобек», размещенных по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ссылке:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>http</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>://</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>school</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ozin</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>ozi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>tanu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>//.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения дистанционного обучения в </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E" w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лицеях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«БІЛІМ-ИННОВАЦИЯ» будет использоваться образовательная платформа </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>EduPage</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">22. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Обучающийся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>находится на ежедневной связи с классным руководи</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>телем и учителями-предметниками;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ежедневно самостоятельно изучает учебные материалы учебника, выполняет задания, в том числе через доступные средства связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заходит в личный кабинет в электронном дневнике (электронный дневник, электронная почта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="007E4E4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00980DEF">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и др</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>угие,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случаях отсутствия И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернета, связи – через педагога, оператора почтовой связи по определению администрации школы) для получения учебного материала и заданий, для самостоятельного изучения/выполнения (по возможности);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пред</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ставляет выполненные задания в соответствии с требованиями педагогов, отправляя их педагогу через доступные средства связи (электронный дневник, электронная почта, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>W</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>hats</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>A</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB6DBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>чат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и другие,</w:t>
+      </w:r>
+      <w:r w:rsidR="006D3C29">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в случаях отсутствия И</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернета, связи – через педагога, оператора почтовой связи по определению администрации школы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>соблюдает правила академической честности и принципы самоконтроля при выполнении учебных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>использует дополнительные цифровые образовательные ресурсы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">23. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Родители (законные представители) обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA7C5B">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создают обучающемуся условия для обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>осуществляют контроль за обучением детей, выполнением</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>обучающимися самостоятельных заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>поддерживают связь с классным руководителем и учителями-предметниками.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">24. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог-психолог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>разрабатывает рекомендации по психологической поддержке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающихся и их родителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(законных представителей) в условиях дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>индивидуально проводит консультацию с обучающимися</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, с родителями (законными представителями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Классный руководитель:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">информирует родителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(законных представителей) о процессе обучения, о предоставлении обратной связи обучающимся, о ходе обучения и учебных результатах, о необходимости создания условий для самостоятельной работы обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>создает и использует чаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, форумы обучающихся и их</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>родителей в системах электронных журналов и</w:t>
+      </w:r>
+      <w:r w:rsidR="00493CD0">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дневников, а также через WhatsА</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>pp,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC23B6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Aitu</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00573762">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF7B96">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Telegram и другие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет ежедневную связь с обучающимися и их родителями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E30A2">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(законными представителями);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRPr="00C206E5" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C206E5">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предоставляет учителям</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C206E5">
+        <w:rPr>
+          <w:rStyle w:val="ac"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-предметникам, педагогу-психологу списки своего класса с контактными данными обучающихся (номер домашнего, сотового телефона, электронная почта).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00C206E5" w:rsidRDefault="00C206E5" w:rsidP="00091A5D">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00C206E5" w:rsidRPr="00267767" w:rsidRDefault="00C206E5" w:rsidP="00C206E5">
+      <w:pPr>
+        <w:pStyle w:val="ab"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="139" w:firstLine="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:t>Результаты согласования</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="0C0000"/>
+          <w:sz w:val="20"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:t>07.04.2020 18:39:36: Кобенова Г. И. (Комитет по обеспечению качества в сфере образования и науки) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>07.04.2020 18:46:53: Байжанов Н. А. (Юридический Департамент) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+        <w:t>07.04.2020 19:56:04: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00C206E5" w:rsidRPr="00267767" w:rsidSect="00BE39F2">
+      <w:headerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001D7C5F" w:rsidRDefault="001D7C5F" w:rsidP="00C27373">
+    <w:p w:rsidR="00012960" w:rsidRDefault="00012960" w:rsidP="00C27373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001D7C5F" w:rsidRDefault="001D7C5F" w:rsidP="00C27373">
+    <w:p w:rsidR="00012960" w:rsidRDefault="00012960" w:rsidP="00C27373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
-    <w:charset w:val="CC"/>
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="001D7C5F" w:rsidRDefault="001D7C5F" w:rsidP="00C27373">
+    <w:p w:rsidR="00012960" w:rsidRDefault="00012960" w:rsidP="00C27373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="001D7C5F" w:rsidRDefault="001D7C5F" w:rsidP="00C27373">
+    <w:p w:rsidR="00012960" w:rsidRDefault="00012960" w:rsidP="00C27373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1690641372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w:rsidR="005F6A38" w:rsidRDefault="00293D42">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="007962DA">
+        <w:r w:rsidR="006649D1">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>12</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w:rsidR="005F6A38" w:rsidRDefault="00ED272A">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
@@ -9848,51 +16615,51 @@
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">08.04.2020 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:p w:rsidR="00A664D8" w:rsidRDefault="00A664D8">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>619633</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="6" name="Поле 6"/>
               <wp:cNvGraphicFramePr/>
@@ -9953,81 +16720,82 @@
                             </w:rPr>
                             <w:t xml:space="preserve">08.04.2020   Копия электронного документа. </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Поле 6" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:48.8pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCuzRaM+AIAAFwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHUmOYltC5MBJ4KKA&#10;kQRNiqxpioyFUKRK0rbcomfpKboq0DP4SB1SnzhpF03RDUXOjzPzHkenZ3Up0IZpUyiZ4egoxIhJ&#10;qvJCPmT44918MMHIWCJzIpRkGd4xg8+mb9+cbquUDdVKiZxpBEGkSbdVhlfWVmkQGLpiJTFHqmIS&#10;lFzpklg46ocg12QL0UsRDMNwFGyVziutKDMGpJeNEk99fM4ZtdecG2aRyDDkZv2q/bp0azA9JemD&#10;JtWqoG0a5B+yKEkh4dI+1CWxBK118VuosqBaGcXtEVVloDgvKPM1QDVR+KKa2xWpmK8FmmOqvk3m&#10;/4WlV5sbjYo8wyOMJCkBov23/c/9j/13NHLd2VYmBaPbCsxsfa5qQLmTGxC6omuuS/eFchDooc+7&#10;vrestoiC8HgShSFoKKgmYZSEycSFCZ68K23sO6ZK5DYZ1oCdbynZLIxtTDsTd5lU80IIj5+QaAsF&#10;HJ+E3qHXQHAhnS3zTGjCwKm2sPVySM6j9CWJhnF4PkwG89FkPIjn8ckgGYeTAWR6nozCOIkv519d&#10;9ChOV0WeM7koJOsYE8V/h0jL3QZrz5lniRslitxV5XJztV4IjTYEqLsUhD62/TqwCp6n49sJ1XVf&#10;X2XgEGyQ8ju7E8zFF/ID44C8B8wJ/Jtj/ZWEUiatx9r3EaydFYf0XuPY2jvXBoXXOPce/mYlbe9c&#10;FlJpj/aLtPPHLmXe2EMzDup2W1sva0/5nshLle+A31oB74CjpqLzAtq/IMbeEA0DAYQw5Ow1LFwo&#10;IJtqdxitlP78J7mzz7Bbh2Nw38KMybD5tCaaYSTeS3jESRTHoLL+EJ+Mh3DQh5rloUauywsFXIh8&#10;gn7r7K3otlyr8h7G4cxdDCoiKSSXYdttL2wz+WCcUjabeSMYQxWxC3lbURfaNdox766+J7pqn6IF&#10;Tl2pbhqR9MWLbGydp1SztVW88M/VtbppbAsBjDDPzHbcuhl5ePZWTz+F6S8AAAD//wMAUEsDBBQA&#10;BgAIAAAAIQC40NT/4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqF1+&#10;QprGqRAqcEAcWirUoxsvSdR4HcVuE96ezQluszuj2W/z1ehaccY+NJ40zGcKBFLpbUOVht3ny00K&#10;IkRD1rSeUMMPBlgVlxe5yawfaIPnbawEl1DIjIY6xi6TMpQ1OhNmvkNi79v3zkQe+0ra3gxc7lp5&#10;q1QinWmIL9Smw+cay+P25DRs5u/hw+7jjsKwHl/tfv1Fb0etr6/GpyWIiGP8C8OEz+hQMNPBn8gG&#10;0WpYpCmjRxaPCYgpoO6nzYHVXaIeQBa5/P9E8QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQCuzRaM+AIAAFwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQC40NT/4AAAAAwBAAAPAAAAAAAAAAAAAAAAAFIFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
                   <w:p w:rsidR="00A664D8" w:rsidRPr="00A664D8" w:rsidRDefault="00A664D8">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">08.04.2020   Копия электронного документа. </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="080311EB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="C70215A6"/>
     <w:lvl w:ilvl="0" w:tplc="C306673E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -10073,51 +16841,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="1">
     <w:nsid w:val="0AD011FC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8FFAD584"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10186,51 +16954,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="0AF20A9C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="627A6550"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
@@ -10551,51 +17319,51 @@
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="0D594488"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8F1A3F5A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10664,51 +17432,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="0F126209"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="94B68386"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10777,51 +17545,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="0F5263AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7EA619DC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2073" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10890,51 +17658,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7113" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6">
     <w:nsid w:val="11FD3CFC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B276E5BA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11003,51 +17771,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7">
     <w:nsid w:val="18884763"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB6690E4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1353" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2073" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11116,51 +17884,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6393" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7113" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8">
     <w:nsid w:val="1BFC4230"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E4E497CC"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11229,51 +17997,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9">
     <w:nsid w:val="2CAF7B48"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9078D092"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
@@ -11549,51 +18317,51 @@
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10">
     <w:nsid w:val="3788296A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FD72AE9C"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11662,51 +18430,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11">
     <w:nsid w:val="3F81798D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="295886F0"/>
     <w:lvl w:ilvl="0" w:tplc="5E3CBA86">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -11751,51 +18519,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12">
     <w:nsid w:val="3FDB7258"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2F1A64BA"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11864,51 +18632,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13">
     <w:nsid w:val="483973B2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="ADB0BBD6"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
@@ -12229,51 +18997,51 @@
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14">
     <w:nsid w:val="4BA71256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="4A120C04"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12342,51 +19110,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15">
     <w:nsid w:val="5C986DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2C180B60"/>
     <w:lvl w:ilvl="0" w:tplc="2E442CA6">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -12431,51 +19199,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16">
     <w:nsid w:val="5CD35286"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A8FC3D06"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12544,51 +19312,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17">
     <w:nsid w:val="64B821FD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F0C9044"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
@@ -12891,51 +19659,51 @@
         <w:bCs w:val="0"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
         <w:caps w:val="0"/>
         <w:smallCaps w:val="0"/>
         <w:strike w:val="0"/>
         <w:dstrike w:val="0"/>
         <w:color w:val="000000"/>
         <w:spacing w:val="0"/>
         <w:w w:val="100"/>
         <w:kern w:val="0"/>
         <w:position w:val="0"/>
         <w:highlight w:val="none"/>
         <w:vertAlign w:val="baseline"/>
         <w14:shadow w14:blurRad="0" w14:dist="0" w14:dir="0" w14:sx="0" w14:sy="0" w14:kx="0" w14:ky="0" w14:algn="none">
           <w14:srgbClr w14:val="000000"/>
         </w14:shadow>
         <w14:textOutline w14:w="0" w14:cap="rnd" w14:cmpd="sng" w14:algn="ctr">
           <w14:noFill/>
           <w14:prstDash w14:val="solid"/>
           <w14:bevel/>
         </w14:textOutline>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18">
     <w:nsid w:val="71D00CCE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D12E48F0"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13004,51 +19772,51 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19">
     <w:nsid w:val="7C0B7D51"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BA783C2A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13181,178 +19949,171 @@
   <w:num w:numId="14">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="19">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="20">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF38FB"/>
     <w:rsid w:val="00012960"/>
     <w:rsid w:val="00085433"/>
     <w:rsid w:val="0009044D"/>
     <w:rsid w:val="00091A5D"/>
     <w:rsid w:val="000D5B45"/>
     <w:rsid w:val="000D6753"/>
     <w:rsid w:val="000E1511"/>
     <w:rsid w:val="000E3C71"/>
     <w:rsid w:val="000E5A2E"/>
     <w:rsid w:val="00144767"/>
     <w:rsid w:val="00187E44"/>
-    <w:rsid w:val="001D7C5F"/>
     <w:rsid w:val="001E74D4"/>
     <w:rsid w:val="0020532F"/>
     <w:rsid w:val="00207C60"/>
     <w:rsid w:val="00236A72"/>
     <w:rsid w:val="0026545F"/>
     <w:rsid w:val="00267767"/>
     <w:rsid w:val="00271F49"/>
     <w:rsid w:val="00273285"/>
     <w:rsid w:val="002744B1"/>
     <w:rsid w:val="00291C1B"/>
     <w:rsid w:val="00292C8C"/>
     <w:rsid w:val="00293D42"/>
     <w:rsid w:val="0029557C"/>
     <w:rsid w:val="002A755C"/>
     <w:rsid w:val="002E395C"/>
     <w:rsid w:val="002E4D4E"/>
     <w:rsid w:val="00342435"/>
     <w:rsid w:val="00373765"/>
     <w:rsid w:val="003842FC"/>
     <w:rsid w:val="003C3AF2"/>
     <w:rsid w:val="003E1DC0"/>
     <w:rsid w:val="003E7408"/>
     <w:rsid w:val="00414893"/>
     <w:rsid w:val="00423913"/>
     <w:rsid w:val="00474FA2"/>
     <w:rsid w:val="00482445"/>
     <w:rsid w:val="004841DB"/>
     <w:rsid w:val="004858A4"/>
     <w:rsid w:val="00493CD0"/>
-    <w:rsid w:val="004B4774"/>
     <w:rsid w:val="004B725A"/>
     <w:rsid w:val="004C052E"/>
     <w:rsid w:val="004D28C9"/>
     <w:rsid w:val="004F481F"/>
     <w:rsid w:val="0050004B"/>
     <w:rsid w:val="00515AC1"/>
     <w:rsid w:val="00531B4E"/>
     <w:rsid w:val="00543E50"/>
     <w:rsid w:val="00573762"/>
     <w:rsid w:val="00585ECF"/>
     <w:rsid w:val="005B3789"/>
     <w:rsid w:val="005C27E0"/>
     <w:rsid w:val="005F6A38"/>
     <w:rsid w:val="00620F87"/>
     <w:rsid w:val="00635A82"/>
     <w:rsid w:val="00636790"/>
     <w:rsid w:val="0066434D"/>
     <w:rsid w:val="006649D1"/>
     <w:rsid w:val="00677999"/>
     <w:rsid w:val="006B2825"/>
     <w:rsid w:val="006D073C"/>
     <w:rsid w:val="006D3C29"/>
     <w:rsid w:val="006E37D3"/>
     <w:rsid w:val="007002D9"/>
     <w:rsid w:val="00704F07"/>
-    <w:rsid w:val="00732A55"/>
     <w:rsid w:val="00754FB2"/>
     <w:rsid w:val="00757550"/>
-    <w:rsid w:val="007962DA"/>
     <w:rsid w:val="007D21BB"/>
     <w:rsid w:val="007D5C2D"/>
     <w:rsid w:val="007E4E4E"/>
     <w:rsid w:val="00831B8F"/>
     <w:rsid w:val="00880C3B"/>
     <w:rsid w:val="008853F4"/>
     <w:rsid w:val="008C0B5C"/>
     <w:rsid w:val="008F173D"/>
     <w:rsid w:val="008F286B"/>
-    <w:rsid w:val="009154B9"/>
     <w:rsid w:val="00923BCF"/>
     <w:rsid w:val="00942F4D"/>
     <w:rsid w:val="00953949"/>
     <w:rsid w:val="00964E00"/>
     <w:rsid w:val="009B3F89"/>
     <w:rsid w:val="009B480D"/>
     <w:rsid w:val="009D42D4"/>
     <w:rsid w:val="009F5AC7"/>
     <w:rsid w:val="00A00F85"/>
     <w:rsid w:val="00A01027"/>
     <w:rsid w:val="00A204E0"/>
     <w:rsid w:val="00A664D8"/>
     <w:rsid w:val="00A8739B"/>
     <w:rsid w:val="00A9486A"/>
     <w:rsid w:val="00AB3B63"/>
     <w:rsid w:val="00AE46BF"/>
     <w:rsid w:val="00B1509F"/>
     <w:rsid w:val="00B4186C"/>
     <w:rsid w:val="00B5330D"/>
     <w:rsid w:val="00B53777"/>
     <w:rsid w:val="00B87487"/>
     <w:rsid w:val="00B90D0C"/>
-    <w:rsid w:val="00B921AC"/>
     <w:rsid w:val="00BA10AA"/>
     <w:rsid w:val="00BA7043"/>
     <w:rsid w:val="00BD37D8"/>
     <w:rsid w:val="00BE39F2"/>
     <w:rsid w:val="00BE6C05"/>
     <w:rsid w:val="00C206E5"/>
     <w:rsid w:val="00C24897"/>
     <w:rsid w:val="00C27373"/>
     <w:rsid w:val="00C33DDF"/>
     <w:rsid w:val="00C4158C"/>
     <w:rsid w:val="00C57A84"/>
     <w:rsid w:val="00C9276A"/>
     <w:rsid w:val="00C94D63"/>
     <w:rsid w:val="00C95FA3"/>
     <w:rsid w:val="00CA781D"/>
     <w:rsid w:val="00CF38FB"/>
     <w:rsid w:val="00D108B6"/>
     <w:rsid w:val="00D42283"/>
     <w:rsid w:val="00D84632"/>
     <w:rsid w:val="00D96AFC"/>
     <w:rsid w:val="00DA65E2"/>
     <w:rsid w:val="00DB597D"/>
     <w:rsid w:val="00DD73E0"/>
     <w:rsid w:val="00DF231D"/>
     <w:rsid w:val="00E06498"/>
@@ -13370,444 +20131,623 @@
     <w:rsid w:val="00FE1C28"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2A38C0BD"/>
-  <w15:docId w15:val="{92F39243-3D37-4214-A493-99C6F71B49D3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00267767"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="00267767"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00267767"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00267767"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C27373"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C27373"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00BE39F2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00BE39F2"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
+    <w:qFormat/>
+    <w:rsid w:val="00B87487"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="00DF231D"/>
+    <w:rPr>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
+    <w:name w:val="Table Normal"/>
+    <w:rsid w:val="00573762"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:bdr w:val="nil"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="List Paragraph"/>
+    <w:rsid w:val="00573762"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:top w:val="nil"/>
+        <w:left w:val="nil"/>
+        <w:bottom w:val="nil"/>
+        <w:right w:val="nil"/>
+        <w:between w:val="nil"/>
+        <w:bar w:val="nil"/>
+      </w:pBdr>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+      <w:color w:val="000000"/>
+      <w:u w:color="000000"/>
+      <w:bdr w:val="nil"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ac">
+    <w:name w:val="Нет"/>
+    <w:rsid w:val="00573762"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink0">
+    <w:name w:val="Hyperlink.0"/>
+    <w:basedOn w:val="ac"/>
+    <w:rsid w:val="00573762"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Hyperlink" w:uiPriority="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00267767"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressAutoHyphens/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       <w:textAlignment w:val="baseline"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:kern w:val="3"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -14023,59 +20963,59 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
       <w:color w:val="000000"/>
       <w:u w:color="000000"/>
       <w:bdr w:val="nil"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ac">
     <w:name w:val="Нет"/>
     <w:rsid w:val="00573762"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Hyperlink0">
     <w:name w:val="Hyperlink.0"/>
     <w:basedOn w:val="ac"/>
     <w:rsid w:val="00573762"/>
     <w:rPr>
       <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elarna.kz/ru/programma" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://balapan.kaztrk.kz/ru/program" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -14289,93 +21229,93 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C3E7CA5F-2AC0-4F22-8297-F679DCEECC76}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7DAE7409-55C4-43E4-9FE1-7E115ACBA869}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>21981</Characters>
+  <Pages>13</Pages>
+  <Words>3985</Words>
+  <Characters>22718</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>183</Lines>
-  <Paragraphs>51</Paragraphs>
+  <Lines>189</Lines>
+  <Paragraphs>53</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>25786</CharactersWithSpaces>
+  <CharactersWithSpaces>26650</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>