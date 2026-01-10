--- v0 (2025-12-10)
+++ v1 (2026-01-10)
@@ -1,15826 +1,15749 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
-[...3 lines deleted...]
-        <w:ind w:left="5112"/>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>от «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3» сентября</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 года</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>№ 381</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Приложение 5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к приказу Министра образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="4962"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>от 13 августа 2020 года № 345</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Методические рекомендации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">учебного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесса </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организациях дополнительного образования </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в период ограничительных мер, связанных с недопущением распространения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">коронавирусной инфекции </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қазақстан Республикасы Білім және</w:t>
-[...58 lines deleted...]
-        <w:ind w:left="5112"/>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Настоящие методические рекомендации разработаны в помощь руководителям и педагогам организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">дополнительного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образования детей (далее – организации ДОД) с целью эффективной организации учебно-воспитательной деятельности в 2020-2021 учебном году в различных форматах в условиях соблюдения карантинных мер, а также для оказания качественных образовательных услуг с использованием дистанционных технологий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Форматы обучения будут различными, исходя из санитарно-эпидемиологической ситуации в каждом конкретном регионе по решению местных исполнительных органов с учетом решения главного государственного санитарного врача соответствующей территории.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организации ДОД работают в следующих форматах:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дистанционный формат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальное занятие в штатном режиме (на основании заявлений родителей или законных представителей детей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятия в штатном формате в группах не более 15 человек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Традиционное обучение (занятия в штатном формате в группах не более 15 человек) - организаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесса обучения в штатном режиме с соблюдением норм санитарной безопасности</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при благоприятной санитарно-эпидемиологической ситуации в каждом конкретном регионе.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Переход организаций </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>работе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в штатном режиме зависит от санитарно-эпидемиологической ситуации в регионе.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Дистанционное обучение - организаци</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесса обучения, основанн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ая</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на использовании современных информационных и телекоммуникационных технологий, позволяющих осуществлять обучение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">на расстоянии без непосредственного контакта между педагогом и обучающимися. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:suppressAutoHyphens/>
+        <w:overflowPunct w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 2.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:w w:val="105"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рганизации учебного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Учебный процесс, реализуемый в дистанционной форме, предусматривает значительную долю самостоятельных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий обучающ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся; методическое и дидактическое руководство и обеспечение этого процесса со стороны организации ДОД, а также регулярный систематический контроль и учет учебных достижений обучающихся. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5112"/>
-[...21 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Комбинированный формат обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> предусматривает дистанционное обучение (теория) в онлайн, офлайн режиме, также </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальные занятия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в штатном режиме</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и занятия в штатном формате в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при наличии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="5112"/>
-[...266 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve">1. Осы әдістемелік ұсынымдар 2020-2021 оқу жылында карантин шараларын сақтау жағдайында әр түрлі форматтағы оқу-тәрбие қызметін тиімді ұйымдастыру мақсатында, сондай-ақ қашықтан оқыту технологияларын қолдану арқылы сапалы білім беру қызметін көрсету үшін балаларға қосымша білім беру ұйымдарының (бұдан әрі-БҚББ ұйымдары) басшылары мен педагогтеріне көмек ретінде әзірленді. </w:t>
-[...381 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>санитарно-эпидемиологических условий в организациях ДОД, т.е. обеспечивается термометрия, масочный, питьевой режимы, наличие санитайзеров, дезинфицирующих средств, проветривание, кварцевание, соблюдение расстояния 1,5 метра, влажная уборка и т.д.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) письменного согласия педагогов работать в штатном режиме. Если педагог отказывается от работы в штатном режиме, организация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает родителям в открытии групп. Учащиеся обучаются в дистанционном режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) заявлений родителей в электронной форме через доступные средства связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">согласно образцу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>представленному в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>приложении 1 к Методическим рекомендациям по организации учебного процесса в организациях дополнительного образования в период ограничительных мер, связанных с недопущением распространения коронавирусной инфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лительность занятий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 2) педагогтердің штаттық режимде жұмыс істеуге жазбаша келісімі болуы керек. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">в штатном режиме – 40 мин. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Санитарные правила «Санитарно-эпидемиологические требования к объектам образования»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организациями ДОД детей вместе с родителями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>согласуется</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формат обучения и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">будет </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составлено гибкое расписание с учетом расписания занятий в школе, чередования режима отдыха и учебы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. В комбинированном формате обучения теоретические занятия музыкальных, художественных дисциплин, языковых курсов, по робототехнике, программированию, экологии, туризму, шахматам будут проводиться дистанционно, а практические занятия – в штатном режиме – это индивидуальные занятия и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятия в штатном формате в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Практические занятия по обучению игре на музыкальных инструментах, например, фортепиано, домбыра, баян, скрипка и др., также по вокалу будут организованы индивидуально в штатном режиме. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">По коллективным видам дисциплин как хор, оркестр, хореография, сольфеджио, изобразительное, театральное, цирковое искусство и т.д. будет предоставлена возможность проведения занятий в штатном режиме в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на основании заявления родителей и с соблюдением строгих санитарных требований.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">        Кроме того, практические занятия на свежем воздухе на территории организации дополнительного образования в штатном режиме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> могут проводить станции юных техников по авиа, судо-, автомоделированию, конструированию, картингу, мотокроссу, также на территории организации могут проводить занятия станции юных экологов и туристов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8. Перечень занятий для обучения в штатном и дистанционном режимах определяется решением педагогического совета и утверждается приказом руководителя организации ДОД.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9. Дистанционная форма обучения при необходимости реализовыва</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тся комплексно с традиционной (штатный формат) и другими форматами его получения при неблагоприятных погодных условиях, чрезвычайных ситуациях и карантине, в случае </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перехода</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на индивидуальный график обучения с предоставлением необходимых документов, а также в ситуациях, предусмотренных законодательством. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. При переходе </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДОД из дистанционного в штатный режим обучения по желанию родителей обучающегося можно оставить на дистанционном обучении. Для этого необходимо родителям подать заявление по образцу, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="x-none"/>
+        </w:rPr>
+        <w:t>представленному в приложении 1 к Методическим рекомендациям по организации учебного процесса в организациях дополнительного образования в период ограничительных мер, связанных с недопущением распространения коронавирусной инфекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) Руководитель организации ДОД:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- принимает соответствующий нормативный акт работодателя по выбору формата обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- перераспределяет трудовые функции работников по обеспечению образовательного процесса в штатно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и дистанционно</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> формата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">х </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">с сохранением оплаты труда; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- определяет трудовые функции работников, обеспечивающих жизнедеятельность и функционирование организации ДОД в формате штатного и дистанционного формата (административный, технический персонал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- знакомит персонал организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с перераспределением функций.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Заместители руководителя организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- составляют расписание занятий с учетом формата обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- организуют деятельность педагогов в соответствии с утвержденным расписанием и обратную связь с ними.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) Педагоги: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- доводят до сведения обучающихся и их родителей (законных представителей) информацию о формате в виде дистанционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и правил организации учебного процесса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- реализуют учебный процесс с учетом утвержденного формата.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Контингент </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, расписание, график работы, педагогический состав </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организации ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> утверждаются на заседании педагогического совета. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Основные требования к организации образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Основные требования устанавливаются Уставом организации ДОД, коллективным договором и внутренним распорядком: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  обеспечение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образовательного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесса в соответствии с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образовательными программами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-15"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>соблюдение мер профилактики и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обеспечение соответствия санитарно-гигиеническим нормам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- обеспечение доступа к широкополосному к Интернету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- компьютерное оборудование</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, инструменты, материалы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и другое.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Глава 3.  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Организация образовательного процесса в дистанционном формате</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11. Категории, обучающихся в дистанционном формате формируются по заявлению родителей согласно приложению 1 к Методическим рекомендациям по организации учебного процесса в организациях дополнительного образования в период ограничительных мер, связанных с недопущением распространения коронавирусной инфекции. при наличии соответствующих условий в организации ДОД:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обучающиеся организаций ДОД; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- обучающиеся подготовительного и первого года обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- обучающиеся с особыми образовательными потребностями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. Образовательный процесс в дистанционном формате осуществляется с использованием Интернет-платформ с цифровыми образовательными ресурсами для обеспечения полной изоляции детей, педагогов и других сотрудников. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для проведения дистанционных занятий организация ДОД использует Интернет-платформу. Функционал интернет-платформы обеспечивает качество и учет ведения занятий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қосымша білім беру ұйымдарында коронавирустық инфекцияның таралуын болдырмаумен байланысты шектеу шаралары кезеңінде оқу процесін ұйымдастыру бойынша әдістемелік ұсынымдардың 1-қосымшасында көрсетілген үлгіге сәйкес </w:t>
-[...216 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...518 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Для д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Қосымша білім беру ұйымдарында коронавирустық инфекцияның таралуын болдырмаумен байланысты шектеу шаралары кезеңінде оқу процесін ұйымдастыру бойынша әдістемелік ұсынымдардың 1-қосымшасында көрсетілген үлгіге сәйкес </w:t>
-[...11 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:t xml:space="preserve">истанционного обучения можно использовать электронные интернет-платформы, которые организиации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> выбирают самостоятельно. Использование интернет-платформ возможно для проведения занятий в онлайн режиме – прямом эфире.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
+        </w:pBdr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дистанционное обучение возможно также в офлайн режиме через электронную почту и другие средства связи (направление материалов для обучающихся: запись видеозанятия, презентацию, лекционные материалы, схемы, ноты, рисунки и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При отсутствии интернета и компьютера осуществляется доставка учебных материалов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...254 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Составляется гибкое расписание дистанционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:w w:val="110"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> при обязательном выполнении образовательных программ и рабочих планов, согласуется с родителями. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Обратная связь осуществляется через электронный журнал, электронную почту. Если организация ДОД не работает в системе электронного журнала, обратная связь осуществляется через доступные средства связи и платформы.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...17 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1) білім алушылар мен олардың ата-аналарын (заңды өкілдерін) қашықтан оқыту форматы және оқу процесін ұйымдастыру ережелері туралы хабардар етеді;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>1) и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нформируют обучающихся и их родителей (законных представителей) о формате обучения в виде дистанционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и правилах организации учебного процесса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>2) п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роводят мониторинг технических возможностей обучающихся к дистанционному обучению: на  наличие компьютера, интернета; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3) білім алушылардың техникалық мүмкіндіктеріне қарай білім беру бағдарламасын меңгеру тәсілдерін айқындайды</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>3) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пределяют способы освоения образовательной программы обучающимися исходя из их технических возможностей: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- интернет-платформаларды, электрондық поштаны, мессенджерлерді және </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>- путем использования интернет-платформ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, электронной почты, мессенджеров и др.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">. пайдалану арқылы; </w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- тапсырмаларды пошта арқылы немесе қағаз тү</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>- путем передачи заданий через почту или нарочно на бумажных носителях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">інде </w:t>
-[...50 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">- </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t xml:space="preserve">- информируют руководство </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>БҚББ</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> ұйымының басшылығын бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ім алушылардың техникалық мүмкіндіктері туралы хабардар етеді</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>технических</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>возможностях,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4) электрондық журналдар жүйесінде, сондай-ақ түрлі мессенджерлер арқылы чаттар, білім алушылар мен олардың ата-аналарының форумдарын жасайды және қолданады</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>4) с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оздают и используют чаты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, форумы обучающихся и их родителей в системах электронных журналов, а также через различные мессенджеры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5) білім алушылармен және олардың ата-аналарымен (заңды өкілдерімен) тұрақты байланыс жасайды.</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>5) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">существляют </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>постоянную</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> связь с обучающимися и их родителями </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>(законными представителями).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6) өзінің техникалық және педагогикалық мүмкіндіктеріне сүйене отырып, сондай-ақ білім алушылардың мүмкіндіктеріне қарай оқу процесін ұйымдастыру тәсілін анықтайды</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>6) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пределяют способ организации учебного процесса исходя из своих технических и педагогических возможностей, а также применительно к возможностям обучающихся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- вебинар немесе мессенджер</w:t>
-[...30 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>- режим онлайн через вебинар или мессенджеры;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- бейнесабақты дайындау;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>- подготовка видео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- жазбаша форматтағы қары</w:t>
-[...32 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>- общение в письменном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>- аталған әдістердің комбинациясы.</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>- комбинация перечисленных методов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Бейне байланыс жазбаларын ортақ </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>Записи видео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>чаттар</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>можно передавать в общие чаты или размещать в облачных сервисах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> жіберуге немесе оларға сілтеме жасай отырып бұлт қызметтеріне орналастыруға болады</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>предоставляя на них ссылки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7) қашықтан оқытудың таңдалған форматына сәйкес оқу процесін жүзеге асырады</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>7) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>существляют учебный процесс согласно выбранному формату дистанционного обучения.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
-[...1 lines deleted...]
-        <w:widowControl w:val="0"/>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>При проведении занятия через интернет-платформы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог предоставляет обучающимся учебный материал для самостоятельного изучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ выполнения заданий, кроме этого рекомендует занятия, размещенные на интернет-платформах, а также использование доступных цифровых образовательных ресурсов.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) предоставляют обучающимся задания для самостоятельного изучения/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выполнения после просмотра </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>видеозанятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в системе электронных журналов, через различные мессенджеры, ссылки на доступны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> платформ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и канал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (при наличии технических возможностей);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="426"/>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">9) білім алушылармен кері байланысты жүзеге асырады: </w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>9) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">существляют обратную связь с обучающимся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  принимают </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>результаты выполненных работ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-  проводят анализ выполненного задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>-  комментируют и предоставляют рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
         </w:tabs>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-  знакомят обучающегося с результатами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-  проводят</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными потребностями при необходимости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>10) кері байланыс:</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>10) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>братная связь осуществляется посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- электронных журналов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на платформе организации ДОД и других</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> систем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-   мес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>енджеров;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...29 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-   телефонной связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="284"/>
           <w:tab w:val="left" w:pos="1134"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Периодичность предоставления обратной связи </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> определяет самостоятельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="709"/>
           <w:tab w:val="left" w:pos="851"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>11) үйде оқытуды ұйымдастыру мәселелері, білім алушының оқудағы жетістіктері мен проблемалары бойынша білім алушының ата-аналарымен өзара іс-қимыл жасайды.</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>11) в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">заимодействуют с родителями обучающегося по вопросам организации обучения на дому, достижений и проблемах  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обучающегося </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в обучении.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместители руководителя организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) проводят мониторинг возможност</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ей</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогов к организации учебного процесса.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) определяют возможность проведения аттестационных, творческих и иных работ обучающихся</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3) оқу тапсырмасын алу әдістері мен құралдарын анықтайды;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>3) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пределяют методы и средства  получения учебного задания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">4) БҚББ ұйымы үшін қолжетімді кері байланысты жүзеге асырудың әдістері мен құралдарын айқындайды;  </w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>4) о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пределяют доступные для данной организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> методы и средства осуществления обратной связи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>5) педагогтерге қашықтан оқыту, кері байланысты жүзеге асыру, ағымдағы және қорытынды бағалау бойынша ұсыныстар береді;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>5) д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ают рекомендации педагогам по проведению дистанционного обучения, осуществлению обратной связи, текущему и итоговому оцениванию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6) оқу процесінің барысына бақылау жүргізеді;</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>6) п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>роводят контроль за ходом учебного процесса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">7) білім алушылардың оқу жетістіктеріне мониторинг және талдау жүргізеді.  </w:t>
-[...257 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>7) п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">роводят мониторинг и  анализ учебных достижений обучающихся.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12. Организация учебного процесса на дому.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающийся и его родители (законные представители) должны знать, каким образовательным порталом или образовательной платформой пользуется школа, доступ к ним должен быть обеспечен своевременно. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Обучающийся должен знать названия всех программ, используемых в работе. Уметь своевременно подключить необходимый образовательный портал или образовательную платформу. Всю необходимую информацию он и его родители должны получить у </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Необходимо организовать </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося с учетом расписания занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в школе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, чередования режима отдыха и учебы. Создать обучающемуся следующие условия для дистанционного обучения:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- обеспечить тишину и рабочую обстановку;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- исключить фоновый шум телевизоров или присутствие других детей, или животных в комнате обучающегося;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- обеспечить рабочее место и оборудование, подключить видео, наушники;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- во время </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> у обучающегося должны быть включены и звук, и видео;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- обучающийся и родители должны видеть и педагога по этим же данным (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">объединение, группа, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">класс, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кружок, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">предмет, ФИО </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>);</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- в случае выключения в ходе урока у обучающегося звука или видео, педагог звонит по телефону родителю и устраняет неполадки; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- в случае сбоя работы интернет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, обучающийся или его родители (законные представители) должны сообщить в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или педагогу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">для скорейшего исправления ситуации и возобновления учебной деятельности; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...7 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающийся просматривает материалы и задания по предметам согласно расписанию или определяет самостоятельно время просмотра видео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...6 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающийся выполняет полученные задания в удобное для него время и отправляет педагог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работу по мере их выполнения, находится на связи с педагогом.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:pBdr>
           <w:top w:val="nil"/>
           <w:left w:val="nil"/>
           <w:bottom w:val="nil"/>
           <w:right w:val="nil"/>
           <w:between w:val="nil"/>
           <w:bar w:val="nil"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:color="000000"/>
           <w:bdr w:val="nil"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Санитарные требования к работе обучающегося за компьютером</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12 Длительность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">онлайн </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:u w:color="000000"/>
+          <w:bdr w:val="nil"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>подготовительных группах и объединениях, группах первого года обучения (1 класс) - не более 15 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) в 2-3 классах</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (объединениях, группах и др.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - не более 20 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в 4-5 классах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(объединениях, группах и др.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- не более 25 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) в 6-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> классах </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(объединениях, группах и др.) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- не более </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>У</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пражнения для глаз </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>или</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> физкультурная </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>минутка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проводятся после каждого занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
-        <w:pBdr>
-[...20 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Одновременное использование одного компьютера или ноутбука двумя и более людьми, независимо от возраста не рекомендуется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...19 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="center"/>
-[...1434 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6-тарау.  Штаттық форматта жеке сабақтар және 15 адамнан аспайтын топтарда бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+        <w:t>Глава 5. Организация образовательного процесса в штатном режиме</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-20"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">13. Обучение осуществляется </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">во </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>всех объединениях (группах, классах), в т.ч. подготовительных, с обеспечением ежедневного замера температуры обучающихся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дети с температурой возвращаются домой, при выявлении заболевших обеспечивается переход на дистанционное обучение всего объединения (группы, класса), организация ДОД продолжает функционировать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14. При организации образовательного процесса в штатном режиме необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составление расписания занятий с указанием времени начала и завершения;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>увеличение смен для социального дистанцирования, сокращения физических контактов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исключение кабинетной системы, занятия проводятся в определенном кабинете;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) организация перемен между занятиями в разное время для разных групп;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) ежедневный замер температуры обучающихся и педагогов при входе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) обеспечение режима ношения масок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) расстановка учебных столов на расстоянии 1,5 метра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) проветривание, кварцевание кабинетов и всех помещений;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) мытье рук и использование специальных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) влажная уборка кабинетов после каждого второго занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11) влажная уборка между сменами, подсменами в коридорах, рекреациях, холлах и других помещениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12) обработка использованной посуды дезинфицирующими средствами после каждого приема пищи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13) функционирование медицинских кабинетов и изоляторов (при наличии) для ежедневного замера температуры, выявления симптомов заболеваний, изоляции, в случаях выявления заболевших, объявления карантина и перехода на дистанционное обучение всей группы, контроля состояния детей, с последующим возвращением группы в штатный режим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14) организация занятий по хореографии и других подвижных занятий на свежем воздухе или постоянное проветривание залов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15. Организация ДОД обеспечивается достаточным количеством дезинфицирующих средств для обработки поверхностей предметов, кабинетов, рекреаций, холлов и других помещений. У входа устанавливаются дезинфицирующие тоннели, дезинфицирующие коврики для обуви, на всех этажах устанавливаются санитайзеры для обработки рук, обеспечивается термометрия.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Важно учитывать качественное водоснабжение, условия для мытья рук моющими средствами.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000473C9">
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ім беру процесін ұйымдастыру</w:t>
-[...7 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>Глава 6. Организация образовательного процесса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="24"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:t>индивидуальных занятиях и занятиях в штатном формате в группах не более 15 человек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...42 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">16. В 2020-2021 учебном году обучение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>в организациях ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в связи с ограничительными мерами по борьбе с коронавирусной инфекцией и неблагоприятной санитарно-эпидемиологической ситуацией начинается в дистанционном формате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...93 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">При этом, по заявлению родителей или законных представителей детей при наличии условий в организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> возможна о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рганизация образовательного процесса на индивидуальных занятиях и в группах не более 15 человек в штатном режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация образовательного процесса на индивидуальных занятиях и в группах не более 15 человек осуществляется при строгом соблюдении </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>санитарных эпидемиологических требований, в т.ч. согласно настоящему порядку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">17. К обучению </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на индивидуальных занятиях и в группах не более 15 человек допускаются</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дети, не имеющие хронических заболеваний (указывается в заявлении).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право выбора обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>детей на индивидуальных занятиях и в группах не более 15 человек принадлежит</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителям или законным представителям детей. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Право выбора родители или законные представители детей выражают путем подачи заявления на имя руководителя </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">18. Родители или законные представители детей, отправляя детей обучаться </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на индивидуальных занятиях и в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, выражают понимание и свое согласие в том, что дети будут находиться в общественной среде и подвергаются риску заражения коронавирусной инфекцией.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родители или законные представители детей обеспечивают детей средствами санитарной безопасности: маски, перчатки, антисептик в индивидуальном флаконе для обработки рук или влажные антибактериальные салфетки, питьевой водой.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Родители или законные представители детей разъясняют своим детям о необходимости социального дистанцирования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родители или законные представители детей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">подготовительных групп и первого года обучения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляют сопровождение детей до входных наружных дверей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> перед началом </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и сопровождение детей после завершения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с входных наружных дверей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до дома.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает запас дезинфицирующих средств (дезинфицирующий коврик у входа, тепловизоры, санитайзеры, средства для обеспечения влажной, дезинфицирующей уборки);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наличие условий в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> означает соответствие всем санитарным требованиям, наличие педагогов, согласных работать в штатном режиме. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагог письменно оформляет в произвольной форме свое согласие работать в штатном режиме. В случае, когда педагог соглашается работать в штатном режиме, он выражают понимание и свое согласие в том, что будет находиться в общественной среде и подвергаться риску заражения коронавирусной инфекцией.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случаях, если </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организация </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> не может обеспечить </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обучени</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на индивидуальных занятиях и в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагогом в связи с их отказом от работы в штатном режиме, родителям отказывается в открытии </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>групп</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. В этом случае учащиеся обучаются в дистанционном режиме.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>19. Рекомендации для минимизации внешних контактов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) принцип «Одна группа – один педагог»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) наполнямость группы – не более 15-и детей;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>3) продолжительность занятий согласно САН ПИН;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) к обучению допускаются дети, не имеющие хронические заболевания.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">20. Порядок организации работы на индивидуальных занятиях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) прием на индивидуальные занятия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осуществляется в организациях ДОД на основании заявления родителей или законных представителей согласно приложению 1 к Методическим рекомендациям по организации учебного процесса в организациях дополнительного образования в период ограничительных мер, связанных с недопущением распространения коронавирусной инфекции. Заявление принимается в электронном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) организация ДОД оповещает родителей заранее о приеме заявлений на индивидуальные занятия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и в группах не более 15 человек</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в штатном режиме через доступные средства связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) контингент, расписание, график работы, педагогический состав определяется решением педагогического совета и утверждается приказом руководителя организации ДОД. Образовательный процесс осуществляется согласно утвержденному плану организации ДОД; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) расписание занятий в штатном режиме и дистанционном режиме составляются в синхронном порядке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) образовательный процесс в штатном режиме осуществляется при строгом соблюдении санитарных эпидемиологических норм;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) запрещается передвижение по кабинетам, проведение мероприятий и родительских собраний;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) все </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оперативные совещания проводятся в дистанционном формате;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) столовые/ буфеты (при наличии) не функционируют;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="24"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) сопровождение обучающихся родителями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> до занятий и после осуществляется до входа в организацию ДОД. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21.При организации занятий в штатном режиме необходимо обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1) увеличение смен и подсмен для социального дистанцирования;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2) сокращение физических контактов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3) максимальное использование площади организации ДОД для обеспечения социальной дистанции между детьми;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4) ежедневный замер температуры педагогов и обучающихся при входе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5) режим ношения масок;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6) расстановка учебных столов на расстоянии 1 метра;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>7) проветривание, кварцевание кабинетов, рекреаций;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8) мытье рук и использование специальных средств после каждого занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9) влажная уборка кабинетов после каждого второго занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10) влажная уборка между сменами, подсменами в коридорах, рекреациях, холлах и других помещениях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>11) функционирование медицинских кабинетов и изоляторов (при наличии) для ежедневного замера температуры, выявления симптомов заболеваний, изоляции, в случаях выявления заболевших, объявления карантина и перехода на дистанционное обучение всей группы, контроля состояния детей, возвращения группы в штатный режим;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12) организация занятий по хореографии и других подвижных занятий на свежем воздухе или постоянное проветривание залов. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Глава 7. Общие требования к организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>процесса при дистанционном формате обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Деятельность обучающегося:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>получение учебного материала (теоретический материал, методические указания, практические задания, тесты, лабораторные работы и т.д.) согласно план</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, расписани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, каждое занятие подается структурированно;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>просмотр индивидуальной траектории обучения (расписание, графики), результатов обучения, информации об изменении своих когнитивных умений (характеристик), необходимых для анализа успешности по конкретному учебному предмету, информации о своем режиме взаимодействия и работы на платформе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>самостоятельное изучение теоретического</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> практическ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материала, тестировани</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> знаний, самостоятельная проверка знаний; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>получение инструкций, а также поддержки в работе с платформой, учебным материалом посредством обратной связи с педагогом.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Предполагаемый режим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>дня,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> обучающегося</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000473C9">
-[...29 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>росмотр материалов и заданий (каждый определяет время самостоятельно)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">вязь с </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>педагогом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (по мере необходимости)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- в</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ыполнение полученных заданий в удобное время и отправка педагогу  по мере выполнения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>абота с педагогом и обсуждение возникших вопросов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ланирование следующего дня. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Деятельность педагога и его возможности:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- просмотр и корректировка </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательной </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>траектории обучающегося (расписание и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- возможность управления учебным материалом (размещение, предоставление заданий, результатов достижений и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-  разработка и наличие обратной связи для комментария, рубрик и др. по выполненной работе;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-  возможность </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>использования на занятии</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> самостоятельно разработанн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> учебн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ого</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> материал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Алгоритм осуществления обратной связи с обучающимися</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Педагог организует обратную связь с обучающимся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">- принимает результаты выполненных работ; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- проводит анализ выполненного задания; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- комментирует и предоставляет обратную связь и рекомендации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- проводит индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными потребностями.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Обратная связь может быть осуществлена посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- Интернет-платформы, электронной почты и др.; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- мобильной и стационарной телефонной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>При отсутствии связи, Интернета учебные материалы доставляются обучающимся.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>При</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...96 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>передаче учебных материалов на бумажном носителе необходимо:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- указать объединение (группу, класс), название учебного предмета, тему занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- предоставить краткий конспект, тезисы по теме занятия;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- обозначить</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>перечень</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>вопросов для</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>самостоятельного выполнения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>и закрепления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- предоставить задания в соответствии с целями обучения и критери</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>ями</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оценивания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- предложить дополнительные материалы по теме и механизм обратной связи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 8. Рекомендации по снижению нагрузки на обучающихся при обучении с использованием дистанционных технологий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В условиях </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>комбинированного</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и полного дистанционного обучения меняется формат домашнего задания, поскольку все учебные задания выполняются в домашних условиях. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В связи с этим </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> цел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ью</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> недопущения перегрузки обучающихся необходимо неукоснительное выполнение педагогами </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Санитарны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> правил «Санитарно-эпидемиологические требования к условиям работы с источниками физических факторов (компьютеры и видеотерминалы), оказывающих воздействие на человека», утвержденны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>х</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:spacing w:val="-1"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>риказом Министра национальной экономики Республики Казахстан от 21 января 2015 года № 38.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Глава 9. Требования к разработке видео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">занятий </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>с использованием дистанционных образовательных технологий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Общие требования:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1. Организационные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- соответствие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательным </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>программам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- реализация дидактических принципов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- использование телевизионных, информационно-коммуникативных и мультимедийных технологий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- структура </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">начало </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>: титры (объединение, группа, класс), кружок, предмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>ұйымы басшысының атына өтініш беру арқылы білдіреді.</w:t>
-[...236 lines deleted...]
-          <w:lang w:val="kk-KZ" w:eastAsia="x-none"/>
+        <w:t>формулировка цели обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>объяснение нового учебного материала, вопросы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>заключительная часть: выводы, обратная связь.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- обратная связь осуществляется посредством: электронных журналов, интернет-платформ; электронной почты; месcенджеров; мобильной и стационарной телефонной связи;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- акцент на самостоятельное изучение учебного материала, вовлечение каждого обучающегося в активное обучение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- аудиовизуальные средства: графика, аудио, видеоматериалы, презентации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- оптимальный объем заданий на закрепление материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- дифференцированные учебные задания;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- разработка инструкций, алгоритмов, рекомендаций для самостоятельного выполнения заданий;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- применение различных методов организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (частично-поисковый, эвристический, исследовательский, проектная работа, исследование, обсуждение в чатах, социальной сети, в переписке по почте);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- возможность обучающимся просмотреть в любое время (офлайн- режим). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными потребностями (при необходимости). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Содержание </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                            </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- не содержит информацию, распространение которой запрещено законодательством Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-   не противоречит требованиям Закона Республики Казахстан от 2 июля 2018 года № 169-VI «О защите детей от информации, причиняющей вред их здоровью и развитию»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-   не содержит информацию, не способствующую достижению учебных целей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-    оптимальный выбор контента </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- сведения научно достоверные, терминология точная, информация четко структурированная;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- подача теоретического материала: логичная, четкая, полная, последовательная; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- сочетание «классического» (повествовательного) и нестандартного стилей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-  разумное соотношение натурной съемки и символьного наполнения (заставки, текст и пр.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- количество слайдов - 8-10 на одн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- указан автор и (или) источник заимствованного материала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3. Эмоциональный фон</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- голос педагога спокойный, доброжелательный, достаточный для восприятия звучания, речь отчетливая, дикция хорошая;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>изложение убедительное, свободное, в достаточной мере эмоциональное (эффект присутствия), темп изложения неторопливый;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- психологическое воздействие: стиль и язык произносимого текста, интонирование, акцептация отдельных предложений, эмоциональные подъёмы, паузы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- адекватное (в эмоциональном плане) музыкальное сопровождение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4. Дизайн занятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- цветовой фон постоянный - из трех цветов, близких по цветовой гамме; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-  текст на экране лаконичный, четкий, не перегружен;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- отсутствие водяных знаков, посторонних надписей, рекламы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">выделение важной информации: цветом, жирным шрифтом, другим шрифтом; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- количество контрастирующих шрифтов минимальное;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- звук четкий (без посторонних звуков), равномерный по громкости;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-   видеоряд - 75-100% площади экрана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>5. Требования к уровню подготовки педагога</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Психолого-педагогическая подготовка: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- знание возрастных и психологических особенностей обучающ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- знание требований к разработке и созданию электронных обучающих ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Методическая подготовка: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- владение методическими приемами разработки и использования электронных образовательных материалов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- умение реализовывать учебные цели </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в нестандартных условиях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Навыки работы с IT-технологиями: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- наличие IT-компетенций; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- навыки разработки и использования электронных образовательных ресурсов.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>7. Доступность обучения для обучающихся с особыми образовательными потребностями</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- использование </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>образовательных</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> программ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">индивидуальных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">планов </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- наличие субтитров, сурдоперевода;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- специальное программное обеспечение;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- подбор или разработка адаптированных цифровых ресурсов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- использование дифференцированных учебных заданий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Требования к видео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Организационные: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- продолжительность: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не более </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- гибкий индивидуальный график;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- возможность просмотреть в любое время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- текущий контроль успеваемости посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) прямого общения обучающегося и педагога в режиме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:t>«</w:t>
       </w:r>
-      <w:r w:rsidRPr="000473C9">
-[...216 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>on-line</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с использованием коммуникационных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>б) автоматизированных тестирующих комплексов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>форматта қабылданады;</w:t>
-[...743 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>в) проверки индивидуальных заданий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Требования к </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятию</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с использованием дистанционных образовательных технологий</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Организационные:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-   продолжительность: 15-30 минут;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятие</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в режиме реального времени с применением цифровых технологий: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- видеоконференции (вебинары, конференции, стриминг);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в асинхронном формате посредством обмена сообщениями в сети Интернет: акцент на самостоятельное выполнение заданий (электронная почта др.); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- возможность организовать групповые работы обучающихся в чате</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> социальной сети, в групповой переписке по почте;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- педагог предоставляет обучающимся учебный материал для самостоятельного изучения/ выполнения заданий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-  педагог рекомендует занятия, размещенные на интернет-платформах, а также использование доступных цифровых образовательных ресурсов</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- текущий контроль успеваемости посредством:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">а) прямого общения обучающегося и педагога в режиме </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>on-line</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> с использованием телекоммуникационных средств;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>б) автоматизированных тестирующих комплексов;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>в) проверки индивидуальных заданий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Глава 10. Использование образовательных платформ и электронных ресурсов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000473C9">
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для дистанционного обучения можно использовать Интернет-платформы  и образовательные электронные платформы по выбору организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>, а также электронную почту и другие средства связи (направление материалов для обучающихся: запись видеозанятия, презентации, учебные материалы, схемы, ноты и др.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>В случае отсутствия вышеперечисленных средств связи используются другие способы передачи учебного материала и заданий нарочно на бумажных носителях.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образовательная платформа, выбранная организацией </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ДОД </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">должна способствовать развитию познавательных интересов обучающихся, формированию навыков самообразования.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Образовательная платформа </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Подача учебного материала:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>дистанционно;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">ежедневно; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">по расписанию. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Формат учебного материала:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>видео</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>видеоконференции;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- концерты;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- выставки;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>презентации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- нормативные правовые акты по организации процесса обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- гибкий инструментарий для разработки и дополнения </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> во время дистанционного обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- поддержка коллективной/совместной работы обучающихся (форумы, чаты, работа с документами, презентациями и др.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- доступ к информации, сервисам образовательной платформы посредством сети Интернет (Web-портал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- обеспечение единой точки входа для педагогов и обучающихся;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- отражение динамики уровня знаний и результаты по каждому обучающемуся на протяжении всего периода обучения</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Важно учесть следующее</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Установка специального программного обеспечения на персональных компьютерах не требуется. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. При использовании мобильных устройств может производиться установка бесплатного мобильного приложения.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>3. Портал должен запускаться на любых устройствах (компьютеры, планшеты, смартфоны).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>4. Пользовательский интерфейс портала должен быть интуитивно-понятным и удобным для конечного пользователя и должен решать его задачи.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Личный кабинет обучающегося должен быть максимально удобным и понятным, отвечать всем необходимым потребностям пользователя, обучающегося. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Минимальные системные требования к компьютерному оборудованию и пропускной способности подключения к сети Интернет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Подключение к интернету - (широкополосный) проводной или беспроводной (3G или 4G / LTE)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Динамики и микрофон – встроенные</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или USB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> или беспроводные Bluetooth</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Веб-камера или HD-веб-камера - встроенная или USB</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Или HD-камера или HD-видеокамера с картой видеозахвата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Рекомендации по использованию электронных платформ для дистанционного обучения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>1. Ресурсы и предоставляемые функции на ряде платформ в рамках дистанционного процесса обучения позволяют проводить мониторинг учебных достижений обучающихся, осуществлять обратную связь при оценивании, формировать необходимый формат заданий на платформе и выполнять их с демонстрацией результата, предоставлять комментари</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> по результатам учебных достижений. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Возможно использование Интернет-платформ для проведения занятий в онлайн режиме – прямом эфире (видеостриминг); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>При дистанционном обучении рекомендуется использование приказа МОН РК от 20 марта 2015 года № 137 «Об утверждении Правил организации учебного процесса по дистанционным образовательным технологиям».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Глава 11. Оценивание учебных достижений</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>Рекомендации по оцениванию учебных достижений:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-        <w:t>7-тарау. Қашықтан оқыту форматында білім беру процесін ұйымдастыруға қойылатын жалпы талаптар.</w:t>
-[...4 lines deleted...]
-        <w:widowControl w:val="0"/>
+        <w:t>оценивать в соответствии с критериями образовательной программы по предмету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">;  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:suppressAutoHyphens/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- разрабатывать дифференцированные задания с учетом возможностей обучающ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>его</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ся с особыми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательными </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>потребностями;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- использовать самооценивание в процессе обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- в обязательном порядке регулярно предоставлять обратную связь как для обучающихся, так и для их родителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:kern w:val="1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ar-SA"/>
+        </w:rPr>
+        <w:t>- регулярно заполнять журнал.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>В случаях отсутствия интернета, учебные задания и самостоятельные работы обучающихся доставляются на дом с использованием мер санитарной безопасности (через отделения Казпочты).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="SimSun" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:kern w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ar-SA"/>
         </w:rPr>
-      </w:pPr>
-[...802 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+        <w:t>Глава 12. Деятельность участников образовательного процесса</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Руководитель организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:r w:rsidRPr="000473C9">
-[...156 lines deleted...]
-          <w:lang w:eastAsia="ar-SA"/>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает организацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесса с учетом эпидемиологической обстановки в регионе и выбором формата обучения;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">- </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5885 lines deleted...]
-        <w:widowControl w:val="0"/>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает соответствующий нормативный акт работодателя по определению следующей группы работников; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- работников, осуществляющих трудовые функции по обеспечению образовательного процесса в формате частичного штатного и полного дистанционного формата; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>- работников, обеспечивающих жизнедеятельность и функционирование организации ДОД в формате частичного штатного и полного дистанционного формата (административный, технический персонал);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...14 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>принимает решение об изменении формата обучения от дистанционного обучения к частично штатному формату обучения с сохранением санитарно-гигиенических норм, а затем и к полному штатному формату работы при улучшении эпидемиологической обстановки в регионе и в стране;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает управленческие решения, направленные на повышение качества работы организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...21 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляет обратную связь с педагогами, обучающимися и их родителями (законными представителями) по мере необходимости; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">организует доставку учебных заданий и сбор выполненных работ обучающихся, не имеющих доступ к сети Интернет и средствам связи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает строгое соблюдение требований по использованию индивидуальных средств защиты;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...39 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">принимает меры по обеспечению санитарно-эпидемиологического благополучия обучающихся, педагогов и других работников, по организации образовательного процесса, незамедлительно информирует о принятых мерах вышестоящий орган управления и всех участников образовательного процесса; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...64 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">не допускает запрашивание непредусмотренной отчетной документации; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...167 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивает информирование обучающихся, педагогов, других работников, родителей (законных представителей) по всем вопросам организации образовательного процесса о дистанционном формате обучения через доступные виды связи, интернет-ресурсы организации образования. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместители руководителя организации образования: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...50 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организуют соблюдение санитарных требований при обучении в штатном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...32 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организуют разработку мер, направленных на освоение </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">программ обучающимися; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...14 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организуют работу по формированию учебных материалов, в том числе электронных учебно-методических комплексов, электронных образовательных ресурсов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...41 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">составляют гибкое расписание занятий с учетом выбранного формата обучения, которое размещается на интернет-ресурсах организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (сайт); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...104 lines deleted...]
-        <w:widowControl w:val="0"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">совместно с педагогами определяют формат и организацию учебной деятельности обучающихся: методы и приемы обучения, сроки получения заданий обучающимися и представления ими выполненных работ; осуществляют информирование всех участников образовательного процесса (педагогов, обучающихся, родителей (законных представителей) обучающихся, иных работников) об организации работы и результатах обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="en-US"/>
-[...23 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">осуществляют методическое сопровождение в ходе организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательного </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">процесса с применением информационно-коммуникационных технологий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">организуют деятельность педагогов в соответствии с утвержденным расписанием и обратную связь с ними; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контролируют ход проведения процесса обучения через обратную связь с педагогами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">координируют работу по выполнению учебной нагрузки педагогами; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="3"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анализируют деятельность организации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Педагоги:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>обеспечивает соблюдение санитарных требований при обучении в штатном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">реализуют </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>образовательный</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>разрабатывают</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (корректируют) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">образовательные программы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">и </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>индивидуальные планы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> планы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осуществляют структуризацию учебных материалов с применением ссылок на вебсайты, электронные библиотеки и другие;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">разрабатывают индивидуальные задания для дистанционной работы с учетом интересов и возможностей обучающихся; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">доводят до сведения обучающихся и их родителей (законных представителей) информацию о формате в виде дистанционных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятий</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">обеспечивают на электронных ресурсах интерактивное взаимодействие между педагогами и обучающимися с применением оптимальных и разнообразных видов работ (видеозанятия, самостоятельная работа и др.), доступных информационно-коммуникационных технологий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>проводят офлайн и онлайн-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>занятия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в соответствии с графиком обучения, обеспечивают контроль за самостоятельной работой; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">проводят индивидуальные консультации для обучающихся, в том числе для детей с особыми образовательными потребностями; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">контролируют выполнение заданий; информируют организацию </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ДОД</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о проводимой работе. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Обучающийся:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соблюдает санитарные требования при обучении в штатном режиме;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">находится на связи с педагогами при обучении с использованием дистанционных технологий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">знакомится с графиком, темами, содержанием занятий через доступные средства связи; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">в соответствии с графиком обучения заходит в электронные платформы, почту, и другие системы связи для получения учебного материала с целью самостоятельного изучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">самостоятельно выполняет учебные задания, направляет выполненные задания педагогу через доступные средства связи (платформа, электронная почта и др.); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">соблюдает принципы самоконтроля и академической честности при выполнении учебных заданий. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Родители (законные представители) обучающихся: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- создают обучающемуся условия для обучения; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- по возможности осуществляют контроль за обучением детей, выполнением обучающимися самостоятельных заданий; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- поддерживают связь с педагогом. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...46 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...32 lines deleted...]
-    <w:p w:rsidR="000473C9" w:rsidRPr="000473C9" w:rsidRDefault="000473C9" w:rsidP="000473C9">
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:firstLine="4111"/>
-[...12 lines deleted...]
-          <w:lang w:val="kk-KZ"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B7492A" w:rsidRPr="00B7492A" w:rsidRDefault="00B7492A" w:rsidP="00B7492A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B7492A">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="000473C9">
-[...607 lines deleted...]
-    <w:sectPr w:rsidR="005E4C4E">
+    </w:p>
+    <w:p w:rsidR="00D23AEF" w:rsidRDefault="00D23AEF">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00D23AEF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -15830,64 +15753,64 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="01804160"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9C284C28"/>
     <w:lvl w:ilvl="0" w:tplc="D78A53CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
@@ -16084,53 +16007,53 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="64857E14"/>
+    <w:nsid w:val="3DA40379"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0CD6B068"/>
+    <w:tmpl w:val="EB7E0884"/>
     <w:lvl w:ilvl="0" w:tplc="D78A53CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1429" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2149" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -16196,79 +16119,286 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6469" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7189" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="4E7344D0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FCB2D780"/>
+    <w:lvl w:ilvl="0" w:tplc="DB225906">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1069" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1789" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2509" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3229" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3949" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4669" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5389" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6109" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6829" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
+    <w:nsid w:val="64857E14"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0CD6B068"/>
+    <w:lvl w:ilvl="0" w:tplc="D78A53CE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="4"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00340559"/>
-[...2 lines deleted...]
-    <w:rsid w:val="005E4C4E"/>
+    <w:rsidRoot w:val="00A852F7"/>
+    <w:rsid w:val="00A852F7"/>
+    <w:rsid w:val="00B7492A"/>
+    <w:rsid w:val="00D23AEF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -16932,55 +17062,55 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>20</Pages>
-[...1 lines deleted...]
-  <Characters>34932</Characters>
+  <Pages>21</Pages>
+  <Words>6118</Words>
+  <Characters>34879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>291</Lines>
+  <Lines>290</Lines>
   <Paragraphs>81</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>40979</CharactersWithSpaces>
+  <CharactersWithSpaces>40916</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>RePack by Diakov</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>