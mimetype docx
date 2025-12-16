--- v0 (2025-12-06)
+++ v1 (2025-12-16)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
-  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidRDefault="00E0467A" w:rsidP="000B364A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="11084C"/>
           <w:sz w:val="27"/>
           <w:szCs w:val="27"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="11084C"/>
           <w:sz w:val="27"/>
@@ -74,14392 +74,2383 @@
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5127046" cy="3847776"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0082046E" w:rsidRPr="0082046E" w:rsidRDefault="0082046E" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E0467A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
-          <w:color w:val="FF0000"/>
-[...183 lines deleted...]
-      <w:r w:rsidR="00D624BF" w:rsidRPr="00D624BF">
+          <w:color w:val="0000FF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Балалар мен ата-аналар </w:t>
-[...29 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:t>Для детей и родителей</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="00676337" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-      </w:pPr>
-[...9 lines deleted...]
-        </w:rPr>
         <w:t>Библиогид</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId5" w:history="1">
         <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://bibliogid.ru/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D624BF" w:rsidRPr="00D624BF">
-[...153 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Библиогид-это</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> увлекательный путеводитель по детским и подростковым книгам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">Веб-Ландия. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Веб-Ландия</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ү</w:t>
-[...11 lines deleted...]
-        <w:t>здік балалар ресурстары елі</w:t>
+        <w:t>. Страна лучших детских ресурсов</w:t>
       </w:r>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId6" w:history="1">
         <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://web-landia.ru/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00D624BF" w:rsidRPr="00D624BF">
-[...209 lines deleted...]
-      <w:r w:rsidRPr="00D624BF">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Онлайн-гид</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>самым</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> лучшим, полезным и безопасным </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>веб-ресурсам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Рунета для детей и подростков.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Балалар аума</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>ғ</w:t>
-[...13 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>Детская территория</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://cterra.com/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="00D624BF">
-[...163 lines deleted...]
-      <w:r w:rsidRPr="00D624BF">
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Мультфильмы, сказки, раскраски, стихи, рассказы о животных - большая коллекция на сайте Детская территория.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Балалар порталы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>Детский портал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://kidportal.ru/</w:t>
+          <w:t>http://kidportal.ru</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="000B364A">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...298 lines deleted...]
-      <w:r w:rsidRPr="00D624BF">
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ля детей, их родителей, учителей и воспитателей на сайте собраны басни, загадки, колыбельные, детские </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кричалки</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, поговорки, интересные факты, сценарии праздников, игры, конкурсы и другое.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>О</w:t>
-[...37 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>Детский сказочный журнал «Почитай-ка»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://www.cofe.ru/read-ka/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...344 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Детский виртуальный журнал "Почитай-ка" выходит только в Интернете, здесь можно почитать сказки современных писателей, познакомиться с забавными фактами из жизни знаменитых ученых, поиграть в развивающие игры и решить задачки на логику.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Ертег</w:t>
-[...61 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>Мир сказок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://mirckazok.ru/</w:t>
+          <w:t>http://mirckazok.ru</w:t>
         </w:r>
-      </w:hyperlink>
-[...338 lines deleted...]
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://minimelody.ru/</w:t>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...154 lines deleted...]
-      <w:r w:rsidR="00226041">
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>чень большой каталог сказок народов мира, а также отечественных мультфильмов, снятых по народным сказкам.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...26 lines deleted...]
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Музыкальная малышка Девчонкам и мальчишкам</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
-          <w:t>http://worldofchildren.ru/</w:t>
+          <w:t>http://minimelody.ru</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="000B364A">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...245 lines deleted...]
-      <w:r w:rsidR="0082046E" w:rsidRPr="0082046E">
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а сайте размещена большая коллекция аудиокниг, детских песен, песен из мультфильмов.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Орыс халы</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Ребенок и его мир</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="000B364A">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>http://worldofchildren.ru</w:t>
+        </w:r>
+        <w:proofErr w:type="gramStart"/>
+        <w:r w:rsidRPr="000B364A">
+          <w:rPr>
+            <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Н</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а сайте собраны самые разные игры для детей всех возрастов. Здесь можно поиграть в игры, посмотреть отличные фильмы и мультики, заняться совместным творчеством с родителями.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...133 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>Русские народные сказки о животных, волшебные и бытовые: сборник сказок для чтения детей и взрослых</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId13" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://hyaenidae.narod.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...928 lines deleted...]
-      <w:r w:rsidR="00B132C4" w:rsidRPr="00B132C4">
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Полнотекстовый сборник состоит из пяти частей, на страницах которого</w:t>
+      </w:r>
+      <w:r w:rsidR="000B364A" w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> можно прочесть все русские народные сказки, предназначенные для детей младшего и старшего </w:t>
+      </w:r>
+      <w:r w:rsidR="000B364A" w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дошкольного, школьного возраста.  Для п</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>одростков и родителей из старинных сборников сказок, сказки в обработке русских писателей.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Шишкин орманы</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>Шишкин лес</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId14" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://shishkinles.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...883 lines deleted...]
-      <w:r w:rsidR="00461F92" w:rsidRPr="00461F92">
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Интернет-версия одноимённой телевизионной программы для детей. Здесь можно почитать, поиграть, порисовать и, конечно же, всей семьёй посмотреть передачи с любимыми героями - обитателями </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шишкиного</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Леса.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>"Папмамбук". О</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>қ</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+        <w:t>Папмамбук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>итындар</w:t>
-[...121 lines deleted...]
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:t>». Интернет-журнал для тех, кто читает</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
+        <w:r w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>http://papmambook.ru/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
-[...880 lines deleted...]
-        <w:t>"</w:t>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Папмамбук</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00676337">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>» – это сайт для тех, кто воспитывает детей в возрасте от полутора до девяти лет и читает им книги. На страницах сайта объединены две важные темы: «Что и как читать ребенку» и «Как вырастить из ребенка читателя».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B364A" w:rsidRDefault="000B364A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="000B364A" w:rsidRPr="00E0467A" w:rsidRDefault="000B364A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00CC3484" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CC3484">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="2B00FE"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қ</w:t>
-[...44 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>Увлекательные образовательные YouTube-каналы,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00E0467A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>c</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00E0467A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00CC3484">
-[...60 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidRDefault="00B14B7F" w:rsidP="00E0467A">
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00E0467A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>помощью</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00E0467A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> которых  можно научиться говорить на английском языке, рисовать, разбираться в искусстве и актуальных вопросах науки</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B14B7F">
-[...388 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="00B14B7F" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Arzamas»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B14B7F">
+        <w:t>Канал «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Arzamas</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00171FC2" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId16" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.youtube.com/channel/UCVgvnGSFU41kIhEc09aztEg</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="000D2752" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000D2752">
-[...1127 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Вещает на гуманитарные тематики: литература, история, мифология. Смотреть видеоматериалы можно в произвольном порядке, так как все видео делятся на отдельные курсы, а те, в свою очередь, на конкретные темы, например: дисциплина «История» — курс «Петербург накануне революции» — видео «Императорский дом».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="000B364A" w:rsidRPr="000B364A" w:rsidRDefault="000B364A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="more"/>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkStart w:id="0" w:name="more"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="000B364A" w:rsidRPr="000B364A" w:rsidRDefault="000B364A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00805640" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00805640">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...52 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ПостНаука</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00171FC2" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId17" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.youtube.com/user/postnauka</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00FA3F8F" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00FA3F8F">
-[...1667 lines deleted...]
-        <w:t>".</w:t>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Один из крупнейших русскоязычных каналов о современной науке и официальное представительство проекта на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>YouTube</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Открывшись в 2014 году, канал опубликовал более трёх с половиной тысяч материалов о достижениях фундаментальной науки и интереснейших современных открытиях. Как пишут сами создатели сайта, миссия их портала в том, чтобы показать читателям, интересующимся наукой, «возможные направления для исследований не как отвлеченные дисциплины, а как работу реальных людей».</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>QWERTY</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00171FC2" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId18" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.youtube.com/user/QWRTru</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00382389">
-[...1467 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Популярный канал о науке и технологиях. Созданный в 2014 году для всех тех, «кто верит в науку, критическое мышление и здравый смысл», портал имеет в своём архиве интереснейшие программы на темы медицины, физики, математики, астрономии, биологии и социальной психологии. Также на портале есть прямые эфиры с известными в своей области научными экспертами и новостные научные выпуски на регулярной основе.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«</w:t>
-[...74 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+        <w:t>«Простая наука»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00171FC2" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId19" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.youtube.com/user/GTVscience</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00382389">
-[...1377 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">авторский проект телеведущего Дениса Мохова, создавшего также серию одноимённых книг. На канале размещены увлекательные химические опыты и физические эксперименты для детей и взрослых. «Как создать весы из вешалки или восковую </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>переводилку</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>?», «Что будет, если поместить смартфон в масло?», «Как сделать свечу из апельсина?» — на эти и другие вопросы помогут найти ответы интересные короткие видео проекта.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>«Speak English With Misterduncan»</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+        <w:t xml:space="preserve">«Speak English </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>With</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Misterduncan</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00171FC2" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId20" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.youtube.com/user/duncaninchina</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00382389">
-[...437 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Забавный и интересный канал для </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>изучающих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> английский язык. Немаловажно, что все ролики исполняются только на английском.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Art Shima</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+        <w:t xml:space="preserve">Art </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Shima</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00171FC2" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId21" w:tgtFrame="_blank" w:history="1">
         <w:r w:rsidR="00E0467A" w:rsidRPr="000B364A">
           <w:rPr>
             <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
             <w:color w:val="0000FF"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
           </w:rPr>
           <w:t>https://www.youtube.com/user/ArtShima</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
-    <w:p w:rsidR="00E0467A" w:rsidRPr="00382389" w:rsidRDefault="00382389" w:rsidP="00E0467A">
+    <w:p w:rsidR="00E0467A" w:rsidRPr="000B364A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
-[...43 lines deleted...]
-      <w:r w:rsidRPr="00382389">
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Прекрасный канал по академическому рисунку и живописи на русском языке художницы Анастасии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>Шимшилашвили</w:t>
       </w:r>
-      <w:r w:rsidRPr="00382389">
-[...770 lines deleted...]
-    <w:sectPr w:rsidR="00E0467A" w:rsidRPr="00382389" w:rsidSect="000B364A">
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, или </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Шимы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000B364A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. На своём канале Анастасия делится правилами и советами о том, что нужно делать при освоении рисунка, а каких действий стоит избегать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidRDefault="00E0467A" w:rsidP="00E0467A">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E0467A" w:rsidRPr="00E0467A" w:rsidSect="000B364A">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="thinThickSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="thickThinSmallGap" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+  <w:zoom w:percent="109"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:compat>
-[...1 lines deleted...]
-  </w:compat>
+  <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00E0467A"/>
     <w:rsid w:val="000B364A"/>
-    <w:rsid w:val="000D2752"/>
-    <w:rsid w:val="001679CF"/>
     <w:rsid w:val="00171FC2"/>
-    <w:rsid w:val="001A0CFE"/>
     <w:rsid w:val="001A39E5"/>
-    <w:rsid w:val="00226041"/>
-[...4 lines deleted...]
-    <w:rsid w:val="005E0B51"/>
     <w:rsid w:val="00676337"/>
     <w:rsid w:val="007528D9"/>
-    <w:rsid w:val="00805640"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00B14B7F"/>
     <w:rsid w:val="00C75765"/>
-    <w:rsid w:val="00CC3484"/>
-    <w:rsid w:val="00D624BF"/>
     <w:rsid w:val="00E0467A"/>
-    <w:rsid w:val="00E65AF9"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00FA3F8F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="0"/>
+    <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6667F1BB"/>
-  <w15:docId w15:val="{48301409-FE9D-4466-9D7A-3185A1DCEF3E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
-[...370 lines deleted...]
-    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A39E5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00E0467A"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="a3">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="a0"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E0467A"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
@@ -14493,51 +2484,51 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E0467A"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="675772722">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="784271274">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15197,80 +3188,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1350</Words>
-  <Characters>7701</Characters>
+  <Words>1312</Words>
+  <Characters>7485</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>64</Lines>
-  <Paragraphs>18</Paragraphs>
+  <Lines>62</Lines>
+  <Paragraphs>17</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9033</CharactersWithSpaces>
+  <CharactersWithSpaces>8780</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>