--- v0 (2025-12-07)
+++ v1 (2025-12-07)
@@ -1,1088 +1,25004 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="00D027CE" w:rsidP="00D027CE">
+    <w:p w:rsidR="008300B7" w:rsidRDefault="004007DF" w:rsidP="00D027CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
-        <w:outlineLvl w:val="2"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Памятка для родителей</w:t>
-      </w:r>
+        <w:t>Ата-аналар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жадынама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="00D027CE">
+    <w:p w:rsidR="004007DF" w:rsidRPr="00F7344A" w:rsidRDefault="004007DF" w:rsidP="00D027CE">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
+    <w:p w:rsidR="004007DF" w:rsidRPr="004007DF" w:rsidRDefault="008300B7" w:rsidP="004007DF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-          <w:color w:val="11084C"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1.  Выделяйте время для чтения каждый день</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>1.  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сайын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лі</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ч</w:t>
-[...10 lines deleted...]
-        <w:t>итая ребенку, вы как бы расширяете его мир, помогаете ему получать удовольствие от чтения, пополняете запас его знаний и словарный запас. Ребенок учится слушать книгу, переворачивать страницы, водить пальчиком слева направо, запоминает слова, которые видит и слышит. Дети обожают регулярное (а не от случая к случаю) чтение с родителями! Выбирайте небольшой промежуток времени, когда вы можете расслабиться и не торопиться – перед сном, или когда у вас перерыв в домашних хлопотах.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лемін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ке</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ейтесіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нату</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білімі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толы</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тыру</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектесесіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дау</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>беттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ру</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сауса</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>солдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ңғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ргізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йренеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естіген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>са</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балала</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата-аналарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кездейсо</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>реді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>демалу</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йы</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тау</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>луге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыс</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ытты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йы</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіліс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бол</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="004007DF" w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
+    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="004007DF" w:rsidP="004007DF">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7344A">
-[...7 lines deleted...]
-        <w:t>Не забывайте, что ребенку могут почитать дедушка с бабушкой, старшие брат или сестра, любой член семьи. Приходите в библиотеку, где ему могут почитать более взрослые читатели. Все время обращайтесь к книге и чтению. </w:t>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баланы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>асы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пкесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасыны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алатынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мытпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кітапхана</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ересек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырмандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гіні</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="004007DF">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="008300B7" w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="EA0400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2637064" cy="1755296"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="https://2.bp.blogspot.com/-Gjv83R2MQm8/VcWyT9NrQPI/AAAAAAAAAZQ/lZO04--7Mlg/s320/11.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId5"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId4"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="https://2.bp.blogspot.com/-Gjv83R2MQm8/VcWyT9NrQPI/AAAAAAAAAZQ/lZO04--7Mlg/s320/11.jpg">
-                      <a:hlinkClick r:id="rId5"/>
+                      <a:hlinkClick r:id="rId4"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6" cstate="print"/>
+                    <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2638478" cy="1756237"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2. Выбирайте книги вместе с ребенком</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызбен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ч</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баламен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>нататынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айсысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сінетінін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бай</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айсыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапхана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханашыны</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мегіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гіні</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жаста</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даму</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>де</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гейіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнал</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мамандар</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ара</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>осындай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табу</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айыра</w:t>
+      </w:r>
+      <w:r w:rsidR="00024144" w:rsidRPr="00024144">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>итая с ребенком вместе постоянно, вы обязательно заметите, какие книги ему нравятся больше, какие он лучше понимает. Прибегайте к помощи библиотеки и библиотекаря в выборе книг, похожих на эти. Ведь именно в библиотеке есть книги для любого возраста и уровня развития. Кроме того, профессионалам легче найти такие книги, чем вам самим.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="EA0400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2732859" cy="1928374"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="https://4.bp.blogspot.com/-o49BnONni1M/VcWw2V6scaI/AAAAAAAAAYU/_X0F46z-ytI/s320/1.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId6"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="https://4.bp.blogspot.com/-o49BnONni1M/VcWw2V6scaI/AAAAAAAAAYU/_X0F46z-ytI/s320/1.jpg">
-                      <a:hlinkClick r:id="rId7"/>
+                      <a:hlinkClick r:id="rId6"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print"/>
+                    <a:blip r:embed="rId7" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2734324" cy="1929408"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
+    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="005A0D6D" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7344A">
-[...29 lines deleted...]
-        <w:t>. Вашего ребенка просто может вдохновлять пример других читающих детей. Как их много, и сколько книг! Это очень важно для формирования маленького читателя, который воспитывается на подражании. Другие читатели как бы передают эстафету вашему ребенку. Это поможет ему привыкнуть к разнообразию книг, к читательскому поведению детей и взрослых и обязательно скажется на дальнейшей жизни, учебе, подготовит к обучению в школе. Мир книг и библиотека не будет для него неведомой страной. «Как много интересных книг, и все их можно прочитать самому». Так появляется стимул к чтению.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойлама</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>птеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>итын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ата</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аналарды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ателігі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>й</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханалары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пшілікке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бола</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алмайтынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>итын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балаларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лгісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шабыттандыруы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мкін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аншалы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еліктеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рбиеленген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кішкентай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырманды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алыптастыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>те</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырмандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эстафетаны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тапсырады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ересектерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мінез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йренуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектеседі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектепте</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лемі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапхана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгісіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>К</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>птеген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">". </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сонды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ынталандыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008300B7" w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
+    <w:p w:rsidR="005A0D6D" w:rsidRPr="005A0D6D" w:rsidRDefault="008300B7" w:rsidP="005A0D6D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-          <w:color w:val="11084C"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баланы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>материалдарымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ор</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханадан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болмауы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болу</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиіс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>3. Окружите ребенка материалами для чтения</w:t>
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>андай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>онда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ана</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біра</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>раскрасить</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суретті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ріп</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бетімен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кесілген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>смастерить</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t>пазл</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00F7344A">
-[...7 lines deleted...]
-        <w:t>. Таких книг много, и они для сугубо индивидуального пользования.</w:t>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ндай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>п</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тек </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайдалану</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арнал</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
+    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="005A0D6D" w:rsidP="005A0D6D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7344A">
-[...7 lines deleted...]
-        <w:t>Можно мастерить и самодельные книги. Помогите своему малышу склеить, подписать или сшить свою собственную книжку с рисунками, фотографиями и другими интересными вещами. Вы можете помочь ребенку записать текст, который он хочет поместить в своей книжечке. Одобряйте, воодушевляйте и поощряйте эту работу вашего ребенка, равно как и чтение его «собственных» книг всем членам семьи.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жасау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сурет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>фотосуреттер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>заттармен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітабын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>желімдеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ою</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тігуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектесі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапшасына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келетін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тінді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жазу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мектесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мысын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>құ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жігерлендірі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ынталандыры</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сонымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>атар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелеріне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарыызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008300B7" w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="EA0400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2671899" cy="2045673"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="https://3.bp.blogspot.com/-zRAtwV8SDB0/VcWw91adiZI/AAAAAAAAAYk/jFyKN46WkkE/s320/299-5075-03125.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId8"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="https://3.bp.blogspot.com/-zRAtwV8SDB0/VcWw91adiZI/AAAAAAAAAYk/jFyKN46WkkE/s320/299-5075-03125.jpg">
-                      <a:hlinkClick r:id="rId9"/>
+                      <a:hlinkClick r:id="rId8"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print"/>
+                    <a:blip r:embed="rId9" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2673331" cy="2046770"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
+    <w:p w:rsidR="005A0D6D" w:rsidRPr="005A0D6D" w:rsidRDefault="008300B7" w:rsidP="005A0D6D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-          <w:color w:val="11084C"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4. Медленно и с удовольствием</w:t>
-[...12 lines deleted...]
-      <w:r w:rsidRPr="00F7344A">
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t>Баяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уанышпен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00F7344A">
-[...18 lines deleted...]
-        <w:t>е так важно, что вы читаете, но как вы читаете! Когда читаете быстро и монотонно, ребенок быстро теряет интерес. Читайте эмоционально, получая удовольствие от чтения сами. Пытайтесь читать разными голосами за разных героев, передавая их характер. Вашему ребенку это понравится! Читайте, перебивая чтение разговорными, паузами, рассматриванием картинок в книге. Это даст малышу время вдуматься в то, что он слышит, «переварить» прочитанное, понять события и характеры героев.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аны</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>соншалы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>біра</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>исыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Тез</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>монотонды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тез</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ушылы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жо</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алтады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>удан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ззат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эмоционалды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейіпкерлерге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рлі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дауыспен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оларды</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мінезін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тырысы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сізді</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>найды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йлесу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кідірту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапта</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ар</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ылы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>естігендері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ой</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лау</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>орыту</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">", </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейіпкерлерді</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кейіпкерлерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сінуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>береді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
+    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="005A0D6D" w:rsidP="005A0D6D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7344A">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> прочитанного. Присматривайтесь во время чтения к ребенку. Иногда он явно не хочет прерывать чтение, особенно если история незнакомая, и он слышит ее впервые. Иногда он захочет сначала рассмотреть картинки, расспросить вас, о чем книга. Будьте снисходительны и не останавливайте его. Чтение должно быть удовольствием! Помните, чтение книг – это грандиозная репетиция и предопределение будущего отношения к учебе.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ойы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балада</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болатын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тар</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жауап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йлейтінін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аннан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>серлері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жеткізі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кезінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ара</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>згісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келмейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сіресе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>егер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>әң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>гіме</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейтаныс</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бірінші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>даса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Кейде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алдымен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>суреттерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>екенін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ысы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>то</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>татпа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рахат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Есі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайынды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>з</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>арас</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008300B7" w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="EA0400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3048000" cy="2438400"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="4" name="Рисунок 4" descr="https://4.bp.blogspot.com/-DF_AMW-zIOU/VcWw9St3oII/AAAAAAAAAYg/eIIbeNoqTNg/s320/108758642_large_uchimsja_chitat.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId11"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId10"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4" descr="https://4.bp.blogspot.com/-DF_AMW-zIOU/VcWw9St3oII/AAAAAAAAAYg/eIIbeNoqTNg/s320/108758642_large_uchimsja_chitat.jpg">
-                      <a:hlinkClick r:id="rId11"/>
+                      <a:hlinkClick r:id="rId10"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print"/>
+                    <a:blip r:embed="rId11" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3048000" cy="2438400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
+        <w:t xml:space="preserve">5. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7344A">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>здері</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білетіндей</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бінесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>натады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Олар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сізді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тістері</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыл</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айта</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жб</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>етед</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>і</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Жа</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рсені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айту</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сынысы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бінесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бас</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тартады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>5. Читайте снова и снова</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>істеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>керек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Осы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ке</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>есті</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырыбына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ара</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>И</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">! </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>райтынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырлы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тере</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ірек</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сінгісі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>процесі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баяу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ре</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>удан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ззат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оны</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рінен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айырма</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йткені</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болаша</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ққ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұқ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ият</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайынды</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>толы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдау</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бар</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ніндегі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>двадцатому</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>перечитывать</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Машеньку</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аю</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">? </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Процеске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шелерін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тарты</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Баланы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>зіне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> осы </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жат</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>анын</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>"</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бейнелеуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мкіндік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бері</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:br/>
-[...11 lines deleted...]
-        <w:t>ак известно, дети часто любят слушать одни и те же истории. Они заставляют вас читать уже навязшие на зубах книги снова и снова. А на ваше предложение почитать или рассказать что-нибудь новенькое, часто отвечают отказом. Что делать в таком случае? Посмотрите в заголовок этого совета! Да- да! Читайте именно то, что он просит. Это не каприз. Ребенок желает разобраться в книге глубже, процесс познания ее происходит медленнее, он получает от чтения удовольствие. Не лишайте его всего этого. Ведь идет подготовка к будущему вдумчивому и внимательному чтению, воспитание полноценного восприятия книги. Вам тяжело по двадцатому разу перечитывать «Машеньку и медведя»? Привлеките к процессу всех членов семьи. Дайте самому ребенку возможность погордиться собой и изобразить, что он сам эту книжку «читает». </w:t>
+        <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="EA0400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3048000" cy="1524000"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="5" name="Рисунок 5" descr="https://2.bp.blogspot.com/-9bglmUcuZCw/VcWxGYyF_nI/AAAAAAAAAY8/LJUUBJB27qY/s320/image.php.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId13"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId12"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5" descr="https://2.bp.blogspot.com/-9bglmUcuZCw/VcWxGYyF_nI/AAAAAAAAAY8/LJUUBJB27qY/s320/image.php.jpg">
-                      <a:hlinkClick r:id="rId13"/>
+                      <a:hlinkClick r:id="rId12"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print"/>
+                    <a:blip r:embed="rId13" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3048000" cy="1524000"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>6. Читайте везде и всегда</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Барлы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Ч</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>барлы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рдайым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>аласыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>серуенде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ажайда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сапарда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>д</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рігерді</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>абылдауын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>теді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сізді</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мке</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болсын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Белгілерді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ша</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыры</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Оны</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жанына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыналы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жылжытуды</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тиімді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолдарын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ізде</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Балалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ортасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>танымал</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырыптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптарды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітапханашылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>р</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ашан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мекке</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптары</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>та</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырыптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ен </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>авторларды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табуды</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>за</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолына</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дайындалы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>итать можно везде и всегда: на прогулке, на пляже, в поездке, ожидая приема у врача. Пусть в вашей сумке обязательно лежит книга. Поощряйте чтение вывесок. Ищите позитивные и эффективные пути продвижения к его душе более интересных и более значимых книг. Выбирайте самые популярные в детской среде темы и книги (вам на помощь всегда придут библиотекари) и приготовьтесь к долгому пути поиска любимых книг, интересных тем и авторов.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:color w:val="EA0400"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="3048000" cy="2028825"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="6" name="Рисунок 6" descr="https://1.bp.blogspot.com/-7kh09ijzuRQ/VcWw_A3Hf9I/AAAAAAAAAYs/tfgGAH-L1Lo/s320/depositphotos_5774895-Family-reading.jpg">
-              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId15"/>
+              <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId14"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="https://1.bp.blogspot.com/-7kh09ijzuRQ/VcWw_A3Hf9I/AAAAAAAAAYs/tfgGAH-L1Lo/s320/depositphotos_5774895-Family-reading.jpg">
-                      <a:hlinkClick r:id="rId15"/>
+                      <a:hlinkClick r:id="rId14"/>
                     </pic:cNvPr>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print"/>
+                    <a:blip r:embed="rId15" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3048000" cy="2028825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRPr="00F7344A" w:rsidRDefault="008300B7" w:rsidP="0059603B">
+    <w:p w:rsidR="005A0D6D" w:rsidRPr="005A0D6D" w:rsidRDefault="008300B7" w:rsidP="005A0D6D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-          <w:color w:val="11084C"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>7. Показывайте ребенку заинтересованность в его чтении</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>деген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ушылы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рсеті</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="0000FF"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>із</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F7344A">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:br/>
-        <w:t>Н</w:t>
-[...10 lines deleted...]
-        <w:t>ет ничего важнее для воспитания читателя, чем воспитание в ребенке любви к чтению. Будьте Великими Проводниками в мир книг, а не Великими Погонщиками и Оценщиками того, что и как читает ваш ребенок.</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ырманды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рбиелеу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>баланы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жа</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>сы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>руден</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>г</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ө</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ма</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ызды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еште</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жо</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сізді</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ж</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>итынын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алаушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>мен</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ба</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>алаушылар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кітаптар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>еміне</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лкен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жолсерік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болы</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="005A0D6D" w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="008300B7" w:rsidRDefault="008300B7" w:rsidP="008300B7">
+    <w:p w:rsidR="00F7344A" w:rsidRDefault="005A0D6D" w:rsidP="005A0D6D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F7344A">
-[...8 lines deleted...]
-      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>емес</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сізді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бала</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыз</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>йрену</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>айыра</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>білуге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>болады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>иелену</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>бос</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>уа</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ыт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ол</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>кез</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>келген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>паратты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ай</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тауып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>шы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ғ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>армашылы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>пен</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>өң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>дейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ж</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>не</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>л</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>міндетті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ү</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>рде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>оны</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>табыс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria" w:eastAsia="Times New Roman" w:hAnsi="Cambria" w:cs="Cambria"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>жетелейді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="005A0D6D">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>!</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="00F7344A" w:rsidRDefault="00F7344A" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7344A" w:rsidRDefault="00F7344A" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -1123,326 +25039,556 @@
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00F7344A" w:rsidRDefault="00F7344A" w:rsidP="008300B7">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="272" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00F7344A" w:rsidSect="00D027CE">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="851" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="threeDEmboss" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="threeDEmboss" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="threeDEngrave" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="threeDEngrave" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Cambria">
+    <w:panose1 w:val="02040503050406030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="109"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008300B7"/>
+    <w:rsid w:val="00024144"/>
     <w:rsid w:val="001A39E5"/>
     <w:rsid w:val="00241607"/>
+    <w:rsid w:val="004007DF"/>
     <w:rsid w:val="0059603B"/>
+    <w:rsid w:val="005A0D6D"/>
     <w:rsid w:val="0065233A"/>
     <w:rsid w:val="008300B7"/>
     <w:rsid w:val="00B33562"/>
     <w:rsid w:val="00C75765"/>
     <w:rsid w:val="00D027CE"/>
     <w:rsid w:val="00F7344A"/>
     <w:rsid w:val="00F96BDB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="68DC8361"/>
+  <w15:docId w15:val="{9D74AB7D-EC11-4E7A-83D1-EA31E96ACC14}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001A39E5"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="008300B7"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="27"/>
       <w:szCs w:val="27"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
@@ -1500,242 +25646,52 @@
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="008300B7"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
-[...188 lines deleted...]
-
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
     <w:div w:id="2118787496">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="497498636">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -2050,51 +26006,51 @@
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2.bp.blogspot.com/-9bglmUcuZCw/VcWxGYyF_nI/AAAAAAAAAY8/LJUUBJB27qY/s1600/image.php.jpg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://4.bp.blogspot.com/-o49BnONni1M/VcWw2V6scaI/AAAAAAAAAYU/_X0F46z-ytI/s1600/1.jpg" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://4.bp.blogspot.com/-DF_AMW-zIOU/VcWw9St3oII/AAAAAAAAAYg/eIIbeNoqTNg/s1600/108758642_large_uchimsja_chitat.jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2.bp.blogspot.com/-Gjv83R2MQm8/VcWyT9NrQPI/AAAAAAAAAZQ/lZO04--7Mlg/s1600/11.jpg" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://1.bp.blogspot.com/-7kh09ijzuRQ/VcWw_A3Hf9I/AAAAAAAAAYs/tfgGAH-L1Lo/s1600/depositphotos_5774895-Family-reading.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://3.bp.blogspot.com/-zRAtwV8SDB0/VcWw91adiZI/AAAAAAAAAYk/jFyKN46WkkE/s1600/299-5075-03125.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://3.bp.blogspot.com/-zRAtwV8SDB0/VcWw91adiZI/AAAAAAAAAYk/jFyKN46WkkE/s1600/299-5075-03125.jpg" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2.bp.blogspot.com/-9bglmUcuZCw/VcWxGYyF_nI/AAAAAAAAAY8/LJUUBJB27qY/s1600/image.php.jpg" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://4.bp.blogspot.com/-o49BnONni1M/VcWw2V6scaI/AAAAAAAAAYU/_X0F46z-ytI/s1600/1.jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://4.bp.blogspot.com/-DF_AMW-zIOU/VcWw9St3oII/AAAAAAAAAYg/eIIbeNoqTNg/s1600/108758642_large_uchimsja_chitat.jpg" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://2.bp.blogspot.com/-Gjv83R2MQm8/VcWyT9NrQPI/AAAAAAAAAZQ/lZO04--7Mlg/s1600/11.jpg" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://1.bp.blogspot.com/-7kh09ijzuRQ/VcWw_A3Hf9I/AAAAAAAAAYs/tfgGAH-L1Lo/s1600/depositphotos_5774895-Family-reading.jpg" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -2308,80 +26264,80 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>4685</Characters>
+  <Pages>1</Pages>
+  <Words>786</Words>
+  <Characters>4482</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>39</Lines>
+  <Lines>37</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5496</CharactersWithSpaces>
+  <CharactersWithSpaces>5258</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>