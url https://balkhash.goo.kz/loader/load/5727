--- v0 (2025-12-07)
+++ v1 (2026-01-06)
@@ -1,2778 +1,711 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00661A4C" w:rsidRDefault="005B62B2" w:rsidP="00661A4C">
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00661A4C" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B62B2">
+      <w:r w:rsidRPr="00661A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Қауі</w:t>
-      </w:r>
+        <w:t>Практическая информация для родителей, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00661A4C" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005B62B2">
+      <w:r w:rsidRPr="00661A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>п-</w:t>
+        <w:t>которая</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005B62B2">
+      <w:r w:rsidRPr="00661A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve">қатердің </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B62B2">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00390950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алдын</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B62B2">
+        <w:t>с</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00661A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B62B2">
+        <w:t>может предупредить угрозы и сделать работу детей </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00661A4C" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+          <w:color w:val="11084C"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00661A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>алатын</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B62B2">
+        <w:t xml:space="preserve">в Интернете </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00661A4C">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t xml:space="preserve"> және </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="005B62B2">
+        <w:t>полезной</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00390950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Интернеттегі</w:t>
-[...75 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00661A4C" w:rsidRPr="00661A4C" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="005B62B2" w:rsidP="00661A4C">
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005B62B2">
+      <w:r w:rsidRPr="00390950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>1 ЕРЕЖЕ. "Дүниежүзілік ғаламтордағы" балаларыңыздың і</w:t>
-[...40 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="005B62B2" w:rsidP="00390950">
+        <w:t>Правило 1. Внимательно отнеситесь к действиям ваших детей в «мировой  паутине»:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...140 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="005B62B2" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Не отправляйте детей в «свободное плавание» по Интернету. Старайтесь активно участвовать в общении ребенка с Интернетом, особенно на этапе освоения.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...120 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="005B62B2" w:rsidP="00661A4C">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Беседуйте с ребенком о том, что нового для себя он узнает с помощью  Интернета и как вовремя предупредить угрозы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00390950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...90 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+        <w:t>Правило 2. Информируйте ребенка о возможных опасностях, которые несет в себе Сеть:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D6047E">
-[...318 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Объясните ребенку, что в Интернете, как и в жизни, встречаются и хорошие, и плохие люди. Если ребенок столкнулся с негативом или насилием от другого пользователя интернета, ему нужно сообщить об этом близким людям. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D6047E">
-[...89 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Научите ребенка искать нужную ему информацию и проверять ее, в том числе с вашей помощью.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D6047E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Ақшаны жоғалтпау үшін </w:t>
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Научите ребенка внимательно относиться к скачиванию платной информации и получению платных услуг из Интернета, особенно через отправку </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-        <w:t>баланы</w:t>
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>sms</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:proofErr w:type="gramEnd"/>
-[...79 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>, во избежание потери денег.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D6047E">
-[...118 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00661A4C">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Сформируйте список полезных, интересных, безопасных ресурсов, которыми может пользоваться ваш ребенок, и посоветуйте их использовать.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00390950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>3</w:t>
-[...128 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+        <w:t>Правило 3. Выберите удобную форму контроля пребывания вашего ребенка в Сети:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...80 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Установите на ваш компьютер необходимое программное обеспечение - это решение проблемы родительского контроля, и антивирус.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...149 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если ваш ребенок – учащийся младших классов и часто остается дома один, ограничьте время пребывания вашего ребенка в Интернете.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...149 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Если компьютер используется всеми членами семьи, установите его в месте, доступном для всех членов семьи, а не в комнате ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...189 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Создайте разные учетные записи на вашем компьютере для взрослых и детей. Это поможет не только обезопасить ребенка, но и сохранить ваши личные данные. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00D6047E">
-[...149 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00661A4C">
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Регулярно отслеживайте ресурсы, которые посещает ваш ребенок. Простые настройки компьютера позволят Вам быть в курсе того, какую информацию просматривает ваш ребенок.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00661A4C">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:color w:val="11084C"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00390950">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>4</w:t>
-[...180 lines deleted...]
-    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00D6047E" w:rsidP="00390950">
+        <w:t>Правило 4. Регулярно повышайте уровень компьютерной грамотности, чтобы знать, как обеспечить безопасность детей:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00661A4C" w:rsidRPr="00390950" w:rsidRDefault="00661A4C" w:rsidP="00390950">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...106 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00390950">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Используйте удобные возможности повышения компьютерной и интернет - грамотности, например, посещение курсов или чтение специальной литературы.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="001A39E5" w:rsidRPr="00390950" w:rsidRDefault="001A39E5" w:rsidP="00390950">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="001A39E5" w:rsidRPr="00390950" w:rsidSect="00390950">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="851" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgBorders w:offsetFrom="page">
         <w:top w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
         <w:left w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="3F490882"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="32A8BFE8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -3357,75 +1290,72 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="109"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00661A4C"/>
     <w:rsid w:val="001A39E5"/>
     <w:rsid w:val="00390950"/>
-    <w:rsid w:val="005B62B2"/>
     <w:rsid w:val="00661A4C"/>
-    <w:rsid w:val="00C304B2"/>
     <w:rsid w:val="00C75765"/>
-    <w:rsid w:val="00D6047E"/>
     <w:rsid w:val="00F1491F"/>
     <w:rsid w:val="00FC1212"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4098"/>
+    <o:shapedefaults v:ext="edit" spidmax="3074"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -3607,51 +1537,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="1396663989">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3865,96 +1795,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>322</Words>
-  <Characters>1837</Characters>
+  <Words>326</Words>
+  <Characters>1864</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2155</CharactersWithSpaces>
+  <CharactersWithSpaces>2186</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>