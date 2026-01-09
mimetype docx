--- v0 (2025-12-08)
+++ v1 (2026-01-09)
@@ -3,366 +3,98 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
     <w:p w:rsidR="001A39E5" w:rsidRDefault="005F36E8">
       <w:r w:rsidRPr="005F36E8">
-        <w:rPr>
-[...2 lines deleted...]
-        </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5940425" cy="4458206"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="7" name="Рисунок 3" descr="C:\Users\Admin\Desktop\Картинки к блогу РМ (1).jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Admin\Desktop\Картинки к блогу РМ (1).jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print"/>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5940425" cy="4458206"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36E8" w:rsidRPr="0094409D" w:rsidRDefault="0094409D">
-[...263 lines deleted...]
-    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRDefault="005F36E8"/>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00152D8E" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="360" w:right="1673"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:color w:val="999999"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00152D8E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:color w:val="999999"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1017270" cy="1017270"/>
@@ -426,232 +158,117 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:color w:val="17B417"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:color w:val="505050"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00157F2A" w:rsidRDefault="00157F2A" w:rsidP="005F36E8">
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00157F2A">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>Бі</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00157F2A">
+        <w:t>Первый урок</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:t>р</w:t>
-[...38 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:t xml:space="preserve"> «Путешествие по БИБЛИОГРАДУ»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00152D8E">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:noProof/>
+          <w:color w:val="17B417"/>
+          <w:sz w:val="2"/>
+          <w:szCs w:val="2"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...80 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00157F2A" w:rsidRPr="00157F2A" w:rsidRDefault="005F36E8" w:rsidP="00157F2A">
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="949325" cy="635635"/>
             <wp:effectExtent l="19050" t="0" r="3175" b="0"/>
             <wp:docPr id="17" name="Рисунок 17" descr="http://orlovka.org.ru/files/366/02.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
@@ -672,3015 +289,440 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="949325" cy="635635"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00157F2A" w:rsidRPr="00157F2A">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">Мен </w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Я рад, что сумел тебя заинтересовать. И сразу начну с вопросов. Куда ты приходишь в поисках необходимой информации? Где можно выбрать книгу по интересу, написать реферат, подготовиться к уроку, получить литературу по внеклассному чтению? А познакомиться с книжными новинками, перелистать страницы газет и журналов? Конечно же, в библиотеку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">А все ли ты знаешь о БИБЛИОТЕКЕ? Что обозначает это слово? </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Библиотека (от греч. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00157F2A" w:rsidRPr="00157F2A">
-[...6 lines deleted...]
-        <w:t>сізді</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>библио</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00157F2A" w:rsidRPr="00157F2A">
-[...78 lines deleted...]
-        <w:t xml:space="preserve">уаныштымын. Мен </w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – книга, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00157F2A" w:rsidRPr="00157F2A">
-[...6 lines deleted...]
-        <w:t>бірден</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>тека</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00157F2A" w:rsidRPr="00157F2A">
-[...369 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – хранилище) –– учреждение, в котором собираются, хранятся разные документы: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>книги, газеты, журналы, диски… Их выдают во временное пользование читателям.</w:t>
+      </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00157F2A" w:rsidRPr="00157F2A">
-[...873 lines deleted...]
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="00157F2A" w:rsidP="005F36E8">
+    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...12 lines deleted...]
-        <w:t>ұны біліңіз</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Знай, что</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9790" w:type="dxa"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9790"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidTr="005F36E8">
         <w:trPr>
           <w:trHeight w:val="2862"/>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9762" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36E8" w:rsidRDefault="00157F2A" w:rsidP="005F36E8">
+          <w:p w:rsidR="005F36E8" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...10 lines deleted...]
-            <w:r w:rsidRPr="00157F2A">
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>стать читателем</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> можно</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> даже с дошкольного возраста; посетить</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                           </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> библиотеку самостоятельно,    </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>а такж</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>е всем классом, всей семьей;</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> выбрать книгу по интересу, получить литерату</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ру по</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> внеклассному чтению, в помощь </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...7 lines deleted...]
-              <w:t>ті</w:t>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>учебной программе; познакомиться с новыми книгами</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, газетами,  журналами; по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> консультации по любым вопросам школьной прогр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аммы, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>написать</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> реферат, подготовиться к уроку; принять </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>участие в конкурсах, викторинах,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> турнирах;</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> показать свои творческие способности, став участниками городских, областных                                         и республиканских конкурсов, фестивалей, акций и т.п.; найти интересных собеседников,  друзей, поделиться своими впечатлениями о </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="00157F2A">
-[...6 lines deleted...]
-              <w:t>пт</w:t>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>прочитанном</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="00157F2A">
-[...1466 lines deleted...]
-            <w:r w:rsidR="005F36E8">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="00316FEB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="005F36E8">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
-                <w:noProof/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="775335" cy="1236345"/>
                   <wp:effectExtent l="19050" t="0" r="5715" b="0"/>
                   <wp:docPr id="1" name="Рисунок 31" descr="http://orlovka.org.ru/files/366/resize/04_81_130.jpg">
                     <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
                   </wp:docPr>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="Picture 31" descr="http://orlovka.org.ru/files/366/resize/04_81_130.jpg">
                             <a:hlinkClick r:id="rId9"/>
                           </pic:cNvPr>
                           <pic:cNvPicPr>
                             <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                           </pic:cNvPicPr>
                         </pic:nvPicPr>
@@ -3716,1691 +758,256 @@
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00157F2A" w:rsidRPr="00157F2A" w:rsidRDefault="00157F2A" w:rsidP="00157F2A">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>А еще библиотеку называют «храмом знаний», «сокровищницей мудрости», «книжной кладовой», «аптекой для души»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Давай с тобой совершим путешествие по </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00157F2A">
-[...6 lines deleted...]
-        <w:t>Кітапхана</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Библиограду</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00157F2A">
-[...145 lines deleted...]
-        <w:t>ә</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (так еще можно назвать библиотеку), а гидом буду я.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Итак, АБОНЕМЕНТ. Это отдел библиотеки, в котором выдается литература на дом. Книги, взятые здесь, можно читать 2 недели. А затем их вернуть, чтобы поменять </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00157F2A">
-[...6 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>на</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00157F2A">
-[...1119 lines deleted...]
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00157F2A" w:rsidRDefault="00157F2A" w:rsidP="005F36E8">
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> новые. Но можно и продлить срок пользования книгой, если ты ее не успел прочитать. Для этого позвони по телефону или приди в библиотеку.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...272 lines deleted...]
-        <w:t>ыз.</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Совет</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="12411" w:type="dxa"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12411"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidTr="00316FEB">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="00316FEB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00940A84">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
-              <w:t xml:space="preserve">                                                                                                                 </w:t>
+              <w:t xml:space="preserve">Запишись в библиотеку,  возьми литературу в помощь  школьной </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>программе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> или для чтения в свободное время.                                                                                                                 </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
@@ -5450,1172 +1057,199 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="661670" cy="862330"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...544 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ну, а если ты хочешь читать редкие или ценные книги, то для этого есть еще и специальный отдел – ЧИТАЛЬНЫЙ ЗАЛ, откуда нельзя брать литературу домой, а можно пользоваться ею только в помещении библиотеки.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="00157F2A" w:rsidP="005F36E8">
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00157F2A">
+      <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...55 lines deleted...]
-        <w:t>…</w:t>
+        <w:t>Знай, что…</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9528" w:type="dxa"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9528"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidTr="005F36E8">
         <w:trPr>
           <w:trHeight w:val="1281"/>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9500" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="00D277B5" w:rsidP="00D277B5">
+          <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="00316FEB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D277B5">
-[...426 lines deleted...]
-                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Georgia"/>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Подготовиться к уроку, зачету, экзамену лучше в читальном зале, где </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ты сможешь  максимально воспользоваться литературой </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">из фондов библиотеки, а также  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>принять участие в литературных вечерах, познавательных конкурсах и викторинах</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t>.</w:t>
             </w:r>
-            <w:r w:rsidR="005F36E8" w:rsidRPr="00940A84">
+            <w:r w:rsidRPr="00940A84">
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
               <w:t xml:space="preserve">                                                                </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
@@ -6672,1324 +1306,193 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="809625" cy="548640"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00D277B5" w:rsidRPr="00D277B5">
-[...318 lines deleted...]
-        <w:t>оймасы.</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Есть в библиотеке и специально оборудованное помещение для хранения произведений печати и других носителей информации. Это КНИГОХРАНИЛИЩЕ.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="00D277B5" w:rsidP="005F36E8">
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
-[...23 lines deleted...]
-        <w:t>!</w:t>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Помни!</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="12411" w:type="dxa"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12411"/>
       </w:tblGrid>
       <w:tr w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidTr="00316FEB">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8379" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="00D277B5" w:rsidP="00316FEB">
+          <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="00316FEB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
-[...133 lines deleted...]
-              <w:t>.</w:t>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>В книгохр</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>анилище вход читателю запрещен.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="00D277B5" w:rsidP="005F36E8">
-[...695 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Наше путешествие продолжается. А знаешь, откуда к нам пришло слово «БИБЛИОТЕКАРЬ»? Из Древней Греции. Так в старину называли «хранителя книг». Библиотекарь занимается обслуживанием читателей: он запишет тебя в библиотеку, порекомендует интересную книгу, познакомит с книжными новинками.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:noProof/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1019175" cy="862330"/>
             <wp:effectExtent l="19050" t="0" r="9525" b="0"/>
             <wp:docPr id="35" name="Рисунок 35" descr="http://orlovka.org.ru/files/366/resize/08_107_90.jpg">
@@ -8016,1206 +1519,223 @@
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1019175" cy="862330"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...632 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Интересно, а ты записан в какую-нибудь библиотеку? Если «Да», то ты – ЧИТАТЕЛЬ. Так называют человека, который регулярно посещает библиотеку, берет литературу для чтения. Читателю выдается документ, дающий право пользования библиотекой, - ЧИТАТЕЛЬСКИЙ ФОРМУЛЯР.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00940A84">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005F36E8" w:rsidRPr="00D277B5" w:rsidRDefault="00D277B5" w:rsidP="005F36E8">
+    <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">қыру </w:t>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Призыв</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="12411" w:type="dxa"/>
         <w:tblCellSpacing w:w="7" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="15" w:type="dxa"/>
           <w:left w:w="15" w:type="dxa"/>
           <w:bottom w:w="15" w:type="dxa"/>
           <w:right w:w="15" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="12411"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidTr="00D277B5">
+      <w:tr w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidTr="00316FEB">
         <w:trPr>
           <w:tblCellSpacing w:w="7" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="12383" w:type="dxa"/>
+            <w:tcW w:w="8379" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w:rsidR="005F36E8" w:rsidRPr="00940A84" w:rsidRDefault="005F36E8" w:rsidP="00316FEB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:eastAsia="ru-RU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00940A84">
+              <w:rPr>
+                <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Убеди своих друзей стать читателями библиотеки.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00D277B5" w:rsidRPr="00D277B5" w:rsidRDefault="00D277B5" w:rsidP="00D277B5">
-[...402 lines deleted...]
-        <w:t>.</w:t>
+    <w:p w:rsidR="005F36E8" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Наше небольшое путешествие завершилось. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005F36E8" w:rsidRPr="005F36E8" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Приглашаю тебя на следующую встречу – она будет посвящена истории библи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00940A84">
+        <w:rPr>
+          <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>отек.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="005F36E8" w:rsidRDefault="005F36E8" w:rsidP="005F36E8">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Segoe UI"/>
           <w:color w:val="222222"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
@@ -9289,100 +1809,100 @@
         <w:left w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
         <w:bottom w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
         <w:right w:val="dashDotStroked" w:sz="24" w:space="24" w:color="auto"/>
       </w:pgBorders>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
-    <w:altName w:val="Arial"/>
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="00991A25"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="656676DE"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
@@ -10117,76 +2637,72 @@
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="98"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="005F36E8"/>
-    <w:rsid w:val="00157F2A"/>
     <w:rsid w:val="001A39E5"/>
     <w:rsid w:val="005F36E8"/>
-    <w:rsid w:val="0094409D"/>
     <w:rsid w:val="00C75765"/>
-    <w:rsid w:val="00C77AA6"/>
-    <w:rsid w:val="00D277B5"/>
     <w:rsid w:val="00E905BD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -10377,52 +2893,50 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a4">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a3"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005F36E8"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
-  <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orlovka.org.ru/files/366/06.jpg" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orlovka.org.ru/files/catalog/75/gallery/big/01_1459251253.jpg" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orlovka.org.ru/files/366/05.jpg" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orlovka.org.ru/files/366/08.jpg" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://orlovka.org.ru/files/366/04.jpg" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
@@ -10641,80 +3155,65 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>3086</Characters>
+  <Pages>3</Pages>
+  <Words>560</Words>
+  <Characters>3195</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>25</Lines>
+  <Lines>26</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3620</CharactersWithSpaces>
+  <CharactersWithSpaces>3748</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Admin</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>