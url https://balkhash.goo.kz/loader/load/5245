--- v0 (2025-12-10)
+++ v1 (2025-12-17)
@@ -2,5144 +2,4002 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="13380"/>
+        <w:gridCol w:w="6036"/>
+        <w:gridCol w:w="3741"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidTr="00BA7497">
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="6036" w:type="dxa"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A17ED">
-[...15 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3741" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-              <w:t>Министра образования и</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Білім және ғыл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ым министрінің</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-              <w:t>науки Республики Казахстан</w:t>
-[...7 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2020 жылғы 22 мамырдағы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
               <w:br/>
-              <w:t>от 22 мая 2020 года № 219</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>№ 219 бұйрығына</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3" w:rsidP="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:before="225" w:after="135" w:line="390" w:lineRule="atLeast"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
-        <w:textAlignment w:val="baseline"/>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z11"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>"Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметтің қағидасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bookmarkStart w:id="1" w:name="z12"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
           <w:b/>
-          <w:color w:val="1E1E1E"/>
-[...4 lines deleted...]
-        <w:t>Правила оказания государственной услуги "Прием документов и зачисление в организации дополнительного образования для детей по предоставлению им дополнительного образования"</w:t>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалпы ережелер</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...7 lines deleted...]
-        <w:t>Глава 1. Общие положения</w:t>
+      <w:bookmarkStart w:id="2" w:name="z13"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      1. "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметтің осы қағидасы" "Мемлекеттік қызмет көрсету туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>(бұдан әрі - Заң) 10-бабының 1) тармақшасына сәйкес әзірленді және қосымша білім беру ұйымдарына және жалпы орта білім беру ұйымдарына (бұдан әрі - көрсетілетін қызметті беруші) құжат қабылдаудың тәртібін анықтайды.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...8 lines deleted...]
-        <w:t xml:space="preserve">      1. </w:t>
+      <w:bookmarkStart w:id="3" w:name="z14"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      2. "Балаларға қосымша білім беру б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілетін қызметті балаларға арналған қосымша білім беру ұйымдары, жалпы орта білім беру ұйымдары (бұдан әрі - көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z15"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A17ED">
-[...70 lines deleted...]
-        <w:t>).</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мем</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лекеттік қызметті көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z16"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік көрсетілетін қызметті алу үшін жеке тұлғалар (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушіге "Азаматтарға арналған үкімет" мемлекеттік корпорациясы коммерциялық емес акционерлі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к қоғамына (бұдан әрі - Мемлекеттік корпорация) немесе "электрондық үкіметтің" www.egov.kz веб-порталына (бұдан әрі - Портал) жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мемлекеттік қызмет көрсетудің негізгі талаптарының тізбесі, оның ішінде үрдістің мінездемесі, түрі, мазмұны және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қызмет көрсетудің нәтижесі, сондай-ақ, мемлекеттік қызмет көрсетудің ерекшеліктері ескерілген осы Қағидаларға қосымшаға сәйкес "Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік көрсетілет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ін қызмет стандартында көрсетілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z17"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      4. Мемлекеттік корпорация арқылы құжаттарды қабылдау кезінде көрсетілетін қызметті алушыға құжаттар топтамасын қабылдау туралы қолхат беріледі немесе көрсетілетін қызметті алушы құжаттардың және (немесе) қолданылу </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мерзімі өткен құжаттардың толық топтамасын ұсынбаған және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>қабылдау туралы өтінішті белгіленген мерзімнен кеш берген жағдайда, өтінішті қабылдаудан бас тартады және құжаттарды қабылдаудан бас тарту туралы еркін нысандағы анықтаманы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мемлекетт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ік корпорация арқылы жүгінген жағдайда қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...234 lines deleted...]
-        <w:t xml:space="preserve">      4. </w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A17ED">
-[...56 lines deleted...]
-        <w:t xml:space="preserve"> неполного пакета документов и (или) документов с истекшим сроком действия, и также подачи заявления о приеме позже установленных сроков отказывает в приеме заявления и выдает расписку произвольной формы о возврате документов.</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Құжаттарды Портал арқылы берген жағдайда көрсетілетін қызметті алушының "жеке кабинетінде" мемлекеттік қызмет көрсетуге арналған сұрау салуды қарау мә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ртебесі туралы ақпарат, сондай-ақ мемлекеттік көрсетілетін қызмет нәтижесін алу күні мен уақыты көрсетілген хабарлама көрсетіледі.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...9 lines deleted...]
-        <w:t>      В случае обращения через Государственную корпорацию день приема не входит в срок оказания государственной услуги.</w:t>
+      <w:bookmarkStart w:id="7" w:name="z18"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Көрсетілетін қызметті берушінің қызметкері келіп түскен күні өтінішті тіркейді және оны жауапты құрылымдық бөлімшеге</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> орындауға жібереді. Өтініш жұмыс уақыты аяқталғаннан кейін, демалыс және мереке күндері Қазақстан Республикасының еңбек заңнамасына сәйкес келіп түскен жағдайда, өтініш келесі жұмыс күні тіркеледі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...159 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A17ED">
-[...104 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің жауапты құрылымдық б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өлімшесінің қызметкері алынған сәттен бастап 10 минут ішінде ұсынылған құжаттардың толықтығын тексереді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...80 lines deleted...]
-        <w:t xml:space="preserve"> уведомление о принятии документов и зачислении в организацию дополнительного образования, организацию общего среднего образования.</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>      Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайда, көрсетіл</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері өтінішті одан әрі қараудан дәлелді бас тартуды қағаз жеткізгіште немесе Портал арқылы көрсетілетін қызметті алушының "жеке кабинетіне" көрсетілетін қызметті берушінің уәкілетті тұлғасының Э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ЦҚ-мен куәландырылған электрондық құжат нысанында жібереді.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...50 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A17ED">
-[...45 lines deleted...]
-        <w:t> статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті алушы құжаттардың толық топтамасын ұсынған жағдайда көрсетілетін қызметті берушінің жауапты құрылымдық бөлімшесінің қызметкері көрсетілетін қызметті алушыға құжаттардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қабылданғаны және қосымша білім беру ұйымына, жалпы орта білім беру ұйымына қабылданғаны туралы хабарлама жібереді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> и (или) его должностных лиц по вопросам оказания государственных услуг</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Көрсетілетін қызметті беруші мемлекеттік қызметті көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей мемлекеттік </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>корпорацияның филиалына құжаттарды жеткізуді қамтамасыз етеді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...56 lines deleted...]
-        <w:t xml:space="preserve">, в уполномоченный орган по оценке и </w:t>
+      <w:bookmarkStart w:id="8" w:name="z19"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A17ED">
-[...8 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6. Көрсетілетін қызметті беруші "Мемлекеттік қызмет көрсету туралы" Қазақстан Республикасы Заңының 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласында уәкілетті орган бел</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>гілеген тәртіп бойынша мемлекеттік көрсетілетін қызмет кезеңі туралы ақпараттық жүйеге мәліметтер енгізуді қамтамасыз етеді.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005A17ED">
-[...30 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z20"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3-тарау.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Көрсетілетін қызметті берушінің және (немесе) оның лауазымды адамдарының мемлекеттік қызмет көрсету мәселелері бойынша ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>рекетіне (әрекетсіздігіне) шағымдану тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...93 lines deleted...]
-        <w:t>государственных услугах", подлежит рассмотрению в течение 5 (пяти) рабочих дней со дня ее регистрации.</w:t>
+      <w:bookmarkStart w:id="10" w:name="z21"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       7. Көрсетілетін қызметті берушінің және (немесе) оның лауазымды тұлғалардың мемлекеттік қызметтер көрсету мәселелері бойынша шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағымды Қазақстан Республикасы заңн</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">амасына сәйкес көрсетілетін қызметті берушінің басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау бойынша уәкілетті органға беруге болады. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...32 lines deleted...]
-        <w:t xml:space="preserve">, поступившая в адрес уполномоченного органа по оценке и </w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="005A17ED">
-[...8 lines deleted...]
-        <w:t>контролю за</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсетілетін қызметті берушінің мекен-жайына тікелей түскен көрсетілетін қызметті а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>лушының арызы "Мемлекеттік қызмет көрсету туралы" Қазақстан Республикасы Заңының 25-бабының 2) тармақшасына сәйкес тіркелген күнінен бастап, 5 (бес) жұмыс күні ішінде қаралуы тиіс.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="005A17ED">
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="005A17ED">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:spacing w:after="0"/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...6 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005A17ED">
-[...33 lines deleted...]
-      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Көрсетілетін қызметті алушының өтініші мемлекеттік қызмет көрсетуді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағалау және бақылау бойынша уәкілетті органның мекен-жайына түскен жағдайда, онда тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қаралуға тиіс.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="009E755D" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z22"/>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. Көрсетілетін қызметті алушы көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасының заңнамасында көрсетілген тәртіппен сотқа жүгіне алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="12"/>
+    </w:p>
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...8 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...23 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="13380" w:type="dxa"/>
-[...4 lines deleted...]
-        </w:tblCellMar>
+        <w:tblW w:w="10080" w:type="dxa"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="8420"/>
-        <w:gridCol w:w="4960"/>
+        <w:gridCol w:w="707"/>
+        <w:gridCol w:w="1867"/>
+        <w:gridCol w:w="5561"/>
+        <w:gridCol w:w="1945"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidTr="00BA7497">
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5805" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="8135" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A17ED">
-[...5 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">"Балаларға қосымша білім беру бойынша қосымша білім беру ұйымдарына құжаттар қабылдау және оқуға қабылдау" мемлекеттік </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>өрсетілетін қызмет стандарты</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3420" w:type="dxa"/>
+            <w:tcW w:w="1945" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Бұйрыққа қосымша</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="001F24D3" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F24D3" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F24D3" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="001F24D3" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="3"/>
+          <w:wAfter w:w="9373" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
-              <w:top w:w="45" w:type="dxa"/>
-[...2 lines deleted...]
-              <w:right w:w="75" w:type="dxa"/>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="009E755D">
             <w:pPr>
-              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...6 lines deleted...]
-                <w:lang w:eastAsia="ru-RU"/>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="1" w:name="z36"/>
-[...9 lines deleted...]
-              <w:t>Приложение к приказу</w:t>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Балаларға арналған қосымша білім беру ұйымдары, жалпы орта білім беру ұйымдары </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өтінішті қабылдау және мемлекеттік көрсетілетін қызметті беруді көрсетілетін қызметті беруші, </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>"Азаматтарға арналған үкімет" мемлекеттік корпорациясы "коммерциялық емес акционерлік қоғамы немесе "электрондық үкіметтің" www.egov.kz веб-порталы жүзеге асырады</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Құжаттар топтамасын тапсырған сәттен бастап қызмет кө</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рсету мерзімі - 30 (отыз) минут (құжаттарды ағымдағы жылғы тамыз айының 1-нен бастап қазан айының 1-не дейін жыл сайын қабылданады).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Электрондық (толық автоматтандырылған) және (немесе) қағаз түрінде</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>змет көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік қызметті көрсету нәтижесі: осы стандарттың қосымшасына сәйкес нысан бойынша балаларға арналған қосымша білім беру ұйымдарына қосымша білім беруге оқуға қабылданады немесе мемлекеттік қызмет көрсетудің осы стандартының 9 -</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тармағымен қарастырылған дәлелді жауап беріледі. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтің нәтижесін көрсету нысаны қағаз немесе электрондық нұсқада беріледі.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызметті көрсету кезінде </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">қызметті алушы тарапынан төленетін төлемақы көлемі және </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы заңнамасында қарастырылған жағдайларда төлем жасау тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> Мемлекеттік қызмет "Білім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңында көзделген білім алушылардың санаттарына жеңілдікпен тегін немесе ақылы көрсетіл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>еді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Әлеуметтік көмек көрсетілетін Қазақстан Республикасы азаматтарының санатына: 1) жетім балалар, ата-анасының қамқорлығынсыз қалған балалар;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) даму мүмкіндіктері шектеулі балалар, мүгедектер және бала кезінен мүгедектер, мүгедек балалар; 3) көп балалы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> отбасылардың балалары; 4) кәмелетке толмағандарды бейімдеу орталықтарындағы және өмірлік қиын жағдайда жүрген балаларды қолдау орталықтарындағы балалар; 5) жалпы және санаторийлік үлгідегі мектеп-интернаттарында, мектеп жанындағы интернаттарда тұратын бал</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>алар; 6) дарынды балаларға арналған мамандандырылған интернаттық білім беру ұйымдарында тәрбиеленетін және білім алатын балалар; 7) интернаттық ұйымдардың тәрбиеленушілері; 8) мемлекеттік атаулы әлеуметтік көмек алуға құқығы бар отбасылардан, сондай-ақ мем</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лекеттік атаулы әлеуметтік көмек алмайтын, жан басына шаққандағы орташа табысы ең төменгі күнкөріс деңгейінің шамасынан төмен отбасылардан шыққан балалар; 9) денсаулық жағдайына байланысты бастауыш, негізгі орта, жалпы орта білім беру бағдарламалары бойынш</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>а ұзақ уақыт бойы үйде немесе стационарлық көмек, сондай-ақ қалпына келтіру емін және медициналық оңалту көрсететін ұйымдарда оқитын балалар; 10) Қазақстан Республикасының заңдарымен айқындалатын өзге де санаттағы азаматтар. Мемлекеттік қызметтің құнын "Бі</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>лім туралы" Қазақстан Республикасының 2007 жылғы 27 шілдедегі Заңына сәйкес көрсетілетін қызметті беруші айқындайды және облыстардың, республикалық маңызы бар қаланың, астананың жергілікті атқарушы органдарының интернет - ресурстарында орналастырылады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>көрсетілетін</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті беруші Қазақстан Республикасының заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің жұмыс кестесіне сәйкес дүйсенбіден бастап жұмаға дейін қабылдайды.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Өтініштерді қабылдау және</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> нәтижелерді беру мемлекеттік қызмет көрсету сағат 13.00 - ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00 - ден 18.30-ға дейін жүргізіледі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>2) Мемлекеттік корпорация: еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап се</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>нбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Қабылдау "электрондық" кезек тәртібінде, тұрғылықты жері бойынша кәмелетке толмаған, жедел қызмет көрсетусіз, мүмкін "брондауға" портал арқылы электрондық</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кезек;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) портал - тәулік бойы, жөндеу жұмыстары жүргізілетін техникалық үзілістерді ескермегенде (көрсетілетін қызметті алушы жұмыс күнінің соңында, Қазақстан Республикасының заңнамасына сәйкес демалыс және мереке күндері өтініш берген жағдайда). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>кеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Көрсетілетін қызметті берушінің мемлекеттік қызметті көрсетілетін мекен-жайлары www.nis.edu.kz интернет ресурсында, сондай-ақ, Министрліктің www.edu.gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.kz интернет ресурсында "Мемлекеттік қызметтер" бөлігінде орналастырылған. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көрсетілетін мемлекеттік қызмет үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) ата-анасының біреуінің (немесе басқа заңды </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тұлғаның) еркін түрде жазылған өтініші;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) баланы тұлғасын куәландыратын құжат; </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) "Денсаулық сақтау ұйымдарының бастапқы медициналық құжаттама нысандарын бекіту туралы" Қазақстан Республикасы Денсаулық сақтау министрінің міндетін атқарушының 2010 жылғы</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 23 қарашадағы № 907 бұйрығымен бекітілген 086/е нысаны бойынша Медициналық анықтама (нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 6697 болып тіркелген);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Порталға: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті алушының ата-анасының (немесе басқа заңды өкіл</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>інің) біреуінің атынан оның ЭЦҚ-мен қол қойылған электрондық құжат түрінде жергілікті тұратын мекен-жайы көрсетілген өтініш.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Қазақстан </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Республикасы заңнамасында белгіленген тәртіп бойынша көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тартуына негіз болатын жағдайлар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">1) көрсетілетін қызметті алушы осы мемлекеттік көрсетілетін </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызмет стандартының 8-тармағына сәйкес құжаттардың топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтіп кеткен құжаттарды ұсынған жағдайларда, көрсетіле</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тін қызметті беруші өтінішті қабылдаудан бас тартады;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті алушының мемлекеттік көрсетілетін қызметті алу үшін ұсынған құжаттарының және (немесе) олардағы деректердің (мәліметтердің) анық еместігінің анықталуы;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3) конкурстық іріктеуге </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қатысу өтінішін белгіленген мерзімнен кеш тапсырған жағдайда. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidTr="001F24D3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="707" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің, оның ішінде Мемлекеттік корпорация арқылы мемлекеттік қызмет көрсетудің ерекшеліктері ескерілген өзгеде талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7506" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Организм функциялары бұзылып, оның </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға және тергеу қамаудағы тұлғаларға және бас бостандығынан айыру орындарында жазасын өтеп жүрген адамдарға қажет болған жағдайда Мемлекеттік қызмет көрсету үшін құжаттарды қабылда</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>уды көрсетілетін қызметті беруші көрсетілетін қызметті алушының тұрғылықты жеріне, болатын жеріне барып және бірыңғай байланыс орталығы 1414, 8 800 080 7777 арқылы жүгіну арқылы қағаз жеткізгішін толтыра отырып жүргізеді.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының ЭЦҚ</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> пайдалану мүмкіндігі портал арқылы электрондық сұрау салу арқылы мемлекеттік қызметті алу кезінде қаралады.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының мемлекеттік қызметті көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдағы "же</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ке кабинеті", көрсетілетін қызметті берушінің анықтамалық қызметтері, сондай-ақ Мемлекеттік қызметтер көрсету мәселелері жөніндегі Бірыңғай байланыс орталығы арқылы алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>Мемлекеттік көрсетілетін қызметтер жөніндегі мәселелер бойынша көрсет</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>ілетін қызметті берушінің анықтамалық қызметінің байланыс телефондары www.nis.edu.kz интернет-</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F24D3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>ресурсында көрсетілген, бірыңғай байланыс-орталығы: 1414, 8 800 080 77777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3">
       <w:pPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...5 lines deleted...]
-          <w:lang w:eastAsia="ru-RU"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00BA7497" w:rsidRPr="005A17ED" w:rsidRDefault="00BA7497" w:rsidP="00BA7497">
+    <w:p w:rsidR="009E755D" w:rsidRPr="001F24D3" w:rsidRDefault="001F24D3" w:rsidP="001F24D3">
       <w:pPr>
-        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
-[...14 lines deleted...]
-        </w:sectPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="001F24D3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
     </w:p>
-    <w:tbl>
-[...2640 lines deleted...]
-      <w:docGrid w:linePitch="360"/>
+    <w:sectPr w:rsidR="009E755D" w:rsidRPr="001F24D3">
+      <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00B44BBB"/>
-[...7 lines deleted...]
-    <w:rsid w:val="00C01E89"/>
+    <w:rsidRoot w:val="009E755D"/>
+    <w:rsid w:val="001F24D3"/>
+    <w:rsid w:val="009E755D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00455A70"/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F24D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00455A70"/>
+    <w:rsid w:val="001F24D3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
-[...13 lines deleted...]
-    <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="004A3277"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="480"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="200"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="Balloon Text"/>
+    <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="4F81BD" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Название Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00455A70"/>
+    <w:qFormat/>
+    <w:rsid w:val="007109C0"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+    <w:name w:val="disclaimer"/>
+    <w:basedOn w:val="a"/>
+    <w:pPr>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+    <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="001F24D3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+  <w:style w:type="character" w:customStyle="1" w:styleId="af">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a3"/>
+    <w:link w:val="ae"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00455A70"/>
+    <w:rsid w:val="001F24D3"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:rFonts w:ascii="Tahoma" w:eastAsia="Times New Roman" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...17 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V2000020695" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z1300000088" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/Z070000319_" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5388,66 +4246,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>1948</Words>
-  <Characters>11104</Characters>
+  <Words>1975</Words>
+  <Characters>11264</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>92</Lines>
+  <Lines>93</Lines>
   <Paragraphs>26</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>diakov.net</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13026</CharactersWithSpaces>
+  <CharactersWithSpaces>13213</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>RePack by Diakov</dc:creator>
+  <dc:creator>USER</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>