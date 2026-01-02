--- v0 (2025-12-10)
+++ v1 (2026-01-02)
@@ -15,110 +15,110 @@
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9855"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00C33D1B" w:rsidTr="00C33D1B">
+      <w:tr w:rsidR="00F179B8" w:rsidTr="00F179B8">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9855" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
               <w:tblW w:w="0" w:type="auto"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="9639"/>
             </w:tblGrid>
-            <w:tr w:rsidR="00CD32BF" w:rsidTr="00CD32BF">
+            <w:tr w:rsidR="006B3173" w:rsidTr="006B3173">
               <w:tblPrEx>
                 <w:tblCellMar>
                   <w:top w:w="0" w:type="dxa"/>
                   <w:bottom w:w="0" w:type="dxa"/>
                 </w:tblCellMar>
               </w:tblPrEx>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="9639" w:type="dxa"/>
                   <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
                 </w:tcPr>
-                <w:p w:rsidR="00CD32BF" w:rsidRPr="00CD32BF" w:rsidRDefault="00CD32BF" w:rsidP="00820171">
+                <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173" w:rsidP="00EF4E93">
                   <w:pPr>
                     <w:rPr>
                       <w:color w:val="0C0000"/>
                       <w:sz w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="0C0000"/>
                       <w:sz w:val="24"/>
                       <w:lang w:val="kk-KZ"/>
                     </w:rPr>
                     <w:t>№ исх: 381   от: 03.09.2020</w:t>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
-          <w:p w:rsidR="00C33D1B" w:rsidRPr="00C33D1B" w:rsidRDefault="00C33D1B" w:rsidP="00820171">
+          <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8" w:rsidP="00EF4E93">
             <w:pPr>
               <w:rPr>
                 <w:color w:val="0C0000"/>
                 <w:sz w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00EF4E93" w:rsidRDefault="00EF4E93" w:rsidP="00820171">
+    <w:p w:rsidR="00EF4E93" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         Нұр-Сұлтан қ</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
@@ -146,1446 +146,1171 @@
         </w:rPr>
         <w:t>-Султан</w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">                                           </w:t>
       </w:r>
       <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="001071FE" w:rsidRPr="002E7216" w:rsidRDefault="001071FE" w:rsidP="00820171">
+    <w:p w:rsidR="001071FE" w:rsidRDefault="001071FE" w:rsidP="001071FE">
       <w:pPr>
         <w:pStyle w:val="a8"/>
         <w:ind w:right="4819"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="aa"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4667"/>
+        <w:gridCol w:w="4928"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002C1007" w:rsidRPr="002E7216" w:rsidTr="006A4B90">
+      <w:tr w:rsidR="004077CA" w:rsidRPr="00693ADB" w:rsidTr="005D62E1">
         <w:trPr>
-          <w:trHeight w:val="1342"/>
+          <w:trHeight w:val="1444"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4667" w:type="dxa"/>
+            <w:tcW w:w="4928" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="002C1007" w:rsidRPr="002E55A8" w:rsidRDefault="002C1007" w:rsidP="006A4B90">
+          <w:p w:rsidR="004077CA" w:rsidRPr="00693ADB" w:rsidRDefault="001227AF" w:rsidP="00EC655D">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001227AF">
               <w:rPr>
-                <w:rFonts w:eastAsia="Consolas"/>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">О внесении </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="001227AF">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>изменени</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00EC655D">
+              <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>«</w:t>
+              <w:t>й</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00022085">
+            <w:r w:rsidRPr="001227AF">
               <w:rPr>
-                <w:rFonts w:eastAsia="Consolas"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Коронавирустық</w:t>
+              <w:t xml:space="preserve"> в приказ Министра образования и науки Республики Казахстан от </w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00022085">
+            <w:r w:rsidR="005320F8">
               <w:rPr>
-                <w:rFonts w:eastAsia="Consolas"/>
-[...19 lines deleted...]
-                <w:rFonts w:eastAsia="Consolas"/>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>13 августа</w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...342 lines deleted...]
-            <w:r w:rsidRPr="00820171">
+            <w:r w:rsidRPr="001227AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t>Қазақстан</w:t>
+              <w:t xml:space="preserve"> 20</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-[...98 lines deleted...]
-            <w:r w:rsidRPr="00820171">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
-            <w:r w:rsidRPr="00820171">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> года № </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00820171">
+            <w:r w:rsidR="005320F8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>жылғы</w:t>
+              <w:t>345</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="00820171">
+            <w:r w:rsidRPr="001227AF">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>13 тамыздағы</w:t>
+              <w:t>«</w:t>
             </w:r>
-            <w:r w:rsidRPr="00820171">
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
-              <w:t xml:space="preserve"> № </w:t>
+              <w:t>Об утверждении Методических</w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>рекомендаций по осуществлению</w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>учебного процесса в организациях образования</w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>в период ограничительных мер, связанных</w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve">с распространением </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t>коронавирусной</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> инфекции</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>345</w:t>
+              <w:t>»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00820171">
-[...35 lines deleted...]
-            <w:r w:rsidR="00A04483">
+            <w:r w:rsidR="002C31D4">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>тер</w:t>
-[...6 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
-[...26 lines deleted...]
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002C1007" w:rsidRDefault="002C1007" w:rsidP="002C1007">
+    <w:p w:rsidR="004077CA" w:rsidRPr="00F923B9" w:rsidRDefault="004077CA" w:rsidP="005D10D9">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="002C1007" w:rsidRPr="002E55A8" w:rsidRDefault="002C1007" w:rsidP="00A04483">
-[...7 lines deleted...]
-    <w:p w:rsidR="002C1007" w:rsidRPr="00820171" w:rsidRDefault="002C1007" w:rsidP="002C1007">
+    <w:p w:rsidR="001227AF" w:rsidRPr="004B58D0" w:rsidRDefault="001227AF" w:rsidP="001227AF">
       <w:pPr>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...13 lines deleted...]
-        <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...1 lines deleted...]
-        <w:t>БҰЙЫРАМЫН:</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z3"/>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В соответствии с пунктом 3 статьи 65 Закона Республики Казахстан                   от 6 апреля 2016 года «О правовых актах» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ПРИКАЗЫВАЮ:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002C1007" w:rsidRPr="00820171" w:rsidRDefault="002C1007" w:rsidP="002C1007">
+    <w:p w:rsidR="001227AF" w:rsidRPr="004B58D0" w:rsidRDefault="001227AF" w:rsidP="001227AF">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Внести в приказ </w:t>
+      </w:r>
+      <w:r w:rsidR="005320F8" w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министра образования и науки Республики Казахстан от 13 августа 2020 года № 345 «Об утверждении Методических рекомендаций по осуществлению учебного процесса в организациях образования в период ограничительных мер, связанных с распространением коронавирусной инфекции» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>следующи</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>е изменени</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>я</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC655D" w:rsidRDefault="00EC655D" w:rsidP="005320F8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етодические рекомендации по организации учебного процесса в организациях среднего образования в период ограничительных мер, связанных с недопущением  распространения коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>утвержденных указанным приказом, изложить в редакции согласно приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00EC655D" w:rsidRDefault="00EC655D" w:rsidP="00EC655D">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етодические рекомендации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по организации учебного процесса в организациях технического и профессионального, послесреднего образования в период ограничительных мер, связанных с недопущением распространения коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>утвержденных указанным приказом, изложить в редакции согласно приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00066FDE" w:rsidRDefault="005320F8" w:rsidP="005320F8">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>м</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>етодические рекомендации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>по организац</w:t>
+      </w:r>
+      <w:r w:rsidR="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ии учебного процесса в организациях</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005320F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высшего и послевузовского образования в период ограничительных мер, связанных с недопущением распространения коронавирусной инфекции</w:t>
+      </w:r>
+      <w:r w:rsidR="001227AF" w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, утвержденных указанным приказом, изложить в редакции согласно приложению</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC655D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3</w:t>
+      </w:r>
+      <w:r w:rsidR="001227AF" w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу</w:t>
+      </w:r>
+      <w:r w:rsidR="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001227AF" w:rsidRPr="00066FDE" w:rsidRDefault="00066FDE" w:rsidP="00066FDE">
+      <w:pPr>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>м</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>етодические</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> рекомендации</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">по организации учебного процесса в организациях дополнительного образования в период ограничительных мер, связанных с недопущением распространения </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавирусной</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00066FDE">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> инфекции</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>утвержденных указанным приказом, изложить в редакции согласно приложению</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004B58D0">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00B62A7B" w:rsidRPr="00B62A7B" w:rsidRDefault="00884707" w:rsidP="00884707">
       <w:pPr>
         <w:pStyle w:val="af"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="6"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1276"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан (Мелдебекова М.Т.), Департаменту технического и профессионального образования Министерства образования и науки Республики Казахстан (Оспанова Н.Ж.), Департаменту высшего и послевузовского образования Министерства образования и науки Республики Казахстан (Тойбаев А.Ж.) довести настоящий приказ до сведения руководителей управлений образования областей, городов Нур-Султан, Алматы и Шымкент, р</w:t>
+      </w:r>
+      <w:r w:rsidR="00181609">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">уководителей </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00884707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>организации высшего и послевузовского образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884707" w:rsidRPr="00884707" w:rsidRDefault="00884707" w:rsidP="00884707">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-[...39 lines deleted...]
-        <w:t xml:space="preserve"> енгізілсін:</w:t>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Структурным подразделениям и ведомствам Министерства образования и науки Республики Казахстан принять иные меры, вытекающие из настоящего приказа и прилагаемых Методических рекомендаций.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C94245" w:rsidRDefault="00C94245" w:rsidP="002C1007">
-      <w:pPr>
+    <w:p w:rsidR="00884707" w:rsidRPr="00884707" w:rsidRDefault="00884707" w:rsidP="00884707">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководителям управлений образования областей, городов Нур-Султан, Алматы и Шымкент довести настоящий приказ до сведения районных и городских отделов организаций образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00884707" w:rsidRPr="00884707" w:rsidRDefault="00884707" w:rsidP="00884707">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00884707">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Контроль за исполнением настоящего приказа возложить на курирующих вице-министров образования и науки Республики Казахстан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="004077CA" w:rsidRPr="001227AF" w:rsidRDefault="004077CA" w:rsidP="001227AF">
+      <w:pPr>
+        <w:pStyle w:val="af"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Настоящий приказ вводится в действие </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6813" w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>со</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дня его</w:t>
+      </w:r>
+      <w:r w:rsidR="000A6813" w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подписания</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="001F2566" w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A6813" w:rsidRPr="001227AF">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="001F2566" w:rsidRPr="0046489C" w:rsidRDefault="001F2566" w:rsidP="001F2566">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C94245">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="00C94245" w:rsidRDefault="00C94245" w:rsidP="002C1007">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="001F2566" w:rsidRPr="0046489C" w:rsidRDefault="001F2566" w:rsidP="001F2566">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C94245">
-[...22 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w:rsidR="002C1007" w:rsidRDefault="002C1007" w:rsidP="002C1007">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="00181609" w:rsidRDefault="0029382E" w:rsidP="00181609">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>М</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D32D1D" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>инистр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00181609">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования и науки </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D32D1D" w:rsidRDefault="00181609" w:rsidP="001F2566">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...34 lines deleted...]
-        <w:t>;</w:t>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidR="0029382E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32D1D" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32D1D" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidR="00D32D1D" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidR="005D62E1" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="005D62E1" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       </w:t>
+      </w:r>
+      <w:r w:rsidR="0029382E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     А</w:t>
+      </w:r>
+      <w:r w:rsidR="00D32D1D" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0029382E">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Аймагамбетов</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000A6813" w:rsidRPr="0046489C">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00551A28" w:rsidRDefault="00551A28" w:rsidP="00551A28">
-[...4 lines deleted...]
-        </w:tabs>
+    <w:p w:rsidR="006B3173" w:rsidRDefault="006B3173" w:rsidP="001F2566">
+      <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...76 lines deleted...]
-      </w:r>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="007A1C8D" w:rsidRDefault="007A1C8D" w:rsidP="007A1C8D">
-[...386 lines deleted...]
-    <w:p w:rsidR="00CD32BF" w:rsidRPr="00CD32BF" w:rsidRDefault="00CD32BF" w:rsidP="00CD32BF">
+    <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173" w:rsidP="006B3173">
       <w:pPr>
         <w:rPr>
           <w:color w:val="0C0000"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="0C0000"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
@@ -1601,356 +1326,349 @@
         <w:rPr>
           <w:color w:val="0C0000"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>02.09.2020 19:31:31: Мелдебекова М. Т. (Комитет дошкольного и среднего образования) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
         <w:t>02.09.2020 20:03:03: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="0C0000"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
+      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="1"/>
     </w:p>
-    <w:sectPr w:rsidR="00CD32BF" w:rsidRPr="00CD32BF" w:rsidSect="00642211">
+    <w:sectPr w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidSect="00642211">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:headerReference w:type="first" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007F6F5F" w:rsidRDefault="007F6F5F">
+    <w:p w:rsidR="00BF588A" w:rsidRDefault="00BF588A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007F6F5F" w:rsidRDefault="007F6F5F">
+    <w:p w:rsidR="00BF588A" w:rsidRDefault="00BF588A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Consolas">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="007F6F5F" w:rsidRDefault="007F6F5F">
+    <w:p w:rsidR="00BF588A" w:rsidRDefault="00BF588A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="007F6F5F" w:rsidRDefault="007F6F5F">
+    <w:p w:rsidR="00BF588A" w:rsidRDefault="00BF588A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00185C5E" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00BE78CA">
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00185C5E" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00BE78CA">
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="004301AE">
+    <w:r w:rsidR="00F304DB">
       <w:rPr>
         <w:rStyle w:val="af1"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af1"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00CD32BF">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="006B3173">
     <w:pPr>
       <w:pStyle w:val="ab"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>528828</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
-              <wp:docPr id="4" name="Надпись 4"/>
+              <wp:docPr id="3" name="Надпись 3"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="8019098"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00CD32BF" w:rsidRPr="00CD32BF" w:rsidRDefault="00CD32BF">
+                        <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">03.09.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 4" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD0yCw2AgMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVbFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;aIImRWaaImMhFKmStC236NC9v9B/6NChW3/B+aMeKclx0g5N0YUi794d794dT8cndSnQimlTKJnh&#10;6CDEiEmq8kLeZvjd9bQ3wshYInMilGQZ3jCDT8YvXxyvq5T11UKJnGkETqRJ11WGF9ZWaRAYumAl&#10;MQeqYhKUXOmSWDjq2yDXZA3eSxH0w3AQrJXOK60oMwak540Sj71/zhm1F5wbZpHIMMRm/ar9Ondr&#10;MD4m6a0m1aKgbRjkH6IoSSHh0p2rc2IJWuriN1dlQbUyitsDqspAcV5Q5nOAbKLwSTZXC1IxnwuQ&#10;Y6odTeb/uaVvVpcaFXmGY4wkKaFE26/bb9vv25/bH/ef77+g2HG0rkwK0KsKwLY+VTXUupMbELrU&#10;a65L94WkEOiB7c2OYVZbREF4OIrCEDQUVKMwSsJk5NwED9aVNvYVUyVymwxrqKAnlqxmxjbQDuIu&#10;k2paCOGrKCRaZ3hweBR6g50GnAvpsMz3Q+MGTrWFrZdDcL5WH5OoH4en/aQ3HYyGvXgaH/WSYTjq&#10;QaSnySCMk/h8+sl5j+J0UeQ5k7NCsq5vovjv6tJ2cFNx3zmPAjdKFLnLysXmcj0TGq0INPBcEHrX&#10;8rWHCh6H4+mE7LqvzzJwFWwq5Xd2I5jzL+RbxqH+vmBO4F8e211JKGXS+lp7HgHtUBzCe45hi3em&#10;TRWeY7yz8DcraXfGZSGV9tV+EnZ+14XMGzyQsZe329p6XredPVf5BhpbK2g4aE5T0WkBvM+IsZdE&#10;wzwAIcw4ewELFwq6TLU7jBZKf/iT3OEz7Nb+EMzXMGIybN4viWYYidcS3nASxTGorD/ER8M+HPS+&#10;Zr6vkcvyTEETRD5Av3V4K7ot16q8gWk4cReDikgKwWXYdtsz2ww+mKaUTSYeBFOoInYmryrqXDuG&#10;Xctd1zdEV+0btNBMb1Q3jEj65Ck2WGcp1WRpFS/8O3UcN8S23MME8y3ZTls3IvfPHvXwTxj/AgAA&#10;//8DAFBLAwQUAAYACAAAACEAaTdHQuEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzW7CMBCE&#10;75X6DtZW6q04EITSNA5CiLaHqgd+VHFc4m0SEa+j2JD07euc4LY7O5r5NlsOphFX6lxtWcF0EoEg&#10;LqyuuVRw2L+/JCCcR9bYWCYFf+RgmT8+ZJhq2/OWrjtfihDCLkUFlfdtKqUrKjLoJrYlDrdf2xn0&#10;Ye1KqTvsQ7hp5CyKFtJgzaGhwpbWFRXn3cUo2E6/3Lc++gO7fjN86OPmhz/PSj0/Das3EJ4GfzPD&#10;iB/QIQ9MJ3th7USj4DVJArpXkMQxiNEQzUflFKZ4vpiBzDN5/0T+DwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAPTILDYCAwAAWwYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAGk3R0LhAAAADAEAAA8AAAAAAAAAAAAAAAAAXAUAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAABqBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Надпись 3" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:41.65pt;width:30pt;height:631.45pt;z-index:251660288;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAScPOkAwMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVbFu2zAQ3Qv0HwjujiRbsS0jcuAkcFHA&#10;SIImRWaaImMhFKmStC036NC9v9B/6NChW3/B+aMeKclx0g5N0YUi794d794dT0fHVSHQimmTK5ni&#10;6CDEiEmqslzepvj99bQzxMhYIjMilGQp3jCDj8evXx2tyxHrqoUSGdMInEgzWpcpXlhbjoLA0AUr&#10;iDlQJZOg5EoXxMJR3waZJmvwXoigG4b9YK10VmpFmTEgPauVeOz9c86oveDcMItEiiE261ft17lb&#10;g/ERGd1qUi5y2oRB/iGKguQSLt25OiOWoKXOf3NV5FQro7g9oKoIFOc5ZT4HyCYKn2VztSAl87kA&#10;Oabc0WT+n1t6vrrUKM9S3MNIkgJKtP26/bb9vv25/fHw+eEL6jmO1qUZAfSqBLCtTlQFtW7lBoQu&#10;9Yrrwn0hKQR6YHuzY5hVFlEQ9oZRGIKGgmoYRkmYDJ2b4NG61Ma+YapAbpNiDRX0xJLVzNga2kLc&#10;ZVJNcyF8FYVE6xT3e4ehN9hpwLmQDst8P9Ru4FRZ2Ho5BOdrdZ9E3Tg86SadaX846MTT+LCTDMJh&#10;ByI9SfphnMRn00/OexSPFnmWMTnLJWv7Jor/ri5NB9cV953zJHCjRJ65rFxsLtdTodGKQAPPBaF3&#10;DV97qOBpOJ5OyK79+iwDV8G6Un5nN4I5/0K+Yxzq7wvmBP7lsd2VhFImra+15xHQDsUhvJcYNnhn&#10;WlfhJcY7C3+zknZnXORSaV/tZ2Fnd23IvMYDGXt5u62t5lXT2XOVbaCxtYKGg+Y0JZ3mwPuMGHtJ&#10;NMwDEMKMsxewcKGgy1Szw2ih9Mc/yR0+xW7tDsB8DSMmxebDkmiGkXgr4Q0nURyDyvpDfDjowkHv&#10;a+b7GrksThU0QeQD9FuHt6Ldcq2KG5iGE3cxqIikEFyKbbs9tfXgg2lK2WTiQTCFSmJn8qqkzrVj&#10;2LXcdXVDdNm8QQvNdK7aYURGz55ijXWWUk2WVvHcv1PHcU1swz1MMN+SzbR1I3L/7FGP/4TxLwAA&#10;AP//AwBQSwMEFAAGAAgAAAAhAGk3R0LhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj81uwjAQ&#10;hO+V+g7WVuqtOBCE0jQOQoi2h6oHflRxXOJtEhGvo9iQ9O3rnOC2Ozua+TZbDqYRV+pcbVnBdBKB&#10;IC6srrlUcNi/vyQgnEfW2FgmBX/kYJk/PmSYatvzlq47X4oQwi5FBZX3bSqlKyoy6Ca2JQ63X9sZ&#10;9GHtSqk77EO4aeQsihbSYM2hocKW1hUV593FKNhOv9y3PvoDu34zfOjj5oc/z0o9Pw2rNxCeBn8z&#10;w4gf0CEPTCd7Ye1Eo+A1SQK6V5DEMYjREM1H5RSmeL6Ygcwzef9E/g8AAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQAScPOkAwMAAFsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQBpN0dC4QAAAAwBAAAPAAAAAAAAAAAAAAAAAF0FAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAawYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00CD32BF" w:rsidRPr="00CD32BF" w:rsidRDefault="00CD32BF">
+                  <w:p w:rsidR="006B3173" w:rsidRPr="006B3173" w:rsidRDefault="006B3173">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">03.09.2020 ЕСЭДО ГО (версия 7.23.0)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
@@ -2007,51 +1725,51 @@
             <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="019E72B4" wp14:editId="36A30EC6">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="13B082E2" wp14:editId="7599E5B5">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                               <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
@@ -2104,160 +1822,160 @@
             </w:rPr>
             <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
           </w:r>
         </w:p>
         <w:p w:rsidR="001071FE" w:rsidRDefault="001071FE" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00C33D1B" w:rsidP="001A1881">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00F179B8" w:rsidP="001A1881">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:noProof/>
               <w:color w:val="3399FF"/>
             </w:rPr>
             <mc:AlternateContent>
               <mc:Choice Requires="wps">
                 <w:drawing>
-                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="287AA24A" wp14:editId="03B0C674">
+                  <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                     <wp:simplePos x="0" y="0"/>
                     <wp:positionH relativeFrom="column">
                       <wp:posOffset>2429510</wp:posOffset>
                     </wp:positionH>
                     <wp:positionV relativeFrom="paragraph">
                       <wp:posOffset>178308</wp:posOffset>
                     </wp:positionV>
                     <wp:extent cx="381000" cy="8019098"/>
                     <wp:effectExtent l="0" t="0" r="0" b="1270"/>
                     <wp:wrapNone/>
-                    <wp:docPr id="3" name="Поле 3"/>
+                    <wp:docPr id="1" name="Поле 1"/>
                     <wp:cNvGraphicFramePr/>
                     <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                       <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                         <wps:wsp>
                           <wps:cNvSpPr txBox="1"/>
                           <wps:spPr>
                             <a:xfrm>
                               <a:off x="0" y="0"/>
                               <a:ext cx="381000" cy="8019098"/>
                             </a:xfrm>
                             <a:prstGeom prst="rect">
                               <a:avLst/>
                             </a:prstGeom>
                             <a:noFill/>
                             <a:ln w="6350">
                               <a:noFill/>
                             </a:ln>
                             <a:effectLst/>
                             <a:extLst>
                               <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                                 <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                                   <a:solidFill>
                                     <a:prstClr val="black"/>
                                   </a:solidFill>
                                 </a14:hiddenLine>
                               </a:ext>
                             </a:extLst>
                           </wps:spPr>
                           <wps:style>
                             <a:lnRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:lnRef>
                             <a:fillRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:fillRef>
                             <a:effectRef idx="0">
                               <a:schemeClr val="accent1"/>
                             </a:effectRef>
                             <a:fontRef idx="minor">
                               <a:schemeClr val="dk1"/>
                             </a:fontRef>
                           </wps:style>
                           <wps:txbx>
                             <w:txbxContent>
-                              <w:p w:rsidR="00C33D1B" w:rsidRPr="00C33D1B" w:rsidRDefault="00C33D1B">
+                              <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8">
                                 <w:pPr>
                                   <w:rPr>
                                     <w:color w:val="0C0000"/>
                                     <w:sz w:val="14"/>
                                   </w:rPr>
                                 </w:pPr>
                               </w:p>
                             </w:txbxContent>
                           </wps:txbx>
                           <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                             <a:prstTxWarp prst="textNoShape">
                               <a:avLst/>
                             </a:prstTxWarp>
                             <a:noAutofit/>
                           </wps:bodyPr>
                         </wps:wsp>
                       </a:graphicData>
                     </a:graphic>
                   </wp:anchor>
                 </w:drawing>
               </mc:Choice>
               <mc:Fallback>
                 <w:pict>
-                  <v:shapetype w14:anchorId="287AA24A" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                     <v:stroke joinstyle="miter"/>
                     <v:path gradientshapeok="t" o:connecttype="rect"/>
                   </v:shapetype>
-                  <v:shape id="Поле 3" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:191.3pt;margin-top:14.05pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDdSuTC+AIAAFwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHUm2YltG5MBJ4KKA&#10;kQR1iqxpioqFUCRL0rbcomfpKboq0DP4SB1SnzhpF03RDUXOjzPzHkdn51XJ0ZZpU0iR4ugkxIgJ&#10;KrNCPKT44928N8bIWCIywqVgKd4zg8+nb9+c7dSE9eVa8oxpBEGEmexUitfWqkkQGLpmJTEnUjEB&#10;ylzqklg46ocg02QH0Use9MNwGOykzpSWlBkD0qtaiac+fp4zam/y3DCLeIohN+tX7deVW4PpGZk8&#10;aKLWBW3SIP+QRUkKAZd2oa6IJWiji99ClQXV0sjcnlBZBjLPC8p8DVBNFL6oZrkmivlaoDlGdW0y&#10;/y8svd7ealRkKR5gJEgJEB2+HX4efhy+o4Hrzk6ZCRgtFZjZ6kJWgHIrNyB0RVe5Lt0XykGghz7v&#10;u96yyiIKwsE4CkPQUFCNwygJk7ELEzx5K23sOyZL5DYp1oCdbynZLoytTVsTd5mQ84Jzjx8XaJfi&#10;4eA09A6dBoJz4WyZZ0IdBk6Vha2XQ3IepS9J1I/Di37Smw/Ho148j097ySgc9yDTi2QYxkl8Nf/q&#10;okfxZF1kGROLQrCWMVH8d4g03K2x9px5lriRvMhcVS43V+sl12hLgLorTuhj068jq+B5Or6dUF37&#10;9VUGDsEaKb+ze85cfC4+sByQ94A5gX9zrLuSUMqE9Vj7PoK1s8ohvdc4NvbOtUbhNc6dh79ZCts5&#10;l4WQ2qP9Iu3ssU05r+2hGUd1u62tVpWnfEfklcz2wG8tgXfAUaPovID2L4ixt0TDQAAhDDl7A0vO&#10;JZBNNjuM1lJ//pPc2afYrf0RuO9gxqTYfNoQzTDi7wU84iSKY1BZf4hPR3046GPN6lgjNuWlBC5E&#10;PkG/dfaWt9tcy/IexuHMXQwqIigkl2Lbbi9tPflgnFI2m3kjGEOK2IVYKupCu0Y75t1V90Sr5ila&#10;4NS1bKcRmbx4kbWt8xRytrEyL/xzda2uG9tAACPMM7MZt25GHp+91dNPYfoLAAD//wMAUEsDBBQA&#10;BgAIAAAAIQDZKUKF4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9Nb8IwDIbvk/gPkSftNtJ2&#10;CJWuKUIT2w6IAx+aOIbGaysap2oC7f79zGk72n70+nnz5WhbccPeN44UxNMIBFLpTEOVguPh/TkF&#10;4YMmo1tHqOAHPSyLyUOuM+MG2uFtHyrBIeQzraAOocuk9GWNVvup65D49u16qwOPfSVNrwcOt61M&#10;omgurW6IP9S6w7cay8v+ahXs4o3fmlM4kh/W44c5rb/o86LU0+O4egURcAx/MNz1WR0Kdjq7Kxkv&#10;WgUvaTJnVEGSxiAYmM3uizOTySKOQBa5/N+h+AUAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#10;IQDdSuTC+AIAAFwGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#10;AAAAIQDZKUKF4AAAAAsBAAAPAAAAAAAAAAAAAAAAAFIFAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#10;AAQABADzAAAAXwYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+                  <v:shape id="Поле 1" o:spid="_x0000_s1027" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:191.3pt;margin-top:14.05pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8tFVY+gIAAFwGAAAOAAAAZHJzL2Uyb0RvYy54bWysVUtu2zAQ3RfoHQjuHUmOYltC5MBJ4KKA&#10;kQRNiqxpioyJUKRK0rbcomfpKboq0DP4SB1SsuOkXTRFNxQ582Y4n8fR6VlTSbRixgqtCpwcxRgx&#10;RXUp1EOBP95NeyOMrCOqJFIrVuANs/hs/PbN6brOWV8vtCyZQeBE2XxdF3jhXJ1HkaULVhF7pGum&#10;QMm1qYiDo3mISkPW4L2SUT+OB9Fam7I2mjJrQXrZKvE4+OecUXfNuWUOyQJDbC6sJqxzv0bjU5I/&#10;GFIvBO3CIP8QRUWEgkv3ri6JI2hpxG+uKkGNtpq7I6qrSHMuKAs5QDZJ/CKb2wWpWcgFimPrfZns&#10;/3NLr1Y3BokSeoeRIhW0aPtt+3P7Y/sdJb4669rmALqtAeaac914ZCe3IPRJN9xU/gvpINBDnTf7&#10;2rLGIQrC41ESx6ChoBrFSRZnI+8merKujXXvmK6Q3xTYQO9CSclqZl0L3UH8ZUpPhZQgJ7lUaF3g&#10;wfFJHAz2GnAulQewwITWDZwaB9sgh+BCl75kST+Nz/tZbzoYDXvpND3pZcN41INIz7NBnGbp5fSr&#10;956k+UKUJVMzodiOMUn6dx3puNv2OnDmWeBWS1H6rHxsPtcLadCKAHXnktDHrl4HqOh5OKGckN3u&#10;G7KMfAfbToWd20jm/Uv1gXHofGiYF4Q3x/ZXEkqZcqHXoY6A9igO4b3GsMN707YLrzHeW4SbtXJ7&#10;40oobUK3X4RdPu5C5i0einGQt9+6Zt50lO+IPNflBvhtNPAOOGprOhVQ/hmx7oYYGAgghCHnrmHh&#10;UgPZdLfDaKHN5z/JPb7Afu0PwXwNM6bA9tOSGIaRfK/gEWdJmoLKhUN6MuzDwRxq5ocatawuNHAB&#10;HioEGLYe7+Ruy42u7mEcTvzFoCKKQnAFdrvthWsnH4xTyiaTAIIxVBM3U7c19a59oT3z7pp7Yuru&#10;KTrg1JXeTSOSv3iRLdZbKj1ZOs1FeK6+1G1huxbACAvM7Matn5GH54B6+imMfwEAAP//AwBQSwME&#10;FAAGAAgAAAAhANkpQoXgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj01vwjAMhu+T+A+RJ+02&#10;0nYIla4pQhPbDogDH5o4hsZrKxqnagLt/v3MaTvafvT6efPlaFtxw943jhTE0wgEUulMQ5WC4+H9&#10;OQXhgyajW0eo4Ac9LIvJQ64z4wba4W0fKsEh5DOtoA6hy6T0ZY1W+6nrkPj27XqrA499JU2vBw63&#10;rUyiaC6tbog/1LrDtxrLy/5qFezijd+aUziSH9bjhzmtv+jzotTT47h6BRFwDH8w3PVZHQp2Orsr&#10;GS9aBS9pMmdUQZLGIBiYze6LM5PJIo5AFrn836H4BQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAHy0VVj6AgAAXAYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhANkpQoXgAAAACwEAAA8AAAAAAAAAAAAAAAAAVAUAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAABhBgAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
                     <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                       <w:txbxContent>
-                        <w:p w:rsidR="00C33D1B" w:rsidRPr="00C33D1B" w:rsidRDefault="00C33D1B">
+                        <w:p w:rsidR="00F179B8" w:rsidRPr="00F179B8" w:rsidRDefault="00F179B8">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
                       </w:txbxContent>
                     </v:textbox>
                   </v:shape>
                 </w:pict>
               </mc:Fallback>
             </mc:AlternateContent>
           </w:r>
           <w:r w:rsidR="00A646AF" w:rsidRPr="00A646AF">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
@@ -2358,161 +2076,161 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="0056459C" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="ab"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00642211">
+    <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FBA1440" wp14:editId="10A7B95D">
+            <wp:anchor distT="4294967294" distB="4294967294" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2C0E3956" wp14:editId="38BA6964">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6985</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="page">
-                <wp:posOffset>1523365</wp:posOffset>
+                <wp:posOffset>1523364</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="6411595" cy="0"/>
-              <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
+              <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
               <wp:wrapNone/>
-              <wp:docPr id="1" name="Line 26"/>
+              <wp:docPr id="4" name="Line 26"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvCnPr>
                       <a:cxnSpLocks noChangeShapeType="1"/>
                     </wps:cNvCnPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm flipV="1">
                         <a:off x="0" y="0"/>
                         <a:ext cx="6411595" cy="0"/>
                       </a:xfrm>
                       <a:prstGeom prst="line">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="15875">
                         <a:solidFill>
                           <a:srgbClr val="3399FF"/>
                         </a:solidFill>
                         <a:round/>
                         <a:headEnd/>
                         <a:tailEnd/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                           <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                             <a:noFill/>
                           </a14:hiddenFill>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:bodyPr/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:line w14:anchorId="0F2E51DE" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD&#10;FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO&#10;x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o&#10;/QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE&#10;yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX&#10;nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2&#10;pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh&#10;lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP&#10;6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#39f" strokeweight="1.25pt">
+            <v:line w14:anchorId="20194F87" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:-6e-5mm;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:-6e-5mm;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2QHptHgIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWClTjHSJEO&#10;VvQkFEejaRhNb1wBEZXa2NAcPaoX86TpN4eUrlqidjxSfD0ZyMtCRvImJVycgQLb/pNmEEP2Xsc5&#10;HRvboUYK8zUkBnCYBTrGxZxui+FHjyj8nOZZNplPMKJXX0KKABESjXX+I9cdCkaJJdCPgOTw5Hyg&#10;9CskhCu9FlLGvUuFeig/mT1MYobTUrDgDXHO7raVtOhAQDrj8Xy+XscGwXMfZvVesYjWcsJWF9sT&#10;Ic82VJcq4EEvwOdinbXxfZ7OV7PVLB/ko+lqkKd1PfiwrvLBdJ09TOpxXVV19iNQy/KiFYxxFdhd&#10;dZrlf6eDy4s5K+ym1NsckrfocWBA9vqNpONawybPmthqdtrY67pBmjH48oyC9u/vYN8/9uVPAAAA&#10;//8DAFBLAwQUAAYACAAAACEAX4lZjtwAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE&#10;70j8g7VI3KidIgpN41SoghuXtjlwdOIliRqvQ+w0ga9nKyHBcXZGs2+y7ew6ccYhtJ40JAsFAqny&#10;tqVaQ3F8vXsCEaIhazpPqOELA2zz66vMpNZPtMfzIdaCSyikRkMTY59KGaoGnQkL3yOx9+EHZyLL&#10;oZZ2MBOXu04ulVpJZ1riD43pcddgdTqMTsPqMXg1fpe7/Uvx/llMQygf3JvWtzfz8wZExDn+heGC&#10;z+iQM1PpR7JBdKwTDmpY3q/XIC6+ShRvKX9PMs/k/wn5DwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQA2QHptHgIAADQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAAAAAAAAAAAAAAHgEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#39f" strokeweight="1.25pt">
               <w10:wrap anchory="page"/>
             </v:line>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">№  ____________________                                                          </w:t>
     </w:r>
-    <w:r w:rsidR="00346605">
+    <w:r w:rsidR="005D62E1">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t xml:space="preserve">    от «___»    ___________  20</w:t>
     </w:r>
-    <w:r w:rsidR="00346605">
+    <w:r w:rsidR="005D62E1">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <w:t>__  года</w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
@@ -2633,50 +2351,139 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="2D746B4A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C3ECD064"/>
+    <w:lvl w:ilvl="0" w:tplc="CA3603C4">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1350" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2070" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2790" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3510" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4230" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4950" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5670" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6390" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="7110" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2721,51 +2528,140 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
+  <w:abstractNum w:abstractNumId="3">
+    <w:nsid w:val="445F2E8D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A560080E"/>
+    <w:lvl w:ilvl="0" w:tplc="7ABCE982">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3054" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3774" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4494" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5214" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5934" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6654" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7374" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="8094" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="8814" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4">
     <w:nsid w:val="60C5405D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2654B108"/>
     <w:lvl w:ilvl="0" w:tplc="C2888490">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1758" w:hanging="1050"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2810,51 +2706,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5388" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
+  <w:abstractNum w:abstractNumId="5">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2389"/>
         </w:tabs>
         <w:ind w:left="2389" w:hanging="360"/>
@@ -2923,428 +2819,332 @@
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="4"/>
-[...26 lines deleted...]
-    </w:lvlOverride>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00022085"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00071E55"/>
+    <w:rsid w:val="000623AD"/>
+    <w:rsid w:val="00066FDE"/>
     <w:rsid w:val="00073119"/>
     <w:rsid w:val="000922AA"/>
+    <w:rsid w:val="00096790"/>
     <w:rsid w:val="000A6813"/>
-    <w:rsid w:val="000B52D7"/>
-    <w:rsid w:val="000D2C98"/>
+    <w:rsid w:val="000C45D7"/>
     <w:rsid w:val="000D4DAC"/>
     <w:rsid w:val="000F48E7"/>
     <w:rsid w:val="001071FE"/>
+    <w:rsid w:val="001227AF"/>
+    <w:rsid w:val="00125B79"/>
     <w:rsid w:val="001319EE"/>
-    <w:rsid w:val="001422C0"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="001763DE"/>
+    <w:rsid w:val="00181609"/>
+    <w:rsid w:val="001827CD"/>
+    <w:rsid w:val="00185C5E"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
-    <w:rsid w:val="001C729C"/>
     <w:rsid w:val="001F2566"/>
     <w:rsid w:val="001F4925"/>
+    <w:rsid w:val="001F4F23"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
-    <w:rsid w:val="00201BAC"/>
-[...1 lines deleted...]
-    <w:rsid w:val="002177BC"/>
     <w:rsid w:val="0022101F"/>
+    <w:rsid w:val="00224DA2"/>
+    <w:rsid w:val="00225BBD"/>
     <w:rsid w:val="0023374B"/>
+    <w:rsid w:val="002356F4"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="002608D5"/>
+    <w:rsid w:val="00282DC2"/>
+    <w:rsid w:val="00291494"/>
+    <w:rsid w:val="0029382E"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002C1007"/>
-[...4 lines deleted...]
-    <w:rsid w:val="00346605"/>
+    <w:rsid w:val="002B0022"/>
+    <w:rsid w:val="002C31D4"/>
     <w:rsid w:val="00363FAF"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="003C628F"/>
+    <w:rsid w:val="00367055"/>
+    <w:rsid w:val="003A41F6"/>
     <w:rsid w:val="003D781A"/>
     <w:rsid w:val="003F241E"/>
-    <w:rsid w:val="003F7575"/>
+    <w:rsid w:val="003F60AE"/>
     <w:rsid w:val="004077CA"/>
+    <w:rsid w:val="004169D0"/>
     <w:rsid w:val="00423754"/>
-    <w:rsid w:val="004301AE"/>
     <w:rsid w:val="00430E89"/>
-    <w:rsid w:val="00456D4A"/>
+    <w:rsid w:val="0046489C"/>
     <w:rsid w:val="004726FE"/>
-    <w:rsid w:val="00474513"/>
+    <w:rsid w:val="004872D1"/>
     <w:rsid w:val="0049623C"/>
+    <w:rsid w:val="004A6897"/>
     <w:rsid w:val="004B400D"/>
     <w:rsid w:val="004C34B8"/>
     <w:rsid w:val="004C4C4E"/>
+    <w:rsid w:val="004D223A"/>
     <w:rsid w:val="004E49BE"/>
+    <w:rsid w:val="004E4C93"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="00532B38"/>
-[...1 lines deleted...]
-    <w:rsid w:val="005B2AE4"/>
+    <w:rsid w:val="005320F8"/>
+    <w:rsid w:val="0056459C"/>
+    <w:rsid w:val="00566AF4"/>
     <w:rsid w:val="005D10D9"/>
+    <w:rsid w:val="005D62E1"/>
     <w:rsid w:val="005D6ED4"/>
     <w:rsid w:val="005F582C"/>
     <w:rsid w:val="00642211"/>
-    <w:rsid w:val="00643948"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00694965"/>
+    <w:rsid w:val="00650032"/>
+    <w:rsid w:val="00686BD0"/>
+    <w:rsid w:val="00693ADB"/>
+    <w:rsid w:val="006B3173"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="00703ABC"/>
-    <w:rsid w:val="007104B1"/>
     <w:rsid w:val="007111E8"/>
-    <w:rsid w:val="007221D3"/>
+    <w:rsid w:val="00715B6C"/>
     <w:rsid w:val="00731B2A"/>
-    <w:rsid w:val="007330A5"/>
     <w:rsid w:val="00740441"/>
-    <w:rsid w:val="00770484"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
+    <w:rsid w:val="00785E10"/>
     <w:rsid w:val="00787A78"/>
-    <w:rsid w:val="007A1C8D"/>
-    <w:rsid w:val="007E5709"/>
     <w:rsid w:val="007E588D"/>
-    <w:rsid w:val="007F6F5F"/>
+    <w:rsid w:val="007F1C18"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="00820171"/>
     <w:rsid w:val="00834F6C"/>
     <w:rsid w:val="008436CA"/>
-    <w:rsid w:val="00851008"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008E3FE1"/>
+    <w:rsid w:val="00884707"/>
+    <w:rsid w:val="00895EA4"/>
+    <w:rsid w:val="008B65A6"/>
+    <w:rsid w:val="008C70E2"/>
+    <w:rsid w:val="008C76DB"/>
+    <w:rsid w:val="008D7D4C"/>
+    <w:rsid w:val="008E7CBA"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
-    <w:rsid w:val="00923EF3"/>
     <w:rsid w:val="00934587"/>
     <w:rsid w:val="00942CF0"/>
+    <w:rsid w:val="009711DE"/>
+    <w:rsid w:val="0098083B"/>
     <w:rsid w:val="009924CE"/>
     <w:rsid w:val="009B69F4"/>
-    <w:rsid w:val="00A0045F"/>
-    <w:rsid w:val="00A04483"/>
+    <w:rsid w:val="009C4A86"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
     <w:rsid w:val="00A338BC"/>
+    <w:rsid w:val="00A40B7C"/>
     <w:rsid w:val="00A47D62"/>
+    <w:rsid w:val="00A55D90"/>
     <w:rsid w:val="00A646AF"/>
-    <w:rsid w:val="00A80BE0"/>
     <w:rsid w:val="00AA225A"/>
-    <w:rsid w:val="00AB081F"/>
-    <w:rsid w:val="00AC4526"/>
     <w:rsid w:val="00AC76FB"/>
+    <w:rsid w:val="00AD01A3"/>
     <w:rsid w:val="00AD462C"/>
+    <w:rsid w:val="00B058B8"/>
+    <w:rsid w:val="00B22818"/>
+    <w:rsid w:val="00B600EE"/>
+    <w:rsid w:val="00B62A7B"/>
     <w:rsid w:val="00B63124"/>
     <w:rsid w:val="00B73FC3"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00B913A9"/>
-    <w:rsid w:val="00BA73D5"/>
+    <w:rsid w:val="00B91E99"/>
+    <w:rsid w:val="00BA7D97"/>
     <w:rsid w:val="00BD42EA"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
+    <w:rsid w:val="00BF588A"/>
     <w:rsid w:val="00C2729B"/>
-    <w:rsid w:val="00C33D1B"/>
+    <w:rsid w:val="00C65C8D"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C94245"/>
-    <w:rsid w:val="00CA0DDB"/>
+    <w:rsid w:val="00C8380B"/>
     <w:rsid w:val="00CA1875"/>
+    <w:rsid w:val="00CC1BEA"/>
     <w:rsid w:val="00CC7D90"/>
-    <w:rsid w:val="00CD32BF"/>
     <w:rsid w:val="00CE6A1B"/>
     <w:rsid w:val="00D03D0C"/>
-    <w:rsid w:val="00D06ED6"/>
     <w:rsid w:val="00D11982"/>
     <w:rsid w:val="00D14F06"/>
     <w:rsid w:val="00D32D1D"/>
-    <w:rsid w:val="00D37CEA"/>
     <w:rsid w:val="00D42C93"/>
     <w:rsid w:val="00D52DE8"/>
-    <w:rsid w:val="00D62B7F"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E221B7"/>
+    <w:rsid w:val="00D71688"/>
+    <w:rsid w:val="00D94477"/>
+    <w:rsid w:val="00DB1363"/>
+    <w:rsid w:val="00DC1044"/>
+    <w:rsid w:val="00DD06B3"/>
+    <w:rsid w:val="00DF59AA"/>
+    <w:rsid w:val="00E03311"/>
+    <w:rsid w:val="00E106D7"/>
+    <w:rsid w:val="00E23642"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E7499B"/>
+    <w:rsid w:val="00E75F8F"/>
+    <w:rsid w:val="00E80B48"/>
     <w:rsid w:val="00E866E0"/>
     <w:rsid w:val="00EB54A3"/>
-    <w:rsid w:val="00EC2DC5"/>
+    <w:rsid w:val="00EB685A"/>
     <w:rsid w:val="00EC3C11"/>
+    <w:rsid w:val="00EC655D"/>
+    <w:rsid w:val="00ED0F7C"/>
     <w:rsid w:val="00EE1A39"/>
     <w:rsid w:val="00EE2D93"/>
-    <w:rsid w:val="00EE4EA2"/>
-    <w:rsid w:val="00EE6DD3"/>
+    <w:rsid w:val="00EE379C"/>
     <w:rsid w:val="00EF4E93"/>
-    <w:rsid w:val="00F019C6"/>
+    <w:rsid w:val="00F179B8"/>
     <w:rsid w:val="00F22932"/>
-    <w:rsid w:val="00F43A97"/>
+    <w:rsid w:val="00F304DB"/>
     <w:rsid w:val="00F525B9"/>
     <w:rsid w:val="00F64017"/>
+    <w:rsid w:val="00F66500"/>
+    <w:rsid w:val="00F923B9"/>
     <w:rsid w:val="00F93EE0"/>
+    <w:rsid w:val="00F96405"/>
     <w:rsid w:val="00FA7E02"/>
-    <w:rsid w:val="00FD25CA"/>
+    <w:rsid w:val="00FD5D0D"/>
+    <w:rsid w:val="00FE0A6E"/>
     <w:rsid w:val="00FF4CCD"/>
-    <w:rsid w:val="00FF741D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{BE492C90-BDF5-4ACB-AFE1-3697567F009E}"/>
+  <w15:docId w15:val="{424289D1-31BB-491D-B09B-8A899736D866}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3397,58 +3197,58 @@
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4079,71 +3879,71 @@
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00CE6A1B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af0">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
   <w:style w:type="character" w:styleId="af2">
     <w:name w:val="Strong"/>
-    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af4"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af4">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af3"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
@@ -4265,129 +4065,103 @@
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="30">
     <w:name w:val="Заголовок 3 Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="3"/>
     <w:semiHidden/>
     <w:rsid w:val="005D10D9"/>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4F81BD" w:themeColor="accent1"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:divs>
-    <w:div w:id="154223940">
-[...11 lines deleted...]
-    </w:div>
     <w:div w:id="809253203">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1393431521">
+    <w:div w:id="1515025836">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1772896120">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1958365439">
+    <w:div w:id="1776708909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1962959244">
-      <w:bodyDiv w:val="1"/>
-[...11 lines deleted...]
-    <w:div w:id="1977249736">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
@@ -4661,67 +4435,67 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>550</Words>
-  <Characters>3137</Characters>
+  <Words>568</Words>
+  <Characters>3242</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
+  <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3680</CharactersWithSpaces>
+  <CharactersWithSpaces>3803</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>