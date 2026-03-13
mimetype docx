--- v0 (2025-12-06)
+++ v1 (2026-03-13)
@@ -1,4729 +1,4749 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="004E6E3E" w:rsidRPr="004E6E3E" w:rsidRDefault="004E6E3E" w:rsidP="004E6E3E">
+    <w:p w:rsidR="00F77356" w:rsidRDefault="00A204FB">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004E6E3E">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
-          <w:szCs w:val="24"/>
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRDefault="00A204FB">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңның қолданысқа енгізілу тәртібін </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:anchor="z21" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>21-баптан</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қолданушыларға қолайлы болуы үшін ЗҚАИ мазмұнды жасады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>МАЗМҰНЫ</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заң педагог мәртебесін айқындайды, педагогтің құқықтарын, әлеуметтік кепілдіктерін және шектеулерін, міндеттері мен жауапкершілігін белгілейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z1"/>
       <w:bookmarkEnd w:id="0"/>
-    </w:p>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>1-бап. Осы Заңда пайдаланылатын негізгі ұғымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) педагог – педагогтік немесе тиісті бейіні бойынша өзге де кәсіптік білімі бар және білім алушыларды және (немесе) тәрбиеленушілерді оқыту және тәрбиелеу, білім беру қызметін әдістемелік қолдау немесе ұйымдастыру бойынша педагогтің кәсіптік қызметін жүзеге асыратын адам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) педагогтік әдеп – педагогтердің Қазақстан Республикасының педагог мәртебесі туралы заңнамасында белгіленген мінез-құлық нормалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) педагогтік әдеп жөніндегі кеңес – білім беру ұйымында құрылатын, педагогтердің педагогтік әдепті сақтау мәселелерін қарайтын алқалы орган;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) тәлімгерлік – педагогтің орта білім беру ұйымында педагогтің кәсіптік қызметіне алғаш рет кіріскен адамға кәсіптік бейімделуіне практикалық көмек көрсету жөніндегі қызметі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>2-бап. Қазақстан Республикасының педагог мәртебесі туралы заңнамасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының педагог мәртебесі туралы заңнамасы Қазақстан Республикасының Конституциясына негізделеді, осы Заңнан және Қазақстан Республикасының өзге де нормативтік құқықтық актілерінен тұрады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Егер Қазақстан Республикасы ратификациялаған халықаралық шартта осы Заңда қамтылғандардан өзгеше қағидалар белгіленсе, онда халықаралық шарттың қағидалары қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>3-бап. Осы Заңның қолданылу саласы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңның күші мектепке дейінгі білім беру ұйымдарында, орта (бастауыш, негізгі орта, жалпы орта), техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарында, мамандандырылған, арнаулы білім беру ұйымдарында, жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарында, балаларға қосымша білім беру ұйымдарында, сондай-ақ әдістемелік кабинеттерде кәсіптік қызметін жүзеге асыратын педагогтерге қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      Әскери оқу орындарының педагогтеріне осы Заңның күші "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңында көзделген ерекшеліктермен қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>4-бап. Педагог мәртебесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасында педагогтің ерекше мәртебесі танылады, бұл оның кәсіптік қызметін жүзеге асыруы үшін жағдайды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Білім беру саласында кәсіптік қызметін жүзеге асырған және Қазақстан Республикасының заңнамасында белгіленген тәртіппен тиісті ұйыммен еңбек қатынастарында болған кезеңде адам педагог мәртебесіне ие болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагог лауазымдарының тізбесін білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>5-бап. Педагогтік әдеп</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогтік әдеп заңдылық, адалдық, жауапкершілік, жеке адамның ар-намысы мен қадір-қасиетін құрметтеу қағидаттарына негізделеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтік әдепті бұзу тәртіптік теріс қылық болып табылады және педагогті Қазақстан Республикасының еңбек заңнамасына сәйкес тәртіптік жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогтік әдепті білім беру саласындағы уәкілетті орган бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>6-бап. Педагогтің кәсіптік қызметін қамтамасыз ету</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Қазақстан Республикасының еңбек заңнамасына сәйкес жұмыс беруші педагогке ол кәсіптік қызметін жүзеге асыру үшін жағдайды қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагог кәсіптік қызметін жүзеге асыру кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Қазақстан Республикасының заңдарында көзделген жағдайларды қоспағанда, оны кәсіптік міндеттерімен байланысты емес жұмыс түрлеріне тартуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) одан Қазақстан Республикасының білім беру саласындағы заңнамасында көзделмеген есептілікті не ақпаратты талап етіп алдыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) Қазақстан Республикасының заңдарында көзделмеген тексерулер жүргізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) оған тауарлар мен көрсетілетін қызметтерді сатып алу бойынша міндетті жүктеуге жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Мемлекеттік орта білім беру ұйымдарының педагогтерін олар кәсіптік қызметін жүзеге асыру кезінде мемлекеттік емес ұйымдардың іс-шараларын өткізуге тартуға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7-бап. Педагогтің кәсіптік қызметін жүзеге асыру кезіндегі құқықтары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Кәсіптік қызметін жүзеге асыру кезінде педагогтің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) тиісті білім беру деңгейінің мемлекеттік жалпыға міндетті стандартының талаптары сақталған кезде кәсіптік қызметті ұйымдастырудың тәсілдері мен нысандарын еркін таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) лауазымды адамдар және басқа да тұлғалар тарапынан заңсыз араласудан және кедергі келтіруден қорғалуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) білім алушылар, тәрбиеленушілер және олардың ата-анасы немесе өзге де заңды өкілдері тарапынан кәсібіне құрметпен қаралуына және тиісінше мінез-құлық көрсетілуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) кәсіптік қызметін жүзеге асыру үшін ұйымдастырушылық және материалдық-техникалық қамтамасыз етілуге және қажетті жағдайлардың жасалуына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) ғылыми, зерттеу, шығармашылық, эксперименттік қызметті жүзеге асыруға, педагогтік практикаға жаңа әдістемелер мен технологияларды енгізуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) тиісті білім беру деңгейінің мемлекеттік жалпыға міндетті стандартының талаптары сақталған кезде шығармашылық бастамаға, оқыту мен тәрбиелеудің авторлық бағдарламалары мен әдістерін әзірлеуге және қолдануға, оқыту мен тәрбиелеудің жаңа, неғұрлым жетілдірілген әдістерін дамытуға және таратуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) білім беру бағдарламасына сәйкес оқыту мен тәрбиелеудің оқу құралдарын, материалдарын және өзге де құралдарын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) білім беру бағдарламаларын, оқу жоспарларын, білім беру қызметінің әдістемелік материалдары мен өзге де құрауыштарын, сондай-ақ оқулықтарды, оқу-әдістемелік кешендер мен оқу құралдарын әзірлеуге қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      9) жұмыс орны бойынша сайланбалы лауазымға сайлануға және оны атқаруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) білім беру сапасын жетілдіруге бағытталған, оның ішінде білім беру ұйымының қызметіне қатысты мәселелерді талқылауға қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) білім беру ұйымын басқарудың алқалы органдарының жұмысына қатысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      12) бес жылда бір реттен сиретпей біліктілігін арттыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      13) үздіксіз кәсіптік дамуға және біліктілікті арттыру нысандарын таңдауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      14) біліктілік санатының мерзімінен бұрын берілуіне;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      15) Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке педагогтік қызметке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      16) кәсіптік қызметіндегі табыстары үшін көтермеленуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      17) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңына сәйкес әскери қызметке шақыруды кейінге қалдыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      18) Қазақстан Республикасының заңнамасында айқындалған тәртіппен және шарттарда кәсіптік дағдыларын сақтап-тұру және арттыру үшін "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      19) өзіне қатысты қабылданатын ұйым басшысының актілеріне, әрекеттеріне және шешімдеріне жоғары тұрған лауазымды адамдарға немесе сотқа шағым жасауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      20) білім алушылар, тәрбиеленушілер және олардың ата-анасы немесе өзге де заңды өкілдері тарапынан ар-намысы мен қадір-қасиетіне құрмет көрсетілуіне құқығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      21) Қазақстан Республикасының заңнамасында көзделген өзге де құқықтары бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтің осы баптың 1-тармағында көзделген құқықтарын жүзеге асыру басқа адамдардың құқықтары мен бостандықтарын бұзбауға тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z8"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>8-бап. Педагогтің материалдық қамтамасыз етілу құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Мемлекеттік ұйымдарда кәсіптік қызметін жүзеге асыратын педагогке еңбегіне ақы төлеу жүйесі, лауазымдық айлықақылар, қосымша ақылар, үстемеақылар және ынталандыру сипатындағы басқа да төлемдер Қазақстан Республикасының заңнамасында белгіленген тәртіппен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жекеменшік білім беру ұйымдарында кәсіптік қызметін жүзеге асыратын педагогтердің еңбегіне ақы төлеуді олардың құрылтайшылары немесе соған уәкілеттік берілген адам Қазақстан Республикасының заңнамасына сәйкес айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Мемлекеттік ұйымдар педагогтерінің жалақысын есептеу қағидаларын білім беру саласындағы уәкілетті орган еңбек жөніндегі уәкілетті мемлекеттік органмен келісу бойынша бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Мемлекеттік білім беру ұйымдарында кәсіптік қызметін жүзеге асыратын педагогтердің айлық жалақысын есептеу үшін бір аптаға нормативтік оқу жүктемесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="8" w:name="z62"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) тармақша 01.09.2021 бастап қолданысқа енгізіледі - ҚР 26.12.2019 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:anchor="z77" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 293-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) 16 сағат – орта білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) 18 сағат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="9" w:name="z64"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ЗҚАИ-ның ескертпесі!</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) тармақшаның екінші абзацының осы редакциясы 01.09.2021 дейін тоқтатыла тұрады - ҚР 26.12.2019 № 293-VI Заңымен (қолданыстағы редакциясын осы Заңның </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:anchor="z20" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 293-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> қараңыз).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      білім алушылар мен тәрбиеленушілерге қосымша білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мамандандырылған және арнаулы білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) 24 сағат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      мектепке дейінгі ұйымдар, мектепке дейінгі тәрбие мен оқытудың мектепалды топтары, білім беру ұйымдарының мектепалды сыныптары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      балалар мен жасөспірімдердің спорттық білім беру ұйымдары үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) 30 сағат – интернаттық ұйымдардың, демалыс лагерьлерінің, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары жатақханаларының тәрбиешілері үшін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) 25 сағат – арнайы білім беру ұйымдарының және жетім балалар мен ата-анасының қамқорлығынсыз қалған балаларға арналған білім беру ұйымдарының тәрбиешілері үшін белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Мемлекеттік ұйымдардың педагогіне негізгі жұмыс орны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      философия докторы (PhD), бейіні бойынша доктор дәрежесі үшін – республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 17 еселенген мөлшерінде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ғылым кандидаты ғылыми дәрежесі үшін – республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 17 еселенген мөлшерінде, ғылым докторы ғылыми </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>дәрежесі үшін айлық есептік көрсеткіштің 34 еселенген мөлшерінде қосымша ақы белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Мемлекеттік орта білім беру ұйымында кәсіптік қызметін жүзеге асыратын педагогке негізгі жұмыс орны бойынша ғылыми-педагогикалық бағыт бойынша магистр дәрежесі үшін республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 10 еселенген мөлшерінде қосымша ақы белгіленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Жергілікті атқарушы органдар педагогтерге республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің кемінде 300 еселенген мөлшерінде сыйақы түрінде қосымша ынталандыру төлемдерін белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z9"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>9-бап. Педагогтің көтермеленуге құқығы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Адал еңбегі және өзінің кәсіптік міндеттерін үлгілі орындағаны үшін педагогке Қазақстан Республикасының заңнамасында, сондай-ақ ұйымның ішкі тәртіп қағидаларында көзделген көтермелеулер қолданылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтің аса үздік жетістіктері және Қазақстан Республикасына сіңірген айрықша еңбегі үшін оған "Қазақстан Республикасының мемлекеттік наградалары туралы" Қазақстан Республикасының Заңына сәйкес мемлекеттік наградалар, оның ішінде "Қазақстанның еңбек сіңірген ұстазы" құрметті атағы беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "Қазақстанның еңбек сіңірген ұстазы" құрметті атағына ие болған педагог республикалық бюджет туралы заңда белгіленген және тиісті қаржы жылының 1 қаңтарына қолданыста болатын айлық есептік көрсеткіштің 1000 еселенген мөлшерінде біржолғы төлем алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Білім беру саласындағы уәкілетті орган айқындайтын тізбе бойынша білім алушылар мен тәрбиеленушілер арасындағы халықаралық олимпиадалардың, конкурстардың және спорттық жарыстардың жеңімпазын, жүлдегерін дайындаған педагогке тиісті мемлекеттік білім беру ұйымының қызметі бойынша үнемдеу есебінен үш лауазымдық айлықақы мөлшерінде біржолғы сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Жергілікті атқарушы органдар біржолғы сыйақы төлей отырып немесе онсыз, жергілікті ерекшелік белгілері мен құрметті атақтарды тағайындау және ынталандырудың өзге де нысандары арқылы, оның ішінде Қазақстан Республикасында белгіленген мерекелік күндерге орай педагогтерді көтермелеудің қосымша шараларын белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Жергілікті ерекшелік белгілері мен құрметті атақтардың сипаттамасын, оларды беру тәртібін, оның ішінде біржолғы сыйақы төлемдерінің мөлшерін жергілікті атқарушы орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      5. Жыл сайын республикалық бюджет қаражаты есебінен "Үздік педагог" атағын иеленушіге Қазақстан Республикасының Үкіметі айқындайтын мөлшерде және тәртіппен сыйақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z10"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>10-бап. Педагогтік қайта даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогтік білімі жоқ, тиісті бейіні бойынша педагогтің кәсіптік қызметіне алғаш рет кірісетін кәсіптік білімі бар адамдар жоғары және (немесе) жоғары оқу орнынан кейінгі білім беру ұйымдарының базасында педагогтік қайта даярлаудан өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтік қайта даярлау тәртібін білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Осы баптың нормалары қосымша білімнің білім беру бағдарламалары бойынша педагогтің кәсіптік қызметін жүзеге асыратын адамдарға қолданылмайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z11"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>11-бап. Педагогтің кәсіптік қызметімен айналысуға қол жеткізуді шектеу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогтің кәсіптік қызметіне:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) соттың заңды күшіне енген үкіміне сәйкес педагогтің кәсіптік қызметін жүзеге асыру құқығынан айырылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) Қазақстан Республикасының заңдарында белгіленген тәртіппен әрекетке қабілетсіз немесе әрекет қабілеті шектеулі деп танылған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) медициналық қарсы көрсетілімдері бар, сондай-ақ психикалық, мінез-құлықтық, оның ішінде психикаға белсенді әсер ететін заттарды тұтынуға байланысты бұзылушылықтары (аурулары) бар, психикалық денсаулық саласында медициналық көмек көрсететін ұйымдарда есепте тұрған;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) техникалық және кәсіптік, орта білімнен кейінгі, жоғары немесе жоғары оқу орнынан кейінгі білімі туралы құжаттары жоқ адамдар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) Қазақстан Республикасының Еңбек кодексінде көзделген өзге де шектеулер негізінде жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004E6E3E">
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ескерту. 11-бапқа өзгеріс енгізілді – ҚР 07.07.2020 </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="z588" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>№ 361-VI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> Заңымен (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z12"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>12-бап. Әлеуметтік кепілдіктер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогтерге:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) Қазақстан Республикасының заңнамасына сәйкес тұрғынжайға, оның ішінде қызметтік тұрғынжайға және (немесе) жатақханаға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      2) Қазақстан Республикасының заңнамасында көзделген тәртіппен жеке тұрғын үй құрылысы үшін жер учаскелеріне кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Ауылдық елді мекендерде кәсіптік қызметін жүзеге асыратын педагогтерге жеке тұрғын үй құрылысы үшін жер учаскелерін беру Қазақстан Республикасының заңнамасында көзделген басымдық тәртіппен жүзеге асырылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) ұзақтығы күнтізбелік 56 күн жыл сайынғы ақы төленетін еңбек демалысына;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) өздеріне кезекті еңбек демалысы берілген кезде күнтізбелік жылда бір рет кемінде бір лауазымдық айлықақы мөлшерінде сауықтыруға арналған жәрдемақыға кепілдік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтің жұмыс уақыты мен демалыс уақыты режимінің ерекшеліктері білім беру саласындағы уәкілетті орган тиісті саланың уәкілетті органдарымен келісу бойынша бекітетін қағидаларда айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогтердің балаларына тұрғылықты жері бойынша мектепке дейінгі ұйымдардан орындарды жергілікті атқарушы органдар бірінші кезектегі тәртіппен береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Педагог Қазақстан Республикасының денсаулық сақтау саласындағы заңнамасына сәйкес денсаулық сақтау саласындағы құқықтарды қамтамасыз ететін әлеуметтік кепілдіктерді иеленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5. Ауылдық елді мекенде кәсіптік қызметін жүзеге асыратын педагогке:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) жергілікті өкілді органдардың шешімі бойынша қала жағдайында кәсіптік қызметін жүзеге асыратын педагогтердің ставкаларымен салыстырғанда айлықақылар мен тарифтік ставкалар кемінде жиырма бес пайызға арттырылып белгіленеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) жергілікті өкілді органдар бекіткен тәртіппен және мөлшерде бюджет қаражаты есебінен коммуналдық көрсетілетін қызметтерге ақы төлеу және отын сатып алу бойынша әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6. Ауылдық елді мекендерге кәсіптік қызметін жүзеге асыру және тұру үшін келген педагогке жергілікті өкілді органдардың шешімі бойынша көтерме жәрдемақы және тұрғын үй сатып алу немесе салу үшін әлеуметтік қолдау көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7. Жергілікті атқарушы органдар педагогке тұрғынжайды жалдау (жалға алу) үшін және коммуналдық көрсетілетін қызметтерге өтемақы төлемдерін, санаторийлік-курорттық емделуге және демалуға жолдама сатып алу үшін толық немесе ішінара төлемдер, сондай-ақ педагогті әлеуметтік қолдауға бағытталған өзге де жеңілдіктер белгілеуге құқылы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z13"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>13-бап. Тәлімгерлік</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Орта білім беру ұйымында кәсіптік қызметіне алғаш рет кіріскен педагогке бір оқу жылы кезеңіне тәлімгерлікті жүзеге асыратын педагог бекітіліп беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Тәлімгерлікті жүзеге асырғаны үшін педагогке Қазақстан Республикасының заңнамасында белгіленген тәртіппен қосымша ақы төленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Тәлімгерлікті ұйымдастыру тәртібін және тәлімгерлікті жүзеге асыратын педагогтерге қойылатын талаптарды білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z14"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>14-бап. Педагогке біліктілік санатын беру (растау)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогтерге біліктілік санаттар білім беру саласындағы уәкілетті орган айқындайтын тәртіппен беріледі (расталады).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z15"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>15-бап. Педагогтің міндеттері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) өз қызметінде тиісті кәсіптік құзыреттерді меңгеруге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) оқыту мен тәрбиелеудің педагогтік қағидаттарын сақтауға, оқыту мен тәрбиелеудің сапасын мемлекеттік жалпыға міндетті білім беру стандарттарында көзделген талаптардан төмен емес деңгейде қамтамасыз етуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) өзінің кәсіптік шеберлігін, зерттеу, зияткерлік және шығармашылық деңгейін үздіксіз жетілдіруге, оның ішінде біліктілік санаты деңгейін бес жылда бір реттен сиретпей арттыруға (растауға);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4) педагогтік әдепті сақтауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) Қазақстан Республикасының заңнамасында белгіленген тәртіппен міндетті мерзімдік медициналық қарап-тексерулерден өтуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      6) білім алушылардың, тәрбиеленушілердің және олардың ата-анасының немесе өзге де заңды өкілдерінің ар-намысы мен қадір-қасиетін құрметтеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      7) балаларды заңға, адамның және азаматтың құқықтарына, бостандықтарына, ата-анасына, үлкендерге, отбасылық, тарихи және мәдени құндылықтарға, мемлекеттік рәміздерге құрмет көрсету, жоғары имандылық, патриоттық, қоршаған ортаға ұқыпты қарау рухында тәрбиелеуге;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      8) білім алушылар мен тәрбиеленушілердің өмірлік дағдыларын, құзыреттерін, өздігінен жұмыс істеуін, шығармашылық қабілеттерін дамытуға және саламатты өмір салты мәдениетін қалыптастыруға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      9) білім беру ұйымының басшылығына өмірлік қиын жағдайда жүрген баланың анықталу фактілері туралы дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      10) құқық қорғау органдарына және білім беру ұйымының басшылығына қылмыстық не әкімшілік құқық бұзушылық белгілері бар әрекеттерді (әрекетсіздікті) кәмелетке толмағандардың жасау немесе оларға қатысты жасалу, оның ішінде білім беру ұйымынан тыс жерде кәсіптік қызметіне байланысты өзіне белгілі болған фактілер туралы дереу хабарлауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      11) білім алушылар мен тәрбиеленушілерді оқыту және тәрбиелеу мәселелері бойынша ата-анасына немесе өзге де заңды өкілдеріне консультация беруге міндетті.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагог білім беру процесін саяси үгіттеу, білім алушылар мен тәрбиеленушілерді саяси, діни немесе өзге де сенім-нанымдарды қабылдауға не олардан бас тартуға мәжбүрлеу үшін, әлеуметтік, нәсілдік, ұлттық немесе діни алауыздықты қоздыру, әлеуметтік, нәсілдік, ұлттық, діни немесе тілдік тиесілік белгісі, дінге көзқарасы бойынша азаматтардың ерекшелігін, астамшылығын не кемшіндігін насихаттайтын, оның ішінде білім алушыларға Қазақстан Республикасының ұлттары мен ұлыстарының тарихи, ұлттық, діни және мәдени дәстүрлері туралы анық емес мәліметтерді хабарлау арқылы үгіттеу үшін, сондай-ақ білім алушыларды Қазақстан Республикасының Конституциясына және Қазақстан Республикасының заңнамасына қайшы келетін әрекеттерге итермелеу үшін пайдалануға құқылы емес.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z16"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>16-бап. Педагогтік әдеп жөніндегі кеңес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогтік әдеп жөніндегі кеңестің қызметі білім беру саласындағы уәкілетті орган бекітетін педагогтік әдеп жөніндегі кеңестің жұмысын ұйымдастырудың үлгілік қағидалары негізінде білім беру ұйымы айқындайтын тәртіппен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтік әдеп жөніндегі кеңестің шешімдері ұсынымдық сипатта болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Педагогті тәртіптік жауаптылыққа тарту туралы шешім педагогтік әдеп жөніндегі кеңестің ұсынымы ескеріле отырып, білім беру ұйымы басшысының актісімен қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогтік әдепті сақтау туралы мәселе қаралған кезде педагогтің:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1) қаралып отырған мәселе туралы ақпаратты жазбаша түрде алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2) қаралып отырған мәселе бойынша барлық материалдармен танысуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3) өз құқықтары мен заңды мүдделерін Қазақстан Республикасының заңнамасында белгіленген тәртіппен жеке өзі немесе өкілі арқылы заңға қайшы келмейтін барлық тәсілдермен қорғауға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      4) шешімді жазбаша түрде алуға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      5) қабылданған шешімге Қазақстан Республикасының заңнамасында белгіленген тәртіппен шағым жасауға құқығы бар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      4. Педагогке қатысты талқылаулар және олардың негізінде қабылданған шешімдер оның келісімімен ғана жариялануы мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z17"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17-бап. Педагогті кәсіптік даярлау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагогті кәсіптік даярлау техникалық және кәсіптік, орта білімнен кейінгі, жоғары және (немесе) жоғары оқу орнынан кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдарында жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтерді кәсіптік даярлаудың білім беру бағдарламалары педагогтің кәсіптік стандартының талаптары негізінде әзірленеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z18"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>18-бап. Педагогтің біліктілігін арттыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      1. Педагог бұрын алған кәсіптік құзыреттерін сақтап-тұру және дамыту мақсатында біліктілігін арттыру курстарынан өтеді, олардан өту тәртібін білім беру саласындағы уәкілетті орган айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      2. Педагогтің біліктілігін арттыру мақсатында қосымша білімнің білім беру бағдарламалары бойынша оқыту бір жолы немесе кезең-кезеңмен жекелеген бағыттар мен пәндерді (модульдерді) меңгеру арқылы, сондай-ақ "Болашақ" халықаралық стипендиясы бойынша тағылымдамадан өту жолымен жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      3. Педагогтер алған білімін практикада іске асыруы үшін біліктілікті арттыру курстарын өткізетін ұйымдар білім беру саласындағы уәкілетті орган айқындайтын тәртіппен педагогтер қызметін курстан кейінгі қолдауды тегін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z19"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>19-бап. Қазақстан Республикасының педагог мәртебесі туралы заңнамасын бұзғаны үшін жауаптылық</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының педагог мәртебесі туралы заңнамасын бұзу Қазақстан Республикасының заңдарына сәйкес жауаптылыққа алып келеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z20"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>20-бап. Өтпелі ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заңның 8-бабы </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3-тармағы</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 2) тармақшасы екінші абзацының қолданысы 2021 жылғы 1 қыркүйекке дейін тоқтатыла тұрсын, тоқтатыла тұру кезеңінде осы абзац мынадай редакцияда қолданылады деп белгіленсін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="360" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      "орта білім беру ұйымдары мен техникалық және кәсіптік, орта білімнен кейінгі білімнің білім беру бағдарламаларын іске асыратын білім беру ұйымдары үшін;".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z21"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>21-бап. Осы Заңды қолданысқа енгізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="0" w:line="285" w:lineRule="atLeast"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>      Осы Заң, 2021 жылғы 1 қыркүйектен бастап қолданысқа енгізілетін 8-баптың </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:anchor="z43" w:history="1">
+        <w:r w:rsidRPr="00A204FB">
+          <w:rPr>
+            <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+            <w:color w:val="073A5E"/>
+            <w:spacing w:val="2"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>3-тармағының</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00A204FB">
+        <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t> 1) тармақшасын қоспағанда, алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="13380" w:type="dxa"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tblCellMar>
+          <w:left w:w="0" w:type="dxa"/>
+          <w:right w:w="0" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="13380"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidTr="00A204FB">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6000" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar>
+              <w:top w:w="45" w:type="dxa"/>
+              <w:left w:w="75" w:type="dxa"/>
+              <w:bottom w:w="45" w:type="dxa"/>
+              <w:right w:w="75" w:type="dxa"/>
+            </w:tcMar>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB" w:rsidP="00A204FB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A204FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>      Қазақстан Республикасының</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A204FB">
+              <w:rPr>
+                <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>Президенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00A204FB" w:rsidRPr="00A204FB" w:rsidRDefault="00A204FB">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...4551 lines deleted...]
-    <w:sectPr w:rsidR="00F77356" w:rsidRPr="004E6E3E">
+          <w:b/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:sectPr w:rsidR="00A204FB" w:rsidRPr="00A204FB">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Courier New">
+    <w:panose1 w:val="02070309020205020404"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:doNotDisplayPageBoundaries/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004E6E3E"/>
-    <w:rsid w:val="004E6E3E"/>
+    <w:rsidRoot w:val="00A204FB"/>
+    <w:rsid w:val="00A204FB"/>
     <w:rsid w:val="00F77356"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{23CDF15F-2E07-44AA-BCF3-41A6D969F4D5}"/>
+  <w15:docId w15:val="{DCEE49E7-A40A-4763-9DF1-14809495C174}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -5109,57 +5129,72 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:divs>
+    <w:div w:id="1968660349">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z2000000361" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293/293_1.htm" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/kaz/docs/Z1900000293" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5383,70 +5418,70 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>15</Pages>
-[...1 lines deleted...]
-  <Characters>20572</Characters>
+  <Pages>12</Pages>
+  <Words>3516</Words>
+  <Characters>20047</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>171</Lines>
-  <Paragraphs>48</Paragraphs>
+  <Lines>167</Lines>
+  <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>24132</CharactersWithSpaces>
+  <CharactersWithSpaces>23516</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Владелец</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>