--- v0 (2025-12-06)
+++ v1 (2026-01-30)
@@ -1,11705 +1,9035 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Default Extension="xml" ContentType="application/xml"/>
-[...7 lines deleted...]
-  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml" PartName="/word/document.xml"/>
+  <Override ContentType="image/png" PartName="/word/media/document_image_rId3.png"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml" PartName="/word/numbering.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
+<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
   <w:body>
-    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
-[...8 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="44b1da3" w14:textId="44b1da3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+        <w15:collapsed w:val="false"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="2057400" cy="571500"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="0" name="" descr=""/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks noChangeAspect="true"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic>
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic>
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="1" name=""/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId3"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="2057400" cy="571500"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+					</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...240 lines deleted...]
-    </w:p>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидаларын бекіту туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 19 маусымдағы № 254 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 22 маусымда № 20883 болып тіркелді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:name="z1" w:id="0"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:bookmarkStart w:name="z2" w:id="1"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Қоса беріліп отырған Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkStart w:name="z3" w:id="2"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Осы бұйрыққа </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарының күші жойылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="2"/>
+    <w:bookmarkStart w:name="z4" w:id="3"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті заңнамада белгіленген тәртіпте:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:bookmarkStart w:name="z5" w:id="4"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:bookmarkStart w:name="z6" w:id="5"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым министрлігінің интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkStart w:name="z7" w:id="6"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркеуден өткеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң қызметі департаментіне осы тармақтың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2)-тармақшаларында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="6"/>
+    <w:bookmarkStart w:name="z8" w:id="7"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. Осы бұйрықтың орындалуын бақылау жетекшілік жасайтын Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:bookmarkStart w:name="z9" w:id="8"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Осы бұйрық алғашқы ресми жарияланған күнінен кейін қолданысқа енгізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="8"/>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6046"/>
-        <w:gridCol w:w="3449"/>
+        <w:gridCol w:w="7795"/>
+        <w:gridCol w:w="4205"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D28DA" w:rsidTr="002D2A65">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6046" w:type="dxa"/>
+            <w:tcW w:w="7795" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="8"/>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...23 lines deleted...]
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">      Қазақстан Республикасының </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім және ғылым министрі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3449" w:type="dxa"/>
+            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="left"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...3 lines deleted...]
-                <w:sz w:val="28"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
-[...4542 lines deleted...]
-    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="461"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="62"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 254 Бұйрықпен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бекітілді</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z11" w:id="9"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkStart w:name="z12" w:id="10"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkStart w:name="z13" w:id="11"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. Мектепке дейінгі білім беру саласында мемлекеттік қызметтер көрсету қағидалары (бұдан әрі – Қағидалар) Қазақстан Республикасы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Конституциясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, Қазақстан Республикасы "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Білім туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Педагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Арнаулы әлеуметтік қызметтер туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасындағы баланың құқықтары туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кемтар балаларды әлеуметтiк және медициналық-педагогикалық түзеу арқылы қолдау туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Әскери қызмет және әскери қызметшілердің мәртебесі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>", "</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының арнаулы мемлекеттік органдары туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">" заңдарына, "Мемлекеттік қызметтер көрсету туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>10-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) тармақшасына, "Неке (ерлі-зайыптылық) және отбасы туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Кодексіне</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес әзірленген. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="11"/>
+    <w:bookmarkStart w:name="z14" w:id="12"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. Қағидалар түріне, меншік нысанына және ведомстволық бағыныстылығына қарамастан мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйымдардағы бос орындарға мектеп жасына дейінгі балаларды қабылдау (кезекке қою, жолдамаларды беру, құжаттарды қабылдау, мектепке дейінгі ұйымға қабылдау) тәртібін айқындайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:bookmarkStart w:name="z15" w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) архив - мектепке дейінгі ұйымға қабылдауға жолдаманы табысты алуға байланысты немесе осы Қағидаларда көзделген басқа да себептер бойынша кезектен алынған өтініштер жиынтығы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) блокчейн технологиясы - түзетуге жатпайтын деректерге өзгерістер енгізуді сәйкестендіруге мүмкіндік беретін белгілі бір қағидалар бойынша деректерді сақтау және өңдеу архитектурасын құру тәсілі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) бос орын - баланы мектепке дейінгі ұйымға қабылдау үшін мектепке дейінгі ұйым, жас тобы, тәрбиелеу және оқыту тілі, жас кезеңі, топтың түрі (жалпы дамытушы, арнайы), жұмыс тәртібі (толық күн болатын, жарты күн болатын, тәулік бойы болатын), қабылдау тәртібі (жалпыға бірдей белгіленген, ерте брондау, уақытша болу), мектепке дейінгі ұйымға баратын күні бойынша шектеулердің болуын және қабылдаудың басталатын күні көрсетілген бос орын туралы ақпарат;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) босаған орындар бюллетені – кезектілікті басқару жүйесіне бөлу үшін мектепке дейінгі ұйымдардан бос орындарды беру хронологиясын күн сайын тіркейтін хаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жалпыға бірдей белгіленген қабылдау тәртібіндегі бос орын - жолдама алғаннан кейін жолдаманың қолданылу мерзімі бірден есептелетін бос орын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) ерте брондау тәртібіндегі бос орын – орын нақты босағанға дейін ерте жолдама алуға болатын бос орын; жолдаманың қолданылуын есептеу мерзімі және мектепке дейінгі ұйымға қабылдау рәсімі орын нақты босатылғаннан кейін басталады; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) кезектілікті басқару жүйесі – мектепке дейінгі ұйымдарға кезекке қоюға және орындарды бөлуге өтініштерді қабылдаудың бизнес-процестерінің автоматты орындалуын қамтамасыз ететін көрсетілетін қызметті берушінің ақпараттық жүйесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) кезектілік нөмірі – осы кезекте басқа да өтініштерге қатысты кезектегі өтініштер реті;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) кері қайтарылып алынған орындар бюллетені – кезектілікті басқару жүйесіне мектепке дейінгі ұйымдардан бұрын бөлуге берілген орындарды қайтару (кері қайтарып алу ) хронологиясын күн сайын тіркейтін хаттама;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) мектепке дейінгі ұйымға қабылдауға жолдама (бұдан әрі – жолдама) – мектепке дейінгі ұйымға қабылдау және тиісті құжаттарды рәсімдеу кезеңінде мектепке дейінгі ұйымнан өтініш берушіге орынның уақытша сақталуы туралы хабарлама; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11) өтініштер кезегі (бұдан әрі – кезек) - кезектілікті басқару жүйесінде табысты тіркелген және осы Қағидаларға сәйкес бір-біріне қатысты реттелген мектепке дейінгі ұйымға қабылдауға арналған өтініштер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12) проактивті көрсетілетін қызмет – қызмет көрсету субъектісінің бастамасы бойынша берілетін, қызметті көрсету үшін көрсетілетін қызметті алу субъектісінің ұялы байланыс абоненттік құрылғысы арқылы берілген келісімі міндетті түрде қажет болатын, электрондық нысанда көрсетілетін мемлекеттік қызмет;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13) тоқтату парағы – өтініш берушілер тарапынан жіберілген тәртіп бұзушылық анықталған жағдайда жолдама алу мүмкіндігі тоқтатылған, кезектен алынған өтініштер орналастырылатын уақытша архив;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14) уақытша болуға арналған бос орын – уақытша кеткен тәрбиеленушінің мектепке дейінгі ұйымда сақталатын бос орны, сондықтан осы орынға қабылданатын баланың келу мерзімі шектеулі болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15) хабарлама – өтініш берушіге мектепке дейінгі ұйымнан орын алудың белгіленген кезеңдерінен өткені туралы хабарлау мақсатында кезектілікті басқару жүйесімен жолданған электронды мәтіндік хабарлама.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z16" w:id="14"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мемлекеттік қызметтерді көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="14"/>
+    <w:bookmarkStart w:name="z17" w:id="15"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-параграф. "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="15"/>
+    <w:bookmarkStart w:name="z18" w:id="16"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4. "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік қызметін (бұдан әрі - кезекке қою жөніндегі мемлекеттік қызмет) облыстардың, Нұр-Сұлтан, Алматы, Шымкент қалаларының, аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="16"/>
+    <w:bookmarkStart w:name="z19" w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5. Кезекке қою жөніндегі мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация) арқылы және (немесе) "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес өтініш, сондай-ақ "Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік көрсетілетін қызмет стандартының (бұдан әрі - Кезекке қою жөніндегі мемлекеттік көрсетілетін қызмет стандарты) 8-тармағында көрсетілген құжаттарды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="17"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген кезекке қою жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ кезекке қою жөніндегі мемлекеттік қызметтің ерекшеліктері ескерілген басқа мәліметтер осы Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес Кезекке қою жөніндегі мемлекеттік көрсетілетін қызмет стандартында берілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ кезекке қою жөніндегі мемлекеттік көрсетілетін қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің кеңсесі, Мемлекеттік корпорацияның қызметкері Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>1-қосымшаға</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысан бойынша өтінішті қабылдауды жүзеге асырады және көрсетілетін қызметті алушыдан алынған құжаттардың дұрыстығын тексере отырып, тіркейді; көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда кезекке қою жөнінде кезектілік нөмірі көрсетілген хабарлама (ерікті түрде) беруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы Кезекке қою жөніндегі мемлекеттік көрсетіле қызмет стандартының 8-тармағында қарастырылған тізбеге сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші және (немесе) Мемлекеттік корпорацияның қызметкері өтінішті қабылдаудан бас тартады және Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес нысанда құжаттарды қабылдаудан бас тарту жөнінде қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Жеке басты куәландыратын құжаттар жөнінде мәліметтерді көрсетілетін қызметті беруші және Мемлекеттік корпорацияның қызметкері "электрондық үкімет" шлюзі арқылы тиісті мемлекеттік ақпараттық жүйелерден алады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушыға дайын құжаттарды беру жеке басты куәландыратын құжатты (немесе нотариалды бекітілген сенімхат бойынша оның өкілін), тиісті құжаттарды қабылдау жөнінде қолхатты көрсету негізінде жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z20" w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6. Портал арқылы жүгінген жағдайда мемлекеттік қызметті көрсетуші құжаттарды түскен күні қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші ұсынылған құжаттардың толықтығын 30 минут бойы тексереді. Толық болмаған жағдайда, көрсетілген мерзімде өтінішті қарастырудан бас тарту жөнінде дәлелді жауап дайындайды, ол өтініш берушінің порталдағы "жеке кабинетіне" электронды құжат түрінде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ұсынылған құжаттардың толықтығы анықталған жағдайда, көрсетілетін қызметті беруші кезекке қою жөнінде кезектілік нөмірі көрсетілген хабарламаны (ерікті түрде) дайындайды және көрсетілетін қызметті берушінің уәкілетті тұлғасының ЭЦҚ-мен куәландырылған электрондық құжат нысанында көрсетілетін қызметті алушының "жеке кабинетіне" жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z21" w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7. Кезекке қою жөніндегі мемлекеттік қызмет көрсетілетін қызметті алушының өтінішінсіз көрсетілетін қызметті берушінің бастамасымен көрсетілетін қызметті берушінің және мемлекеттік органдардың ақпараттық жүйелері арқылы көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының телефон нөмірін www.egov.kz "электрондық үкімет" веб-порталында тіркей отырып, проактивті жолмен көрсетуге болады және оған:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) көрсетілетін қызметті алушыға кезекке қою жөніндегі мемлекеттік қызметті көрсетуге сұраным жасалған автоматты хабарлама жіберу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) проактивті қызметті көрсету үшін көрсетілетін қызметті алушының ұялы байланысының абоненттік құрылғысының көмегімен көрсетілетін қызметті алушының келісімін алу, сондай-ақ көрсетілетін қызметті алушыдан басқа қажетті, оның ішінде шектеулі қолжетімді мәліметтерді алу енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z22" w:id="20"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8. Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:bookmarkStart w:name="z23" w:id="21"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      9. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="21"/>
+    <w:bookmarkStart w:name="z24" w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10. Кезекке қою жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңдарына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="22"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге келіп түскен шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік корпорация қызметкерінің әрекеттеріне (әрекетсіздігіне) берілген шағым корпорацияның интернет-ресурсында көрсетілген мекен-жай бойынша Мемлекеттік корпорацияның басшысына жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z25" w:id="23"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      11. Көрсетілетін қызметті берушінің, Мемлекеттік корпорацияның мекен-жайына келіп түскен кезекке қою жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:bookmarkStart w:name="z26" w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      12. Шағым көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтінішті өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері бойынша Бірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекен-жайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезекке қою жөніндегі көрсетілген мемлекеттік қызмет нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z27" w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      13. Мектепке дейінгі ұйымдарға қабылдау үшін жалпы кезек елді мекенге (қала, ауыл, кент) тиістілігі бойынша, балалардың туған жылы бойынша және әр туған жылы үшін өз кезегі қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Арнайы мектепке дейінгі ұйымдарға кезек елді мекендегі жеке нақты мектепке дейінгі ұйымға балалардың туған жылы бойынша және әр туған жылы үшін өз кезегі қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер мектепке дейінгі ұйым әртүрлі күтім, түзету түрлері бар топтардың болуын қамтамасыз етсе, кезек балалардың туған жылы және балаларда бар бұзушылықтардың түрлері бойынша бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Санаториялық мектепке дейінгі ұйымдарға кезек елді мекендегі жеке нақты мектепке дейінгі ұйымға балалардың туған жылы бойынша және әр туған жылы үшін өз кезегі қалыптастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Егер мектепке дейінгі ұйым әртүрлі оңалту/алдын алу түрлерімен балалар топтарының болуын қамтамасыз етсе, кезек балалардың туған жылы және оңалту/алдын алу түрлері бойынша бөлінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z28" w:id="26"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      14. Кезектердегі өтініштер өтініш берушінің өтініш берген күні мен уақыты бойынша орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:bookmarkStart w:name="z29" w:id="27"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      15. Баланың ата-анасы немесе заңды өкілі бір елді мекенде мектеп жасына дейінгі кезеңде кезекке кемінде 3 (үш) рет тұра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:bookmarkStart w:name="z30" w:id="28"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      16. Мемлекеттік мектепке дейінгі ұйымға кезектен тыс немесе бірінші кезекте жолдама алған баланың ата-анасы немесе заңды өкілі басқа мектепке дейінгі ұйымды таңдағанда бір ай өткен соң жалпы кезекке тұрады және жекеменшік мектепке дейінгі ұйымға жолдама алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:bookmarkStart w:name="z31" w:id="29"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      17. Ерекше білім берілуіне қажеттілігі бар баланың ата-анасы немесе заңды өкілі растайтын құжаттары болған жағдайда бір мезгілде бірнеше кезекте – жалпы кезекте, арнайы, санаториялық мектепке дейінгі ұйымға кезекте тұра алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="29"/>
+    <w:bookmarkStart w:name="z32" w:id="30"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      18. Өтініш беру және кезекте болу үшін баланың жасы ағымдағы оқу жылында 1 қыркүйекте 6 жастан аспайды (психологиялық-медициналық-педагогикалық комиссияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан, ағымдағы жылдың 1 қыркүйегіне дейін 6 жасқа толмаған балалардан басқа).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:bookmarkStart w:name="z33" w:id="31"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      19. Басқа мектепке дейінгі ұйымды таңдағанда, бала мектепке дейінгі ұйымнан шығарылады және баланың ата-анасы немесе заңды өкілі мектепке дейінгі ұйымға жолдама алуға кезекке тұру үшін өтініш береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:bookmarkStart w:name="z34" w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      20. Кезектегі өтініштер: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="32"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) "Әскери қызмет және әскери қызметшілердің мәртебесі туралы" Қазақстан Республикасының Заңының 52-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес және "Арнаулы мемлекеттік органдар туралы" Қазақстан Республикасының Заңының 78-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>8-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес мектепке дейінгі ұйымдардан кезектен тыс орын алуға құқығы бар балалардың ата-аналарының немесе заңды өкілдерінің өтініштері келіп түскенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) "Педагог мәртебесі туралы" Қазақстан Республикасы Заңының 12-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>3-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес педагогтердің балаларының; заңды өкілдері мүгедектер болып табылатын балалардың; ата-анасының қамқорлығынсыз қалған балалардың және жетім балалардың; көп балалы отбасылардан шыққан балалардың; ерекше білім беруді қажет ететін балалардың; мүгедек баласы бар отбасындағы балалардың ата-аналарының немесе заңды өкілдерінің мектепке дейінгі ұйымдардан бірінші кезекте орын алу үшін өтініштері келіп түскенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) өтініштің жеңілдік мәртебесі өзгергенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) өтінішті кері қайтарып алу нәтижесінде кезектен алынғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) жолдама берілгенде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) өтінішті тоқтату парағына, архивке орналастырғанда;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) өтініш беруші мектепке дейінгі ұйымға орын алуға мүдделі болмаған жағдайда жаңартылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z35" w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      21. Кезектердегі өтініштер әрбір топтың ішінде бір-біріне қатысты өтініш берген күні мен уақыты бойынша орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Кезектен тыс орын алу бойынша өтініштер бірінші кезекте орын алу бойынша өтініштердің алдына қойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бірінші кезекте орын алу бойынша өтініштер жалпы негізде берілген өтініштердің арасында "үшеуге біреу" арақатынасында бөлінеді, яғни (басымдығы бар өтініш (бірінші кезекте құқығы) жалпы негізде берілген үш өтініштен кейін орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z36" w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      22. Өтініш берушінің, баланың жеке басын куәландыратын, заңды өкілдің, бала мен өтініш берушінің арасындағы құқықтарының болуын растайтын барлық ақпаратты, мектепке дейінгі ұйымға орын алудың кезектен тыс немесе бірінші кезекті орын алуға құқығын растайтын ақпаратты көрсетілетін қызметті беруші басқа тәртіпті белгілмеген жағдайда кезекке қоюға жаңа өтініш тіркелген сәтте және мектепке дейінгі ұйымға қабылдауға жолдама алғаннан кейін екі рет тексереді және растайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="34"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Бұл жағдайда өтініш беруші көрсетілетін қызметті берушіге тексеру үшін тексерілетін құжаттардың түпнұсқаларын тіркеуге өтініш жіберген немесе қабылдауға жолдама алған сәттен бастап 5 жұмыс күнінен кешіктірмей ұсынуы тиіс. Көрсетілетін қызметті беруші ұсынылған құжаттардың дұрыстығын олар ұсынылған сәттен бастап 30 минуттан кешіктірмей, яғни кезекке тұру тәртібімен растауы тиіс. Тек құжаттар расталғаннан кейін өтініш кезекте тіркеледі, өз кезектілігін алады, ал жолдама бойынша қабылдауға бөлінген кезеңді есептеу басталады және ол мектепке дейінгі ұйымға қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z37" w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      23. Өтініш берушіге:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кезекке қоюға өтініш беру, берілген өтінішті өзгерту, кезектен өтінішті қайтарып алу, мектепке дейінгі ұйымға берілген жолдаманы алу және жою, жолдаманың қолданылу мерзімін ұзарту, өтініш пен жолдаманың өзгеруі туралы хабарламаны алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) жылына бір рет мектепке дейінгі ұйымға орын алуға мүдделілігін растау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) босаған орындар туралы ақпаратты зерделеу және мектепке дейінгі ұйымға қабылдауға электрондық жолдаманы алу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) кезектілікті басқару жүйесінде жеке кабинеттегі есептік мәліметтерді сақтау және үшінші тұлғаларға бермеу мүмкіндігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z38" w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      24. Тәулік бойы жұмыс істейтін және жаңа бос орындардың пайда болуына қарай өтініш берушілер арасында бос орындарды бөлудің үздіксіз процесін жүзеге асыратын кезектілікті басқару жүйесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="36"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) кезекке қоюға өтінішті тіркейді (немесе тіркеуден бас тартады), өтінішті тоқтату парағына орналастырады, берілген жолдамалар бойынша мектепке дейінгі ұйымдар тарапынан қабылдаудан бас тартуды қарастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) күн сайын мектепке дейінгі ұйымдардан жас тобы көрсетілген бос орындардың пайда болуы туралы ақпаратты қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) күн сайын сағат 18:00-де (он сегізде) мамандандырылған интернет-ресурста босаған орындар бюллетенін жариялайды (регламенттік уақыт көрсетілетін қызметті берушінің нормативтік актісімен өзгертілуі мүмкін);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) күн сайын таңғы сағат 07:00-де (жетіде) ұсынады (регламенттік уақыт көрсетілетін қызметті берушінің нормативтік актісімен өзгертілуі мүмкін, алайда күнделікті сағат 23:59-дан кешіктірілмеуі тиіс), бірінші өтініш берушілер (барлығына бір уақытта) үшін ғана шектеулі мерзімге - 3 (үш) жұмыс күніне жолдама алуға басым қолжетімділікті ашады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      5) өтініш берушілерге өздері таңдаған мектепке дейінгі ұйымға бару үшін электрондық жолдама алуға мүмкіндік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      6) ерте брондалған орын белгіленген мерзімнен ерте босатылса, оның мәртебесін автоматты түрде бос орын мәртебесіне өзгертеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) жинақталатын мәліметтерді рұқсатсыз араласудан қорғауды қамтамасыз ету үшін барлық өтініштер тізіліміне, барлық жолдамалар тізіліміне, босаған орындар бюллетеньдерінің тізіліміне блокчейн технологиясы қолданылады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      8) мамандандырылған интернет-ресурста өтініштер туралы ақпаратты жариялайды және белсендіреді; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) 6 (алты) жасқа толған баланың өтінішін (психологиялық-медициналық-педагогикалық консультацияның қорытындысы бар ерекше білім берілуіне қажеттілігі бар балалардан, ағымдағы жылдың 1 қыркүйегіне дейін 6 жасқа толмаған балалардан басқа) кезектен алып тастайды және оны барынша мүмкін болатын жасқа жетуіне байланысты архивке орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      10) 3 (үш) күннен кейін бөлуден қалған бос орындарды кезектегі бірінші 1000 (бір мың) өтініш берушілер үшін ашады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z39" w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      25. Мектепке дейінгі ұйымдарға:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="37"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ішкі қажеттіліктерге байланысты міндетті түрде себептерін (күрделі жөндеу, карантин, мемлекеттік тапсырыстың күшінің жойылуы, жабылу) көрсете отырып, бұрын бюллетеньде жарияланған, оның ішінде ерте брондалған бос орындарды және уақытша болатын бос орындарды қайтару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) өтініш берушіге хабарлама жібере отырып және өтінішті кезекке қайтару арқылы кері қайтарылған бос орындарға берілген жолдаманың күшін жою; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3) бос орындар бюллетенінде ерте брондау орындарын жариялау (мемлекеттік білім беру тапсырысы орналастырылған мектепке дейінгі ұйымдарға); </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      4) бос орындар бюллетенінде баланың мектепке дейінгі ұйымнан шығарылу мерзімін көрсете отырып, уақытша болу мерзімінің өтуіне байланысты уақытша болу орындарын жариялау, сонымен бірге уақытша болуға жолдама алған баланың кезегін сақтау мүмкіндігі беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z40" w:id="38"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      26. Жалпы кезек үшін жолдама өтініш берушінің бастамасы бойынша кезектілікке, баланың жасына сәйкес беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="38"/>
+    <w:bookmarkStart w:name="z41" w:id="39"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      27. Арнайы және санаториялық мектепке дейінгі ұйымға кезек үшін жолдама өтініштердің кезектілігіне сәйкес беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="39"/>
+    <w:bookmarkStart w:name="z42" w:id="40"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      28. Жолдама беру кезінде жас тобын анықтау үшін баланың жасы ағымдағы оқу жылының 1 қыркүйегіндегі толық жасы бойынша есептеледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="40"/>
+    <w:bookmarkStart w:name="z43" w:id="41"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      29. Жалпы кезекте бірнеше балаға өтініш берген өтініш берушіге мектепке дейінгі ұйымға жолдама алған сәтте бір мезгілде барлық балаларға бірдей осы ұйымда қажетті орын саны болған жағдайда жолдама алуға мүмкіндік беріледі (өтініш берушінің қалауы бойынша);</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:bookmarkStart w:name="z44" w:id="42"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      30. Өтініш берушіге жолдама берілген сәттен бастап бір тәуліктен кешіктірмей, берілген жолдаманың күшін өз бастамасы бойынша жоюға, белгіленген мерзімде мектепке дейінгі ұйымға келуге мүмкіндігі болмаған жағдайда (ауруы, емделуі, іссапар, демелыс) қосымша 30 (отыз) күнтізбелік күнге дейін бір рет ұзарту мүмкіндігі беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="42"/>
+    <w:bookmarkStart w:name="z45" w:id="43"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-параграф. "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызметін көрсету тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="43"/>
+    <w:bookmarkStart w:name="z46" w:id="44"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      31. "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік қызметін (бұдан әрі – балаларды қабылдау жөніндегі мемлекеттік қызмет) барлық түрлердегі мектепке дейінгі ұйымдар (бұдан әрі – көрсетілетін қызметті беруші) көрсетеді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="44"/>
+    <w:bookmarkStart w:name="z47" w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      32. Балаларды қабылдау бойынша мемлекеттік көрсетілетін қызметті алу үшін жеке тұлға (бұдан әрі - көрсетілетін қызметті алушы) көрсетілетін қызметті берушінің кеңсесіне немесе "электрондық үкіметтің" веб-порталы (бұдан әрі - портал) арқылы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында сәйкес құжаттарды ұсынады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="45"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызмет процесінің сипаттамасы, нысаны, мазмұны және нәтижесі енгізілген балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге қойылатын негізгі талаптардың тізбесі, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің ерекшеліктері ескерілген басқа мәліметтер Қағидалардың </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшасына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес "Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандартында берілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті алушының "жеке кабинетінде" балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуге сұранымды қарау мәртебесі туралы ақпарат көрінеді, сондай-ақ балаларды қабылдау жөніндегі мемлекеттік қызметтің нәтижесін алған күні және уақыты көрсетілген хабарлама орналастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті берушінің кеңсесі осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында көрсетілген тізбеге сәйкес құжаттарды қабылдауды жүзеге асырады, ұсынылған құжаттардың толықтығын тексереді. Көрсетілетін қызметті алушы құжаттар топтамасын толық ұсынған жағдайда мектепке дейінгі ұйым мен ата-анасының біреуі немесе баланың заңды өкілі арасында жасалған келісім шарт негізінде көрсетілетін қызметті беруші баланы мектепке дейінгі ұйымға қабылдауды жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушы осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>4-қосымшаның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8-тармағында көрсетілген тізбеге сәйкес сәйкес құжаттар топтамасын толық ұсынбаған жағдайда көрсетілетін қызметті беруші балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетуден бас тарту жөнінде дәлелді жауап береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы жүгінген жағдайда мемлекеттік қызметті көрсетуші құжаттарды түскен күні қабылдауды және тіркеуді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Көрсетілетін қызметті беруші ұсынылған құжаттардың толықтығын 30 минут бойы тексереді. Толық болмаған жағдайда, көрсетілген мерзімде өтінішті қарастырудан бас тарту жөнінде дәлелді жауап дайындайды, ол өтініш берушінің порталдағы "жеке кабинетіне" электронды құжат тұрінде жолданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ұсынылған құжаттардың толықтығы анықталған жағдайда, көрсетілетін қызметті беруші электронды сұранымды толтырады және құжаттардың электронды көшірмелерін тіркейді; электронды сұранымды өңдегеннен (тексергеннен, тіркеуден) кейін көрсетілетін қызметті алушыға электронды сұранымның мәртебесі, балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету мерзімі, ЭЦҚ-мен қол қойылған электронды құжат түріндегі балаларды қабылдау жөніндегі мемлекеттік қызметті көрсетудің нәтижесін – баланы мектепке дейінгі ұйымға қабылдауды немесе мемлекеттік қызметті көрсетуден бас тарту жөнінде дәлелді жауап береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z48" w:id="46"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      33. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) тармақшасына сәйкес көрсетілетін қызметті беруші мемлекеттік қызметті көрсету сатысы туралы мемлекеттік қызметтер көрсету мониторингісінің ақпараттық жүйесіне енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:bookmarkStart w:name="z49" w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      34. Көрсетілетін қызметті беруші келесі себептермен баланы қабылдамайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) өтініш беруші келісім шарт жасау үшін талап етілетін құжаттарды ұсынбаған немесе құжаттардың қолданылу мерзімі өтіп кетсе (баланың денсаулық паспорты және келісім шарт жасалған күннен 3 (үш) күнтізбелік күннен кешіктірмей берілген баланың денсаулық жағдайы туралы анықтама ұсынбауы);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) талап етілген құжаттарға сәйкес балада мектепке дейінгі ұйымға қабылдау үшін медициналық қарсы көрсетілімдері болса;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) растайтын құжаттарды ұсынуда өзге де себептердің болуына байланысты.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:name="z50" w:id="48"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      35. Мектепке дейінгі ұйымдарда тұрақты немесе уақытша болуға құжаттарды қабылдау және балаларды қабылдау оларда бос орындар болған жағдайда жыл бойы жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="48"/>
+    <w:bookmarkStart w:name="z51" w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      36. Балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешімдеріне, әрекеттеріне (әрекетсіздігіне) шағым Қазақстан Республикасының заңдарына сәйкес көрсетілетін қызметті беруші басшысының атына, мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="49"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Көрсетілетін қызметті алушының көрсетілетін қызметті берушіге келіп түскен шағымы "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>2-тармағына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сәйкес тіркелген күнінен бастап бес жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Шағым көрсетілетін қызметті алушының "жеке кабинетінен" портал арқылы жіберілген кезде көрсетілетін қызметті беруші өтінішті өңдеу (жеткізу, тіркеу, орындау туралы белгілер, қарау немесе қараудан бас тарту туралы жауап) барысында жаңартылатын өтініш туралы ақпарат қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Портал арқылы шағымдану тәртібі туралы ақпаратты мемлекеттік қызметтер көрсету мәселелері бойынша Бірыңғай байланыс орталығы арқылы алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мемлекеттік қызмет көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органның мекен-жайына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 15 (он бес) жұмыс күні ішінде қарастырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Балаларды қабылдау жөніндегі мемлекеттік қызметті көрсету нәтижелерімен келіспеген жағдайда көрсетілетін қызметті алушы Қазақстан Республикасының заңнамасында белгіленген тәртіппен сотқа жүгінеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектепке дейінгі білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіге</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мекенжайында тұратын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болса)(бұдан әрі – Т.А.Ә.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағаз түрінде толтырған </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(жеке сәйкестендіру нөмірі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бұдан әрі – ЖСН)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:bookmarkStart w:name="z53" w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өтініш.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="50"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      _________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      қала (кенті, ауылы) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      елдімекені аумағында тұратын, ЖСН _________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      __________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (баланың Т.А.Ә. (бар болса) қағаз түрінде толтырған жағдайда)(бар болғанда) </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      ______________________ жылы туған баламды мектепке дейінгі ұйымға жолдама алу </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      үшін кезекке қоюды сұраймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Хабардар етемін, бала (керегін көрсету): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) әскери қызметшінің, оның ішінде қызмет атқару кезінде қаза тапқанның, қайтыс болғанның немесе хабар-ошарсыз кеткеннің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) арнаулы мемлекеттік орган қызметкерінің, оның iшiнде қызмет атқару кезінде қаза тапқан, қайтыс болған немесе хабар-ошарсыз кеткен қызметкердің баласы (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) заңды өкілдері мүгедек болып табылатындардың баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      4) ерекше білім берілуіне қажеттілігі бар бала (құжаттың көшірмесі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      5) ата-анасының қамқорлығынсыз қалған бала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      6) жетім бала; </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      7) көп балалы отбасыдан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      8) педагогтің баласы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      9) мүгедек баласы бар отбасынан шыққан бала;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      10) жоғарыда аталған санаттардың біреуіне қатысты емес болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Мені берген өтінішімнің жағдайындағы өзгерістер туралы төмендегідей әдістермен хабардар етуіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1) мобильді телефондардың мынадай нөміріне ерікті нысанда жазылған электронды смс(sms)-хабарлама (екі нөмірден көп емес): </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      ______________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2) ерікті нысанда жазылған электронды email хабарлама: __________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      бойынша.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      (Өмірлік жағдайлар өзгергенде, кезектегі өтініштің жай-күйі өзгеруі мүмкін. Кезектегі өтініштер баланың туған жылына (күнтізбелік жыл) қарай өтініш берілген күннің басымдығы тәртібінде топтастырылады). </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Ақпараттық жүйедегі заңмен қорғалатын құпиядан тұратын мәліметтерді пайдалануға келісім беретіндігімді растаймын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы _______________ Күні _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектепке дейінгі білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2-қосымша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="610"/>
+        <w:gridCol w:w="2363"/>
+        <w:gridCol w:w="9327"/>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="146"/>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00766EF3">
-[...5 lines deleted...]
-              <w:t xml:space="preserve">Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Наименование услугодателя </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Государственная корпорация, местные исполнительные органы областей, городов Нур-Султан, Алматы и Шымкент, районов (городов областного значения), акимы районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік корпорация, облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті ұсыну тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="147" w:name="z156"/>
-[...108 lines deleted...]
-              <w:t xml:space="preserve"> (далее – портал).</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті берушінің кеңсесі, "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+3) "электрондық үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – портал) арқылы жүзеге асырылады. </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="147"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Срок оказания государственной услуги</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мерзімі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Форма оказания государственной услуги</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нысаны</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Электронная и (или) бумажная.</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронды және (немесе) қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Результат оказания государственной услуги</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Стандарта государственной услуги.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Государственная услуга физическим лицам оказывается бесплатно. </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>График работы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жұмыс кестесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="148" w:name="z159"/>
-[...351 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) Мемлекеттік корпорация: Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қабылдау "электронды" кезек тәртібінде жеделдетіп қызмет көрсетусіз көрсетілетін қызметті алушының таңдауы бойынша жүзеге асырылады, электронды кезекті портал арқылы брондауға болады;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) портал: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="148"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="149" w:name="z168"/>
-[...409 lines deleted...]
-              <w:t>Сведения о документах, удостоверяющих личность, о свидетельстве о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінгенде:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) Қағидаларға </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымшаға</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) баланың туу туралы куәлігі (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) көрсетілетін қызметті алушының (ата-анасының бірінің немесе заңды өкілдерінің (сәйкестендіру үшін) жеке басын куәландыратын құжат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтама (бар болғанда) (берілген күннен бастап бір ай ішінде жарамды);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) білім беру ұйымы басшысының мөрімен және қолымен расталған педагогтің жұмыс орнынан анықтама (берілген күннен бастап бір ай ішінде жарамды), дипломның сканерленген көшірмесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) ерекше білім беру қажеттілігі бар балалар үшін психологиялық-медициналық-педагогикалық консультацияның қорытындысы (бар болғанда);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7) фтизиатр-дәрігердің қорытындысы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8) мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжаттар (бар болғанда).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті беруші немесе Мемлекеттік корпорацияның қызметкері Қазақстан Республикасының заңдарында өзгеше көзделмесе, мемлекеттік қызметті көрсету кезінде ақпараттық жүйелердегі заңмен қорғалатын құпиясы бар мәліметтерді пайдалануға келісім алады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы кент, ауыл, ауылдық округ әкіміне жүгінгенде, құжаттардың түпнұсқаларын (сәйкестендіру үшін) және көшірмелерін ұсынады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) осы мемлекеттік көрсетілетін қызмет стандартына 1-қосымшаға сәйкес нысан бойынша мемлекеттік көрсетілетін қызметті алушының ЭЦҚ қойылған электрондық құжат нысанындағы өтініші;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) әскери қызметкердің немесе арнаулы мемлекеттік орган қызметкерінің жұмыс орнынан берілген, мөр басылған және уәкілетті тұлғаның қолы қойылған анықтаманың (бар болғанда) (берілген күннен бастап бір ай ішінде жарамды) скан-көшірмесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) ерекше білім беру қажеттілігі бар балалар үшін психологиялық-медициналық-педагогикалық консультация қорытындысының (бар болғанда) сканерленген-көшірмесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4) фтизиатр дәрігердің жолдамасы.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға жүгінгенде: электронды сұрау көрсетілетін қызметті алушының ЭЦҚ-мен куәландырылған электронды құжат нысанында немесе бір реттік құпиясөз енгізу арқылы жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Жеке басын куәландыратын құжаттар, баланың туу туралы куәлігі, мектепке дейінгі ұйымға бірінші кезекте орын алу құқығын растайтын құжат туралы мәліметтерді көрсетілетін қызметті алушы тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Порталда электронды сұрауды қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады. </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="149"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="150" w:name="z186"/>
-[...34 lines deleted...]
-              <w:t>ством Республики Казахстан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="151" w:name="z188"/>
-[...21 lines deleted...]
-              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="151"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcW w:w="610" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2206" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6983" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9327" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="152" w:name="z189"/>
-[...225 lines deleted...]
-              <w:t>По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушылар қажет болған жағдайда Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұрғылықты жерінде жүргізеді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Егер баланың мектепке дейінгі ұйымда болуына кедергі келтіретін медициналық қарсы көрсетілімдер болса, онда ол мектепке дейінгі ұйымға қабылданбайды.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі және мәртебесі туралы ақпаратты қашықтықтан қол жеткізу тәртібінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызметті көрсету мәселелері жөніндегі анықтама қызметтері, сондай-ақ Бірыңғай байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығы: 1414, 8-800-080-7777.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі. </w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="152"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
-[...7 lines deleted...]
-        </w:tblPrEx>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5590" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-          </w:p>
-[...225 lines deleted...]
-              <w:t>в сфере дошкольного образования</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектепке дейінгі білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
-[...7 lines deleted...]
-        </w:tblPrEx>
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5590" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4043" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...3 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D2A65">
-[...23 lines deleted...]
-                <w:lang w:val="ru-RU"/>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(тегі, аты, әкесінің аты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бар болғанда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r w:rsidRPr="002D2A65">
-[...11 lines deleted...]
-              <w:t>(адрес услугополучателя)</w:t>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(көрсетілетін қызметті </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының мекен-жайы)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3">
-[...2 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z56" w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...611 lines deleted...]
-      </w:pPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Құжаттарды қабылдаудан бас тарту туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="51"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>20-бабының</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тармағын басшылыққа ала отырып, "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы филиалының № ___ бөлімі (мекенжайын көрсету) Сіздің мемлекеттік көрсетілетін қызмет стандартында қарастырылған тізбеге сәйкес толық емес құжаттар топтамасын ұсынуыңызға және (немесе) жарамдылық мерзімі өткен құжаттарды тапсыруыңызға, атап айтқанда, (жоқ құжаттардың атауы):</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      3) ________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      байланысты мемлекеттік қызмет көрсетуге (мемлекеттік көрсетілетін қызмет стандартына сәйкес мемлекеттік көрсетілетін қызметтің атауын көрсету) құжаттарды қабылдаудан бас тартады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Осы қолхат әр тарапқа бір-біреуден 2 данада жасалды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Орындаушы: тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Қолы _____________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Телефон ___________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қабылдады: (тегі, аты, әкесінің аты (бар болғанда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      Қолы ____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+      "____" _________ 20____ жыл</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5823"/>
-        <w:gridCol w:w="3815"/>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5846" w:type="dxa"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="170"/>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3822" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="817"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:ind w:left="0"/>
+              <w:jc w:val="center"/>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...11 lines deleted...]
-              <w:br/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мектепке дейінгі білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">саласында мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қызметтер көрсету </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">қағидаларына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005D28DA" w:rsidRPr="00766EF3" w:rsidRDefault="00766EF3">
-[...36 lines deleted...]
-        <w:t>Сноска. Приложение 4 с изменением, внесенным приказом Министра образования и науки РК от 17.07.2020 № 306 (вводится в действие со дня его первого официального опубликования).</w:t>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      Ескерту. 4-қосымшаға өзгеріс енгізілді – ҚР Білім және ғылым министрінің 17.07.2020 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>№ 306</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="ff0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="436"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="35"/>
+        <w:gridCol w:w="562"/>
+        <w:gridCol w:w="2074"/>
+        <w:gridCol w:w="9664"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="5"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> Стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации" </w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>1</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Наименование услугодателя </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Көрсетілетін қызметті берушінің атауы </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Дошкольные организации всех видов (далее –услугодатель)</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>2</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті ұсыну тәсілдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>3</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Сроки оказания государственной услуги</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызметті көрсету мерзімі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>30 минут</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) құжаттар топтамасын тапсырған сәттен бастап – 30 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+2) құжаттарды қабылдау сәтіне дейінгі күтудің рұқсат етілген ең ұзақ уақыты – 15 минут; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>4</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Форма оказания государственной услуги</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету нысаны </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Электронная и (или) бумажная</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Электронды және (немесе) қағаз түрінде.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>5</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>Результат оказания государственной услуги</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет көрсету нәтижесі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>6</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...13 lines deleted...]
-              <w:t>им лицам оказывается бесплатно</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>7</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>График работы</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Жұмыс кестесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="171" w:name="z216"/>
-[...236 lines deleted...]
-              <w:t>.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+1) көрсетілетін қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) порталдың: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="171"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...3 lines deleted...]
-              <w:t>8</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...20 lines deleted...]
-              <w:t>оказания государственной услуги</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
+              <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...432 lines deleted...]
-              <w:t>В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, услугополучатели на данной территории предоставляют непосредственно в организации образования документы, перечисленные в подпункте 4), 5) и 6) абзаца первого и подпункте 4), 5) и 6) абзаца второго настоящего пункта по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+көрсетілетін қызметті берушіге:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қабылдауға арналған жолдама (берілген күннен бастап 5 (бес) жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) Қазақстан Республикасы Денсаулық сақтау министрінің 2003 жылғы 24 маусымдағы № 469 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықта қарастырылған нысан бойынша баланың денсаулық паспорты;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) баланың денсаулығы туралы анықтама;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беру қажеттілігі бар балалар үшін).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Порталға:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) қабылдауға арналған жолдама (берілген күннен бастап 5 (бес) жұмыс күні ішінде жарамды);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыратын құжат (уәкілетті органның ақпараттық жүйесінен алынады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+3) баланың тууын куәландыратын құжат (уәкілетті органның ақпараттық жүйесінен алынады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+4) Қазақстан Республикасы Денсаулық сақтау министрінің 2003 жылғы 24 маусымдағы № 469 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бұйрығымен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықта қарастырылған нысан бойынша баланың денсаулық паспорты (уәкілетті органның ақпараттық жүйесінен алынады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+5) баланың денсаулығы туралы анықтама (уәкілетті органның ақпараттық жүйесінен алынады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+6) психологиялық-медициналық-педагогикалық консультацияның қорытындысы (ерекше білім беру қажеттілігі бар балалар үшін) (сканерленген көшірмесі).</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдай енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда, осы аумақта көрсетілетін қызметті алушылар шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>9</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...5 lines deleted...]
-              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="172" w:name="z233"/>
-[...50 lines deleted...]
-              <w:t>несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="172"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidTr="00766EF3">
+      <w:tr>
         <w:trPr>
-          <w:trHeight w:val="30"/>
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="438" w:type="dxa"/>
+            <w:tcW w:w="562" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:t>10</w:t>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2439" w:type="dxa"/>
+            <w:tcW w:w="2074" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="002D2A65">
-[...14 lines deleted...]
-              <w:t>Государственную корпорацию</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6676" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="9664" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:left w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:bottom w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
-            <w:bookmarkStart w:id="173" w:name="z234"/>
-[...133 lines deleted...]
-              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+Көрсетілетін қызметті алушы мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты қашықтықтан қол жеткізу режимінде порталдың "жеке кабинеті", көрсетілетін қызметті берушінің интернет-ресурсы, мемлекеттік қызмет көрсету мәселелері жөніндегі анықтамалық қызметтер, сондай-ақ Бірыңғай байланыс орталығы арқылы алады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің www.edu.gov.kz интернет-ресурсында "Мемлекеттік көрсетілетін қызмет" бөлімінде көрсетілген. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+Мемлекеттік қызмет көрсету мәселелері жөніндегі бірыңғай байланыс орталығының телефондары: 1414, </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>
+8-800-080-7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="173"/>
       </w:tr>
-      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
-[...7 lines deleted...]
-        </w:tblPrEx>
+    </w:tbl>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblBorders>
+          <w:top w:val="none"/>
+          <w:left w:val="none"/>
+          <w:bottom w:val="none"/>
+          <w:right w:val="none"/>
+          <w:insideH w:val="none"/>
+          <w:insideV w:val="none"/>
+        </w:tblBorders>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="7780"/>
+        <w:gridCol w:w="4600"/>
+      </w:tblGrid>
+      <w:tr>
         <w:trPr>
-          <w:gridAfter w:val="1"/>
-[...2 lines deleted...]
-          <w:tblCellSpacing w:w="0" w:type="auto"/>
+          <w:trHeight w:val="30" w:hRule="atLeast"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5963" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:color w:val="000000"/>
-[...2 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3555" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcBorders/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3">
+          <w:p>
             <w:pPr>
               <w:spacing w:after="0"/>
+              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-          </w:p>
-[...67 lines deleted...]
-              <w:t>от 19 июня 2020 года № 254</w:t>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 жылғы 19 маусымдағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 254 бұйрығына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman"/>
+                <w:b w:val="false"/>
+                <w:i w:val="false"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
-[...3 lines deleted...]
-        <w:rPr>
+    <w:bookmarkStart w:name="z59" w:id="52"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
           <w:b/>
-          <w:color w:val="000000"/>
-[...117 lines deleted...]
-        </w:rPr>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Қазақстан Республикасы Білім және ғылым министрінің күші жойылған кейбір бұйрықтарының тізбесі</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="52"/>
+    <w:bookmarkStart w:name="z60" w:id="53"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      1. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2015 жылы 8 мамырда № 10981 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2015 жылы 8 мамырда, "Егемен Қазақстан" газетінде 2015 жылы 23 шілдеде № 138 (28616) жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="53"/>
+    <w:bookmarkStart w:name="z61" w:id="54"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      2. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 21 қаңтардағы № 58 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2016 жылы 25 ақпанда № 13255 тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылы 10 наурызда жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="54"/>
+    <w:bookmarkStart w:name="z62" w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">
+      3. "Мектепке дейінгі тәрбие мен оқыту саласында жергілікті атқарушы органдар көрсететін мемлекеттік қызметтер стандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 7 сәуірдегі № 172 бұйрығына өзгеріс енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2017 жылғы 11 қазандағы № 518 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бұйрығы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Қазақстан Республикасының Әділет министрлігінде 2017 жылы 3 қарашада № 15966 тіркелген, ҚР НҚА электрондық түрдегі эталондық бақылау банкінде 2017 жылы 15 қарашада жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="55"/>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:r>
+        <w:br/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-        <w:rPr>
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidSect="00B84FAA">
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman"/>
+          <w:b w:val="false"/>
+          <w:i w:val="false"/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>
+					© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК
+				</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
-      <w:cols w:space="720"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-[...81 lines deleted...]
-</w:settings>
+<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
+<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...353 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
+  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="true"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:semiHidden="false" w:unhideWhenUsed="false" w:qFormat="true"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
     <w:name w:val="Normal"/>
+    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1">
+  <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="10"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="2">
+  <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="20"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="3">
+  <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="30"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading3Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="4">
+  <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="a"/>
-[...1 lines deleted...]
-    <w:link w:val="40"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading4Char"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="a0">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="a1">
+  <w:style w:type="paragraph" w:styleId="Header">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="true">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading1Char" w:customStyle="true">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading2Char" w:customStyle="true">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading3Char" w:customStyle="true">
+    <w:name w:val="Heading 3 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Heading4Char" w:customStyle="true">
+    <w:name w:val="Heading 4 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="NormalIndent">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Subtitle">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="SubtitleChar"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="SubtitleChar" w:customStyle="true">
+    <w:name w:val="Subtitle Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Subtitle"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Title">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TitleChar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="8" w:space="4"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="TitleChar" w:customStyle="true">
+    <w:name w:val="Title Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Title"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Emphasis">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableGrid">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="a2">
-[...170 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="ad">
+  <w:style w:type="paragraph" w:styleId="Caption">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="a"/>
+    <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
-  </w:style>
-[...4 lines deleted...]
-    <w:rsid w:val="008A52CB"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
+    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-[...268 lines deleted...]
-</a:theme>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-[...4 lines deleted...]
-</cp:coreProperties>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
 </file>