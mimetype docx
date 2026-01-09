--- v0 (2025-12-17)
+++ v1 (2026-01-09)
@@ -1,9035 +1,11705 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml" PartName="/word/styles.xml"/>
+  <Default Extension="xml" ContentType="application/xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="word/document.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
+<file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" mc:Ignorable="w14 w15">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex wp14">
   <w:body>
-    <w:p w14:paraId="44b1da3" w14:textId="44b1da3">
-[...74 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...302 lines deleted...]
-    <w:bookmarkEnd w:id="8"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Об утверждении правил оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приказ Министра образования и науки Республики Казахстан от 19 июня 2020 года № 254. Зарегистрирован в Министерстве юстиции Республики Казахстан 22 июня 2020 года № 20883.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z4"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В соответствии с подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах" ПРИКАЗЫВАЮ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z5"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Утвердить прилагаемые Правила оказания государственных услуг в сфере дошкольного образования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z6"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. Признать утратившими силу некоторые приказы Министра образования и науки Республики Казахстан согласно </w:t>
+      </w:r>
+      <w:r w:rsidR="000051C0" w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>приложению,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к настоящему приказу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z7"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством порядке обеспечить:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z8"/>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z9"/>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z10"/>
+      <w:bookmarkEnd w:id="5"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) в течение десяти рабочих дней после государственной регистрации настоящего приказа представление в Юридический департамент Министерства образования и науки Республики Казахстан сведений об исполнении мероприятий, предусмотренных подпунктами 1) и 2) настоящего пункта. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z11"/>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4. Контроль за исполнением настоящего приказа возложить на курирующего вице-министра образования и науки Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z12"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5. Настоящий приказ вводится в действие после дня его первого официального опубликования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRPr="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7795"/>
-        <w:gridCol w:w="4205"/>
+        <w:gridCol w:w="6046"/>
+        <w:gridCol w:w="3449"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidTr="002D2A65">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7795" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="6046" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...20 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Министр образования и науки </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...18 lines deleted...]
-</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Республики Казахстан </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4205" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3449" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
-            </w:r>
-[...9 lines deleted...]
-</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z15"/>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B84FAA" w:rsidRDefault="00B84FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B84FAA" w:rsidRDefault="00B84FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B84FAA" w:rsidRDefault="00B84FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRDefault="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRPr="002D2A65" w:rsidRDefault="002D2A65" w:rsidP="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="5954"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Утверждены приказом</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Министра образования и науки</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Республики Казахстан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>от 19 июня 2020 года № 254</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002D2A65" w:rsidRPr="002D2A65" w:rsidRDefault="002D2A65" w:rsidP="002D2A65">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="00B84FAA" w:rsidRDefault="00766EF3" w:rsidP="00B84FAA">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B84FAA">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Правила оказания государственных услуг в сфере дошкольного образования</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z16"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 1. Общие положения</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z17"/>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1. Правила оказания государственных услуг в сфере дошкольного образования (далее – Правила) разработаны в соответствии с Конституцией Республики Казахстан, законами Республики Казахстан "Об образовании", "О статусе педагога", "О специальных социальных услугах", "О правах ребенка в Республике Казахстан", "О социальной и медико-педагогической коррекционной поддержке детей с ограниченными возможностями", "О воинской службе и статусе военнослужащих", "О специальных государственных органах Республики Казахстан", подпунктом 1) статьи 10 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", Кодексом Республики Казахстан "О браке (супружестве) и семье".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z18"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2. Правила определяют порядок приема (постановку в очередь, выдачу направления, прием документов, зачисление в дошкольную организацию) детей дошкольного возраста на свободные места в дошкольные организации с государственным образовательным заказом независимо от видов, формы собственности и ведомственной подчиненности.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z19"/>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3. В настоящих Правилах используются основные понятия:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z20"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) архив – набор заявлений, снятых с очереди по причине успешного получения направления на зачисление в дошкольную организацию или снятых с очереди по иным причинам, предусмотренным настоящими Правилами;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z21"/>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) технология блокчейн – способ построения архитектуры хранения и обработки данных по определенным правилам, который позволяет идентифицировать внесение изменений в данные, которые не подлежат корректировке;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z22"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) свободное место – информация о вакантном месте для зачисления ребенка в дошкольную организацию с указанием дошкольной организации, возрастной группы, языка воспитания и обучения, вида группы (общеразвивающая, специальная), режима работы (полного, неполного, круглосуточного пребывания), режима зачисления (общеустановленный, раннего бронирования, временного пребывания) с указанием даты начала зачисления и наличия ограничений по дате пребывания в дошкольной организации;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z23"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) бюллетень освободившихся мест – протокол, ежедневно фиксирующий хронологию передачи свободных мест от дошкольных организаций на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z24"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) свободное место режима общеустановленного зачисления – свободное место, срок действия направления по которому начинает исчисляться сразу после получения направления;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z25"/>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) свободное место режима раннего бронирования – свободное место, на которое можно получить направление раньше, чем это место фактически освободится; срок исчисления действия направления и процедура зачисления в дошкольную организацию начинается после фактического освобождения места;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z26"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 7) система управления очередью – информационная система услугодателя, обеспечивающая автоматизированное исполнение бизнес-процессов приема заявлений на постановку в очередь и распределения мест в дошкольных организациях;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z27"/>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 8) номер очередности – положение заявления в очереди относительно других заявлений в этой очереди;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z28"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 9) бюллетень отозванных мест – протокол, ежедневно фиксирующий хронологию возврата (отзыва) дошкольными организациями мест, ранее переданных на распределение в систему управления очередью;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z29"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10) направление на зачисление в дошкольную организацию (далее – направление) – уведомление о временном резервировании за заявителем места в дошкольной организации на период прохождения процесса зачисления в дошкольную организацию и оформления соответствующих документов; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z30"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11) очередь заявлений (далее – очередь) – заявления на зачисление в дошкольную организацию, успешно зарегистрированные в системе управления очередью и упорядоченные относительно друг друга согласно настоящим правилам;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z31"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12) проактивная услуга – государственная услуга, оказываемая в электронной форме, предоставляемая по инициативе субъекта оказания услуг, для оказания которой необходимо обязательное согласие субъекта получения услуги, предоставленное посредством абонентского устройства сотовой связи;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z32"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13) стоп-лист – временный архив, куда перемещаются заявления из очереди, по которым приостановлена возможность получения направлений ввиду выявленных нарушений, допущенных со стороны заявителей;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z33"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14) свободное место временного пребывания – свободное место, которое сохраняется в дошкольной организации за временно выбывшим воспитанником, поэтому имеет ограниченный срок пребывания нового ребенка, зачисленного на это место;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z34"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15) уведомление – электронные текстовые сообщения, отправляемые системой управления очередью заявителю с целью уведомления о прохождении определенных этапов получения места в дошкольной организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="006D1527" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z35"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r w:rsidRPr="006D1527">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Глава 2. Порядок оказания государственных услуг</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z36"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidRPr="006D1527">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Параграф 1. Порядок о</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">казания государственной услуги </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D1527">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>"Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z37"/>
+      <w:bookmarkEnd w:id="30"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4. Государственная услуга "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – государственная услуга по постановке на очередь) оказывается местными исполнительными органами областей, городов Нур-Султан, Алматы, Шымкент, районов (городов областного значения), акимами районов в городе, городов районного значения, поселков, сел, сельских округов (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z38"/>
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5. Для получения государственной услуги по постановке на очередь физическое лицо (далее - услугополучатель) направляет в канцелярию услугодателя, либо через некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация) и (или) через веб-портал "электронного правительства" (далее – портал) заявление по форме согласно приложению 1 к Правилам, а также документы, указанные в пункте 8 Стандарта государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" (далее – Стандарт госуслуги по постановке).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z39"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги по постановке на очередь, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по постановке на очередь приведен в Стандарте госуслуги по постановке согласно приложению 2 к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z40"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по постановке на очередь, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по постановке на очередь.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="35" w:name="z41"/>
+      <w:bookmarkEnd w:id="34"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Канцелярия услугодателя, работник Государственной корпорации осуществляют прием заявления по форме согласно приложению 1 к Правилам и регистрируют документы, полученные от услугополучателя, проверяют их на полноту; при представлении услугополучателем полного пакета документов осуществляют выдачу уведомления о постановке на очередь с указанием номера очередности (в произвольной форме).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="36" w:name="z42"/>
+      <w:bookmarkEnd w:id="35"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 Стандарта госуслуги по постановке, услугодатель и (или) работник Государственной корпорации </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>отказывает в приеме заявления и выдает расписку об отказе в приеме документов по форме согласно приложению 3 к Правилам.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="37" w:name="z43"/>
+      <w:bookmarkEnd w:id="36"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сведения о документах, удостоверяющих личность, услугодатель и работник Государственной корпорации получают из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="38" w:name="z44"/>
+      <w:bookmarkEnd w:id="37"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Выдача услугополучателю готовых документов осуществляется на основании расписки о приеме соответствующих документов при предъявлении документа, удостоверяющего личность (либо ее представителя по нотари</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ально заверенной доверенности).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="39" w:name="z45"/>
+      <w:bookmarkEnd w:id="38"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6. В случае обращения через портал услугодатель в день поступления документов осуще</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ствляет их прием и регистрацию.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="40" w:name="z46"/>
+      <w:bookmarkEnd w:id="39"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Услугодатель в течение 30 минут проверяет на полноту представленные документы. В случае </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527" w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неполноты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ в дальнейшем рассмотрении заявления, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="41" w:name="z47"/>
+      <w:bookmarkEnd w:id="40"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>При установлении факта полноты представленных документов, услугодатель готовит уведомление о постановке на очередь с указанием номера очередности (в произвольной форме) и направляет услугополучателю в "личный кабинет" в форме электронного документа, удостоверенного ЭЦП уполномоченного лица услугодателя.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="42" w:name="z48"/>
+      <w:bookmarkEnd w:id="41"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. Государственная услуга по постановке на очередь может оказываться проактивным способом, в том числе без заявления услугополучателя по инициативе услугодателя посредством информационных систем услугодателя и государственных органов при регистрации телефонного номера абонентского устройства сотовой связи услугополучателя на веб-портале "электронного правительства" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>www</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>egov</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>kz</w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и включать в себя:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="43" w:name="z49"/>
+      <w:bookmarkEnd w:id="42"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) отправку автоматических уведомлений услугополучателю с запросом на оказание государственной услуги по постановке на очередь;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="44" w:name="z50"/>
+      <w:bookmarkEnd w:id="43"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) получение согласия услугополучателя на оказание проактивной услуги, а также иных необходимых сведений от услугополучателя, в том числе ограниченного доступа, посредством абонентского устройства сотовой связи услугополучателя.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="45" w:name="z51"/>
+      <w:bookmarkEnd w:id="44"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8. По выбору услугополучателя государственная услуга по постановке на очередь оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="46" w:name="z52"/>
+      <w:bookmarkEnd w:id="45"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>9. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="47" w:name="z53"/>
+      <w:bookmarkEnd w:id="46"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527" w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вопросам оказания государственной услуги по постановке на очередь может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z54"/>
+      <w:bookmarkEnd w:id="47"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z55"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба на действия (бездействие) работника Государственной корпорации направляется руководителю Государственной корпорации по адресу, указанному на интернет-ресурсе корпорации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z56"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 11. Жалоба услугополучателя по вопросам оказания государственной услуги по постановке на очередь, поступившая в адрес услугодателя, Государственной корпорации, подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z57"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12. При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или об отказе в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z58"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z59"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z60"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатом оказания государственной услуги по постановке на очередь услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z61"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 13. Общая очередь для зачисления в дошкольные организации формируется по принадлежности к населенному пункту (город, село, поселок) по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z62"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Очередь в специальные дошкольные организации формируется внутри населенного пункта к конкретной дошкольной организации по году рождения детей, для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z63"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внутри очереди по годам рождения очередь разделяется по видам нарушений, имеющихся у детей, если дошкольная организация обеспечивает наличие групп с различными видами ухода, коррекции.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z64"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Очередь в санаторные дошкольные организации формируется внутри населенного пункта к конкретной дошкольной организации по году рождения детей для каждого года рождения отдельно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z65"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Внутри очереди по годам рождения очередь разделяется по видам реабилитации/профилактики, если дошкольная организация обеспечивает наличие групп с различными видами реабилитации/профилактики.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z66"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 14. Заявления в очередях располагаются по дате и времени подачи заявления заявителем. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z67"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15. Родитель или законный представитель ребенка становится в очередь в одном населенном пункте не более трех раз за период дошкольного возраста.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z68"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16. Родитель или законный представитель ребенка, получивший внеочередное или первоочередное направление в государственную дошкольную организацию, для выбора другой дошкольной организации после истечения одного месяца встает в общую очередь и получает направление в частную дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z69"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 17. Родитель или законный представитель ребенка с особыми образовательными потребностями при наличии подтверждающих документов встает одновременно в нескольких очередях – общей очереди, очереди в специальную, санаторную дошкольные организации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z70"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AA4865">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>18. Возраст ребенка для подачи заявления и нахождения в очереди не превышает полных 6 лет по состоянию на 1 сентября текущего учебного года (кроме детей с особыми образовательными потребностями, имеющими соответствующее заключение психолого-медико-педагогической комиссии, и детей, которым на 1 сентября текущего года еще не исполнилось полных 6 лет).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="65" w:name="z71"/>
+      <w:bookmarkEnd w:id="64"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>19. Для выбора другой дошкольной организации ребенок отчисляется из дошкольной организации, и родитель или законный представитель ребенка подает заявление на постановку в очередь для получения направления в дошкольную организацию.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="66" w:name="z72"/>
+      <w:bookmarkEnd w:id="65"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20. Очередь заявлений обновляется при:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="67" w:name="z73"/>
+      <w:bookmarkEnd w:id="66"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) поступлении заявлений от родителей или законных представителей детей, имеющих право на внеочередное получение места в дошкольных организациях согласно пункту 3 статьи 52 Закона Республики Казахстан "О воинской службе и статусе военнослужащих" и пункту 8 статьи 78 Закона Республики Казахстан "О специальных государственных органах";</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="68" w:name="z74"/>
+      <w:bookmarkEnd w:id="67"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) поступлении заявлений от родителей или законных представителей детей педагогов согласно пункту 3 статьи 12 Закона Республики Казахстан "О </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>статусе педагога"; детей, законные представители которых являются инвалидами; детей, оставшихся без попечения родителей, и детей-сирот; детей из многодетных семей; детей с особыми образовательными потребностями; детей из семей, имеющих ребенка-инвалида для первоочередного получения места в дошкольной организации;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="69" w:name="z75"/>
+      <w:bookmarkEnd w:id="68"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) изменении льготного статуса заявления;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="70" w:name="z76"/>
+      <w:bookmarkEnd w:id="69"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) исключении заявления из очереди в результате отзыва заявления;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="71" w:name="z77"/>
+      <w:bookmarkEnd w:id="70"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) выдаче направления;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="72" w:name="z78"/>
+      <w:bookmarkEnd w:id="71"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) помещении заявления в стоп-лист, архив;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="73" w:name="z79"/>
+      <w:bookmarkEnd w:id="72"/>
+    </w:p>
+    <w:p w:rsidR="006D1527" w:rsidRDefault="00766EF3" w:rsidP="006D1527">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) отсутствии заинтересованности заявителя в получении </w:t>
+      </w:r>
+      <w:r w:rsidR="006D1527">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>места в дошкольную организацию.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="74" w:name="z80"/>
+      <w:bookmarkEnd w:id="73"/>
+    </w:p>
+    <w:p w:rsidR="00A06387" w:rsidRDefault="00766EF3" w:rsidP="00A06387">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>21. Заявления в очередях располагаются относительно друг друга внутри каждой группы по дате и времени подачи заявления.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="75" w:name="z81"/>
+      <w:bookmarkEnd w:id="74"/>
+    </w:p>
+    <w:p w:rsidR="00A06387" w:rsidRDefault="00766EF3" w:rsidP="00A06387">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявления по внеочередному получению места располагаются перед заявлениями первоочередного получения места.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="76" w:name="z82"/>
+      <w:bookmarkEnd w:id="75"/>
+    </w:p>
+    <w:p w:rsidR="00A06387" w:rsidRDefault="00766EF3" w:rsidP="00A06387">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявления по первоочередному получению места распределяются между заявлениями, поданными на общих основаниях, в соотношении "один к трем" (заявление по первоочередному получению места располагается через каждые три заявления, поданные на общих основаниях).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="77" w:name="z83"/>
+      <w:bookmarkEnd w:id="76"/>
+    </w:p>
+    <w:p w:rsidR="00A06387" w:rsidRDefault="00766EF3" w:rsidP="00A06387">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>22. Услугодатель проверяет и подтверждает информацию, удостоверяющую личность заявителя, законного представителя ребенка, информацию, подтверждающую возможность внеочередного или первоочередного получения места в дошкольной организации, дважды - при регистрации заявления на постановку в очередь и после получения направления на зачис</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06387">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ление в дошкольную организацию.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="78" w:name="z84"/>
+      <w:bookmarkEnd w:id="77"/>
+    </w:p>
+    <w:p w:rsidR="00A06387" w:rsidRDefault="00766EF3" w:rsidP="00A06387">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Заявитель представляет услугодателю для сверки оригиналы документов в срок не позднее пяти рабочих дней с момента отправки заявления на регистрацию или получения направления на зачисление. Услугодатель подтверждает достоверность представленных документов в срок не позднее 30 минут с момента их представления. После подтверждения документов заявление регистрируется в очереди. Для проверки достоверности документов военнослужащих и сотрудников специальных государственных органов услугодатель ежемесячно отправляет сводные запросы в уполномоченный орган и аннулирует заявления и направления при получ</w:t>
+      </w:r>
+      <w:r w:rsidR="00A06387">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ении отрицательного заключения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="79" w:name="z85"/>
+      <w:bookmarkEnd w:id="78"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>23. Заявителю предоставляется возможность:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="80" w:name="z86"/>
+      <w:bookmarkEnd w:id="79"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) подачи заявления на постановку в очередь, изменять уже поданное заявление, отзывать заявление из очереди, получать и аннулировать направление на зачисление в дошкольную организацию, продлевать срок </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>действия направления, получать уведомление об изменении состояния заявления и направления;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="81" w:name="z87"/>
+      <w:bookmarkEnd w:id="80"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) подтверждения заинтересованности в получении места в дошкольную организацию;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="82" w:name="z88"/>
+      <w:bookmarkEnd w:id="81"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) изучения информации об освободившихся местах и получения электронного направления на зачисление в дошкольную организацию;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="83" w:name="z89"/>
+      <w:bookmarkEnd w:id="82"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) сохранения учетных данных личного кабинета системы управления очередью, не передавая их третьим лицам.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="84" w:name="z90"/>
+      <w:bookmarkEnd w:id="83"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>24. Система управления очередью, функционирующая круглосуточно и осуществляющая непрерывный процесс распределения свободных мест среди заявителей, по мере появления новых свободных мест:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="85" w:name="z91"/>
+      <w:bookmarkEnd w:id="84"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) регистрирует (или отказывает в регистрации) заявление на постановку в очередь, помещает заявление в стоп-лист, рассматривает отказы в зачислении по выданным направлениям со </w:t>
+      </w:r>
+      <w:r w:rsidR="00E9596A">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стороны дошкольных организаций;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="86" w:name="z92"/>
+      <w:bookmarkEnd w:id="85"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ежедневно принимает информацию от дошкольных организаций о появлении свободных мест с указанием возрастной группы;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="87" w:name="z93"/>
+      <w:bookmarkEnd w:id="86"/>
+    </w:p>
+    <w:p w:rsidR="00E9596A" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ежедневно в 18:00 (восемнадцать) часов на специализированном интернет-ресурсе публикует бюллетень освободившихся мест (возможно изменение регламентного времени нормативным актом услугодателя);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="88" w:name="z94"/>
+      <w:bookmarkEnd w:id="87"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00E9596A">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) ежедневно в 07:00 (семь) часов утра (возможно изменение регламентного времени нормативным актом услугодателя, но не позднее 23:59 часов текущего дня) открывает приоритетный доступ к получению направления только для первых заявителей (всем одновременно) на ограниченный срок – 3 (три) рабочих дня;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z95"/>
+      <w:bookmarkEnd w:id="88"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 5) предоставляет возможность заявителям самостоятельно получать электронное направление на зачисление в дошкольную организацию, которую они выбрали;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z96"/>
+      <w:bookmarkEnd w:id="89"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 6) автоматически меняет статус места раннего бронирования на статус свободного, если оно освобождается раньше установленного срока;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z97"/>
+      <w:bookmarkEnd w:id="90"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>7) использует технологию блокчейн для обеспечения защиты накапливаемых сведений от несанкционированного вмешательства: реестр всех заявлений, реестр всех направлений, реестр бюллетеней освободившихся мест;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="92" w:name="z98"/>
+      <w:bookmarkEnd w:id="91"/>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) публикует на специализированном интернет-ресурсе и актуали</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>зирует информацию о заявлениях;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="93" w:name="z99"/>
+      <w:bookmarkEnd w:id="92"/>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AB3451">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9) исключает из очереди заявление при достижении ребенком возраста 6 (шести) лет (кроме детей с особыми образовательными потребностями, имеющими заключение психолого-медико-педагогической консультации, а также детей, которым на 1 сентября текущего года еще не исполнилось полных </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AB3451">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6 лет) и помещает его в архив по причине достижения максимально возможного возраста;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="94" w:name="z100"/>
+      <w:bookmarkEnd w:id="93"/>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) после трех дней распределения свободных мест открывает доступ к оставшимся свободным местам для следующих 1000 (одной тысячи) заявителей в очереди.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="95" w:name="z101"/>
+      <w:bookmarkEnd w:id="94"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>25. Дошкольным организациям предоставляется возможность:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z102"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) отзывать свободные места, ранее опубликованные в бюллетене, в том числе свободные места раннего бронирования и временного пребывания, в связи с внутренней необходимостью с указанием причины (капитальный ремонт, карантин, аннулирование госзаказа, закрытие);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z103"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) аннулировать выданное направление на отозванное свободное место, в этом случае заявителю отправляется уведомление;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z104"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) публиковать в бюллетене освободившихся мест места раннего бронирования (дошкольным организациям, имеющим государственный образовательный заказ);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z105"/>
+      <w:bookmarkEnd w:id="98"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 4) публиковать в бюллетене освободившихся мест места временного пребывания с указанием даты, когда ребенок отчисляется из дошкольной организации в связи с истечением срока временного пребывания; при этом очередь ребенка, получившего направление на временное пребывание, сохраняется.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z106"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 26. Для общей очереди направление выдается по инициативе заявителя в соответствии с очередностью, возрастом ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z107"/>
+      <w:bookmarkEnd w:id="100"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 27. Для очереди в специальную и санаторную дошкольную организацию направление выдается в соответствии с очередностью заявлений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z108"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 28. При выдаче направления возраст ребенка учитывается по состоянию полных лет на 1 сентября текущего учебного года.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z109"/>
+      <w:bookmarkEnd w:id="102"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 29. Заявителю, подавшему заявления на нескольких детей в общую очередь, предоставляется возможность (по усмотрению заявителя) получить направления на всех детей в одну дошкольную организацию одновременно при наличии необходимого количества мест в этой организации в момент получения направления.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z110"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 30. Заявителю предоставляется возможность аннулировать выданное направление по собственной инициативе в срок не позднее одних суток с момента выдачи направления; один раз продлить срок действия направления дополнительно до 30 (тридцати) календарных дней в случае физической неспособности явиться в дошкольную организацию в установленный срок (болезнь, госпитализация, командировка, отпуск).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="007C3189" w:rsidRDefault="00766EF3" w:rsidP="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z111"/>
+      <w:bookmarkEnd w:id="104"/>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Параграф 2. Порядок оказания государственной услуги "Прием документов и зачисление детей в дошкольные организации"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z112"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31. Государственная услуга "Прием документов и зачисление детей в дошкольные организации" (далее – государственная услуга по приему детей) оказывается дошкольными организациями всех видов (далее – услугодатель).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z113"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 32. Для получения государственной услуги по приему детей физическое лицо (далее – услугополучатель) представляет документы в канцелярию услугодателя либо на веб-портал "электронного правительства" (далее – портал) согласно пункту 8 приложения 4 к Правилам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z114"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Перечень основных требований к оказанию государственной услуги по приему детей, включающий характеристики процесса, форму, содержание и результат оказания услуги, а также иные сведения с учетом особенностей предоставления государственной услуги по приему детей приведен в Стандарте государственной услуги "Прием документов и зачисление детей в дошкольные организации" согласно приложению 4 к Правилам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z115"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В "личном кабинете" услугополучателя отображается информация о статусе рассмотрения запроса на оказание государственной услуги по приему детей, а также размещается уведомление с указанием даты и времени получения результата государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z116"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Канцелярия услугодателя осуществляет прием документов согласно перечню, указанному в пункте 8 приложения 4 к Правилам, проверяет их на полноту представленных документов. При представлении услугополучателем полного пакета документов услугодатель осуществляет зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z117"/>
+      <w:bookmarkEnd w:id="110"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае представления услугополучателем неполного пакета документов согласно перечню, предусмотренному пунктом 8 приложения 4 к Правилам, услугодатель дает мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="112" w:name="z118"/>
+      <w:bookmarkEnd w:id="111"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае обращения через портал услугодатель в день поступления документов осуществляет их прием и регистрацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="113" w:name="z119"/>
+      <w:bookmarkEnd w:id="112"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Услугодатель в течение 30 минут проверяет на полноту представленные документы. В случае </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3189" w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>неполноты</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> в указанные сроки готовит мотивированный отказ, который направляется в форме электронного документа заявителю в "личный кабинет" на портале.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="114" w:name="z120"/>
+      <w:bookmarkEnd w:id="113"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При установлении факта полноты представленных документов, услугодатель заполняет электронный запрос и прикрепляет электронные копии документов; после обработки (проверки, регистрации) электронного запроса услугодателем услугополучателю направляется уведомление о статусе электронного запроса, сроке оказания государственной услуги по приему детей, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>результате оказания государственной услуги по приему детей в форме электронного документа, подписанного ЭЦП уполномоченного лица услугодателя, зачисление ребенка в дошкольную организацию либо мотивированный ответ об отказе в оказании государственной услуги по приему детей.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="115" w:name="z121"/>
+      <w:bookmarkEnd w:id="114"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 33. Услугодатель обеспечивает внесение сведений о стадии оказания государственной услуги в информационную систему мониторинга оказания государственных услуг в порядке согласно подпункту 11) пункта 2 статьи 5 Закона Республики Казахстан "О государственных услугах".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="116" w:name="z122"/>
+      <w:bookmarkEnd w:id="115"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 34. Услугодатель аннулирует зачисление ребенка по следующим причинам: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="117" w:name="z123"/>
+      <w:bookmarkEnd w:id="116"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) заявитель не представил, требуемые для заключения договора, документы или срок действия документов был просрочен (паспорт здоровья ребенка и справка о состоянии здоровья ребенка, выданная не позднее чем за три календарных дня по отношению к дате заключения договора);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="118" w:name="z124"/>
+      <w:bookmarkEnd w:id="117"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) согласно представленным документам ребенок имеет медицинские противопоказания для зачисления в дошкольную организацию.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="119" w:name="z125"/>
+      <w:bookmarkEnd w:id="118"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 35. Прием документов и зачисление детей в дошкольные организации на постоянное или временное пребывание ведется в течение года при наличии в них свободных мест.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="120" w:name="z126"/>
+      <w:bookmarkEnd w:id="119"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 36. Жалоба на решение, действия (бездействие) </w:t>
+      </w:r>
+      <w:r w:rsidR="007C3189" w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>услугодателя по</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> вопросам оказания государственной услуги по приему детей может быть подана на имя руководителя услугодателя, в уполномоченный орган по оценке и контролю за качеством оказания государственных услуг в соответствии с законодательством Республики Казахстан.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="121" w:name="z127"/>
+      <w:bookmarkEnd w:id="120"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес услугодателя, в соответствии с пунктом 2 статьи 25 Закона Республики Казахстан "О государственных услугах" подлежит рассмотрению в течение пяти рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="122" w:name="z128"/>
+      <w:bookmarkEnd w:id="121"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> При отправке жалобы через портал услугополучателю из "личного кабинета" доступна информация об обращении, которая обновляется в ходе обработки обращения услугодателем (отметки о доставке, регистрации, исполнении, ответ о рассмотрении или отказ в рассмотрении).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="123" w:name="z129"/>
+      <w:bookmarkEnd w:id="122"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Информацию о порядке обжалования через портал можно получить посредством Единого контакт-центра по вопросам оказания государственных услуг.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="124" w:name="z130"/>
+      <w:bookmarkEnd w:id="123"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Жалоба услугополучателя, поступившая в адрес уполномоченного органа по оценке и контролю за качеством оказания государственных услуг, подлежит рассмотрению в течение 15 (пятнадцати) рабочих дней со дня ее регистрации.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="125" w:name="z131"/>
+      <w:bookmarkEnd w:id="124"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В случае несогласия с результатом оказания государственной услуги по приему детей услугополучатель обращается в суд в установленном законодательством Республики Казахстан порядке.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007331AE" w:rsidRDefault="007331AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRDefault="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4820"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007331AE" w:rsidRDefault="007C3189" w:rsidP="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4820"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRPr="007C3189" w:rsidRDefault="007C3189" w:rsidP="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="4820"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Услугодателю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(от) _____________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(индивидуальный идентификационный номер </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(далее – ИИН), проживающего по адресу:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C3189">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007C3189" w:rsidRPr="007331AE" w:rsidRDefault="007C3189" w:rsidP="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="126" w:name="z134"/>
+      <w:bookmarkEnd w:id="125"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="007331AE" w:rsidRDefault="007C3189" w:rsidP="007C3189">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidR="00766EF3" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>аявление</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007331AE" w:rsidRDefault="00766EF3" w:rsidP="007331AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="127" w:name="z135"/>
+      <w:bookmarkEnd w:id="126"/>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу поставить ребенка в очередь для получения направления в дошкольную организацию на те</w:t>
+      </w:r>
+      <w:r w:rsidR="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">рритории населенного пункт </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007331AE" w:rsidRDefault="007331AE" w:rsidP="007331AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______</w:t>
+      </w:r>
+      <w:r w:rsidR="00766EF3" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______</w:t>
+      </w:r>
+      <w:r w:rsidR="00766EF3" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="007331AE">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>город (поселок, село)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ИИН </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>______________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="008A52CB" w:rsidRDefault="008A52CB" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="32"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                              </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00766EF3" w:rsidRPr="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Ф.И.О. (при наличии)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00766EF3" w:rsidRPr="008A52CB">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ребенка (при заполнении в бумажном виде)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">_____________ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>года рождения.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="128" w:name="z136"/>
+      <w:bookmarkEnd w:id="127"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Информирую, что ребенок является (нужное указать):</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="129" w:name="z137"/>
+      <w:bookmarkEnd w:id="128"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) ребенком военнослужащих, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="130" w:name="z138"/>
+      <w:bookmarkEnd w:id="129"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2) ребенком сотрудников специальных государственных органов, в том числе погибших, умерших или пропавших без вести во время прохождения службы (копия документа);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="131" w:name="z139"/>
+      <w:bookmarkEnd w:id="130"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3) ребенком, родители которых являются инвалидами;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="132" w:name="z140"/>
+      <w:bookmarkEnd w:id="131"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>4) ребенком с особыми образовательными потребностями (копия документа);</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="133" w:name="z141"/>
+      <w:bookmarkEnd w:id="132"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>5) ребенком, оставшимся без попечения родителей;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="134" w:name="z142"/>
+      <w:bookmarkEnd w:id="133"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6) ребенком сиротой;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="135" w:name="z143"/>
+      <w:bookmarkEnd w:id="134"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7) ребенком из многодетной семьи;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="136" w:name="z144"/>
+      <w:bookmarkEnd w:id="135"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8) ребенком педагога;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="137" w:name="z145"/>
+      <w:bookmarkEnd w:id="136"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9) ребенком из семьи, имеющей ребенка-инвалида;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="138" w:name="z146"/>
+      <w:bookmarkEnd w:id="137"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>10) не относится ни к одной из вышеперечисленных категорий.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="139" w:name="z147"/>
+      <w:bookmarkEnd w:id="138"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Прошу уведомлять меня об изменениях моего заявления следующими способами:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="140" w:name="z148"/>
+      <w:bookmarkEnd w:id="139"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1) электронное смс(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>sms</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)-уведомление в произвольной форме на следующие номера мобильных тел</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ефонов (не более двух номеров):</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="141" w:name="z149"/>
+      <w:bookmarkEnd w:id="140"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>____________;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="142" w:name="z150"/>
+      <w:bookmarkEnd w:id="141"/>
+    </w:p>
+    <w:p w:rsidR="008A52CB" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) электронные </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>mail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ув</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>едомления в произвольной форме:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="143" w:name="z151"/>
+      <w:bookmarkEnd w:id="142"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="008A52CB">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidR="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>_____________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="144" w:name="z152"/>
+      <w:bookmarkEnd w:id="143"/>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>(При изменении жизненных обстоятельств положение заявления в очереди может измениться. Заявления группируются в очереди по году рождения ребенка (календарный год) в порядке прио</w:t>
+      </w:r>
+      <w:r w:rsidR="008A52CB" w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ритета по дате подачи заявления</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:i/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="007331AE" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="145" w:name="z153"/>
+      <w:bookmarkEnd w:id="144"/>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подтверждаю, что я согласен (согласна) на использование сведений, составляющих охраняемых законом тайну, содержащихся в информационных системах.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="146" w:name="z154"/>
+      <w:bookmarkEnd w:id="145"/>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007331AE">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Подпись _______________ Дата _________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRPr="000051C0" w:rsidRDefault="000051C0" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000051C0">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Приложение 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRPr="007331AE" w:rsidRDefault="000051C0" w:rsidP="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="none"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="461"/>
+        <w:gridCol w:w="2463"/>
+        <w:gridCol w:w="2022"/>
+        <w:gridCol w:w="4618"/>
+        <w:gridCol w:w="62"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
-[...3796 lines deleted...]
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="146"/>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
-              <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Мектепке дейінгі ұйымдарға жіберу үшін мектеп жасына дейінгі балаларды (6 жасқа дейін) кезекке қою" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            <w:r w:rsidRPr="00766EF3">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Стандарт государственной услуги "Постановка на очередь детей дошкольного возраста (до 6 лет) для направления в дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің атауы</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік корпорация, облыстардың, Нұр-Сұлтан, Алматы және Шымкент қалаларының, аудандардың (облыстық маңызы бар қалалардың) жергілікті атқарушы органдары, қаладағы аудандардың, аудандық маңызы бар қалалардың, кенттердің, ауылдардың, ауылдық округтердің әкімдері.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная корпорация, местные исполнительные органы областей, городов Нур-Султан, Алматы и Шымкент, районов (городов областного значения), акимы районов в городе, городов районного значения, поселков, сел, сельских округов.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="147" w:name="z156"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявления и выдача результата оказания государственной услуги осуществляются через:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) канцелярию услугодателя;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Өтінішті қабылдау және мемлекеттік қызметті көрсету нәтижесін беру:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>некоммерческое акционерное общество "Государственная корпорация "Правительство для граждан" (далее – Государственная корпорация);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) веб-портал "электронного правительства" </w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) көрсетілетін қызметті берушінің кеңсесі, "Азаматтарға арналған үкімет" Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі - Мемлекеттік корпорация);</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
-[...10 lines deleted...]
-3) "электрондық үкіметтің" веб-порталы: www.egov.kz (бұдан әрі – портал) арқылы жүзеге асырылады. </w:t>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="147"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету мерзімі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Срок оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Көрсетілетін қызметті берушіге, Мемлекеттік корпорацияға, порталға жүгінген сәтінен бастап – 30 минут.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>С момента обращения к услугодателю, в Государственную корпорацию, на портал – 30 минут.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету нысаны</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Электронды және (немесе) қағаз түрінде.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная и (или) бумажная.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсетудің нәтижесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Кезекке қою туралы хабарлама беру (ерікті нысанда) немесе мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап. </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Уведомление о постановке в очередь (в произвольной форме) либо мотивированный ответ об отказе в оказании государственной услуги по основаниям, установленным пунктом 9 настоящего Стандарта государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Государственная услуга физическим лицам оказывается бесплатно. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жұмыс кестесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="148" w:name="z159"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) көрсетілетін қызметті беруші: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, көрсетілетін қызметті берушінің белгіленген жұмыс кестесі бойынша дүйсенбі – жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 18.30-ға дейін.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">услугодателя: с понедельника по пятницу, за исключением праздничных </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:30 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственной корпорации: с понедельника по субботу включительно, за исключением праздничных дней, в соответствии с установленным графиком работы с 9:00 часов до 20:00 часов без перерыва на обед согласно трудовому законодательству Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием осуществляется в порядке "электронной" очереди, по выбору услугополучателя без ускоренного обслуживания, возможно бронирование электронной очереди посредством портала;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной услуги осуществляется следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) на интернет-ресурсе Министерства: </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) Государственной корпорации: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) на портале: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2) Мемлекеттік корпорация: Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, белгіленген жұмыс кестесі бойынша дүйсенбі мен сенбіні қоса алғанда түскі үзіліссіз сағат 09.00-ден 20.00-ге дейін.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...20 lines deleted...]
-3) портал: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="148"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="149" w:name="z168"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>При обращении к услугодателю или в Государственную корпорацию:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға жүгінгенде:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление по форме согласно приложению 1 к Правилам;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>свидетельство о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) Қағидаларға </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документ, удостоверяющий личность услугополучателя (одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) справка, выданная с места работы военнослужащего или сотрудника специальных государственных органов, заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>1-қосымшаға</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>справка с места работы педагога, заверенная подписью руководителя организации образования и печатью (действительна в течение месяца со дня выдачи), сканированная копия диплома;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> сәйкес нысан бойынша өтініш;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заключение психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>7) заключение врача-фтизиатора;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>8)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документы, подтверждающие возможность первоочередного получения направления в дошкольную организацию.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, свидетельство о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугодатель или работник Государственной корпорации получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугодатель или работник Государственной корпорации получает согласие на использование сведений, содержащихся в информационных системах и составляющих охраняемую законом тайну, при оказании государственных услуг, если иное не предусмотрено законами Республики Казахстан.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>При обращении к акиму поселка, села, сельского округа услугополучатель представляет оригиналы (для идентификации) и копии документов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>При обращении на портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2) баланың туу туралы куәлігі (сәйкестендіру үшін);</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заявление в форме электронного документа, подписанное ЭЦП услугополучателя, по форме согласно приложению 1 к Правилам;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>сканированная копия справки, выданная с места работы военнослужащего или сотрудника специальных государственных</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>органов,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>заверенная подписью уполномоченного лица и печатью (при наличии) (действительна в течение месяца со дня выдачи);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3) сканированная копия заключения психолого-медико-педагогической консультации для детей с особыми образовательными потребностями (при наличии);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4) направление врача-фтизиатра.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Электронный запрос на портал осуществляется в форме электронного документа, удостоверенного ЭЦП услугополучателя, или путем введения одноразового пароля.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...190 lines deleted...]
-Порталда электронды сұрауды қабылдау көрсетілетін қызметті алушының "жеке кабинетінде" жүзеге асырылады. </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Сведения о документах, удостоверяющих личность, о свидетельстве о рождении ребенка, сведения, подтверждающие возможность первоочередного получения направления в дошкольную организацию услугополучатель получает из соответствующих государственных информационных систем через шлюз "электронного правительства".</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="149"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-9</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            <w:bookmarkStart w:id="150" w:name="z186"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установлен</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ные законодатель</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>ством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:bookmarkStart w:id="151" w:name="z188"/>
+            <w:bookmarkEnd w:id="150"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...8 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2) несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="151"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="610" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcW w:w="2206" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсетудің, оның ішінде электронды нысанда және Мемлекеттік корпорациясы арқылы көрсетілетін қызметтердің ерекшеліктерін ескере отырып қойылатын өзге де талаптар</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9327" w:type="dxa"/>
+            <w:tcW w:w="6983" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="152" w:name="z189"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время ожидания для сдачи пакета документов услугодателю или в Государственную корпорацию</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушіге немесе Мемлекеттік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>–</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>15 минут. Максимально допустимое время обслуживания услугодателем или в Государственной корпорации – 30 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием документов для оказания государственной услуги услугополучателю с нарушением здоровья, стойким расстройством функций организма, ограничивающим</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның қызмет көрсетуінің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>его</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>жизнедеятельность, обратившемуся через</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Единый контакт-центр – 1414, 88000807777 производится работником Государственной корпорации с выездом по месту жительства. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Если есть медицинские противопоказания, препятствующие пребыванию ребенка в дошкольной организации, то он не зачисляется в дошкольную организацию.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Организм функцияларының тіршілік әрекетін шектейтін денсаулығы тұрақты бұзылған көрсетілетін қызметті алушылар қажет болған жағдайда Бірыңғай байланыс орталығының 1414, 8 800 080 7777 нөмірлеріне жүгінгенде, Мемлекеттік корпорацияның қызметкері мемлекеттік қызметті көрсету үшін құжат қабылдауды олардың тұрғылықты жерінде жүргізеді.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги".</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...50 lines deleted...]
-Көрсетілетін қызметті алушының таңдауы бойынша кезекке қою жөніндегі мемлекеттік қызмет "Бала тууды тіркеу, оның ішінде азаматтық хал актілерінің жазбаларына өзгерістер, толықтырулар мен түзетулер енгізу" мемлекеттік қызметімен жиынтықта "бір өтініш" қағидасы бойынша көрсетіледі. </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>По выбору услугополучателя государственная услуга оказывается по принципу "одного заявления" в совокупности с государственной услугой "Регистрация рождения ребенка, в том числе внесение изменений, дополнений и исправлений в записи актов гражданского состояния".</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="152"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5590" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4043" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>к Правилам оказания</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>государственных услуг</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t xml:space="preserve">3-қосымша </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>в сфере дошкольного образования</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="000051C0">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5590" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="4043" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...5 lines deleted...]
-                <w:sz w:val="20"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(фамилия, имя, отчество (при его наличии)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>____________________________</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...33 lines deleted...]
-              <w:t>алушының мекен-жайы)</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(адрес услугополучателя)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z56" w:id="51"/>
-[...5 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="153" w:name="z197"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766EF3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Расписка</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766EF3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766EF3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>об отказе в приеме документов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="154" w:name="z198"/>
+      <w:bookmarkEnd w:id="153"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Руководствуясь пунктом 2 статьи 20 Закона Республики Казахстан от 15 апреля 2013 года "О государственных услугах", отдел №__ филиала некоммерческого акционерного общества "Государственная корпорация "Правительство для граждан" _______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="155" w:name="z199"/>
+      <w:bookmarkEnd w:id="154"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать адрес)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="156" w:name="z200"/>
+      <w:bookmarkEnd w:id="155"/>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отказывает в приеме документов на оказание государственной услуги </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="157" w:name="z201"/>
+      <w:bookmarkEnd w:id="156"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="158" w:name="z202"/>
+      <w:bookmarkEnd w:id="157"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...13 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (указать наименование государственной услуги)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="159" w:name="z203"/>
+      <w:bookmarkEnd w:id="158"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ввиду представления Вами неполного пакета документов согласно перечню, предусмотренному Стандартом государственной услуги, и (или) документов с истекшим сроком действия, а именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="160" w:name="z204"/>
+      <w:bookmarkEnd w:id="159"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Наименование отсутствующих документов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="161" w:name="z205"/>
+      <w:bookmarkEnd w:id="160"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="162" w:name="z206"/>
+      <w:bookmarkEnd w:id="161"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2) ________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="163" w:name="z207"/>
+      <w:bookmarkEnd w:id="162"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3) ________________________________________ .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="164" w:name="z208"/>
+      <w:bookmarkEnd w:id="163"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Настоящая расписка составлена в двух экземплярах, по одному для каждой стороны.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="165" w:name="z209"/>
+      <w:bookmarkEnd w:id="164"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Исполнитель: ______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="166" w:name="z210"/>
+      <w:bookmarkEnd w:id="165"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="167" w:name="z211"/>
+      <w:bookmarkEnd w:id="166"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Подпись _____________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="168" w:name="z212"/>
+      <w:bookmarkEnd w:id="167"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Телефон ___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="169" w:name="z213"/>
+      <w:bookmarkEnd w:id="168"/>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Получил: _________________________________________________________</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...14 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...7 lines deleted...]
-      </w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> фамилия, имя, отчество (при его наличии)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="170" w:name="z214"/>
+      <w:bookmarkEnd w:id="169"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Подпись ____________  "____" _________ 20____ год</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000051C0" w:rsidRDefault="000051C0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
-        <w:tblBorders>
-[...6 lines deleted...]
-        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="7780"/>
-        <w:gridCol w:w="4600"/>
+        <w:gridCol w:w="5823"/>
+        <w:gridCol w:w="3815"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5846" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:bookmarkEnd w:id="170"/>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...1 lines deleted...]
-                <w:i w:val="false"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3822" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
-              <w:jc w:val="center"/>
+              <w:ind w:left="817"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение 4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
-            </w:r>
-[...47 lines deleted...]
-              <w:t xml:space="preserve">4-қосымша </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p>
-[...4 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="00766EF3" w:rsidRDefault="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> (алғашқы ресми жарияланған күнінен кейін күнтізбелік он күн өткен соң қолданысқа енгізіледі) бұйрығымен.</w:t>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00766EF3">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Сноска. Приложение 4 с изменением, внесенным приказом Министра образования и науки РК от 17.07.2020 № 306 (вводится в действие со дня его первого официального опубликования).</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...4 lines deleted...]
-          <w:insideV w:val="none"/>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="562"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="9664"/>
+        <w:gridCol w:w="436"/>
+        <w:gridCol w:w="2432"/>
+        <w:gridCol w:w="3067"/>
+        <w:gridCol w:w="3541"/>
+        <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
-            <w:gridSpan w:val="3"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-"Мектепке дейінгі ұйымдарға құжаттарды қабылдау және балаларды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Стандарт государственной услуги "Прием документов и зачисление детей в дошкольные организации" </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Көрсетілетін қызметті берушінің атауы </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Наименование услугодателя </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мектепке дейінгі ұйымдардың барлық түрлері (бұдан әрі – көрсетілетін қызметті беруші)</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Дошкольные организации всех видов (далее –услугодатель)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызметті ұсыну тәсілдері </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Способы предоставления государственной услуги </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызметті көрсету үшін құжаттарды қабылдау және беру көрсетілетін қызметті берушінің кеңсесі, "электрондық үкімет" веб-порталы (бұдан әрі - портал) арқылы жүзеге асырылады.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием и выдача документов для оказания государственной услуги осуществляются через канцелярию услугодателя, веб-портал "электронного правительства" (далее – портал).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызметті көрсету мерзімі </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сроки оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...34 lines deleted...]
-3) қызмет көрсетудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30 минут</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету нысаны </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Форма оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Электронды және (немесе) қағаз түрінде.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электронная и (или) бумажная</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-5</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету нәтижесі</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Результат оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мектепке дейінгі ұйым мен баланың ата-анасының бірі немесе заңды өкілі араcында жасалған келісім шарт негізінде баланы мектепке дейінгі ұйымға қабылдау немесе мемлекеттік қызмет көрсетуден бас тарту туралы дәлелді жауап.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Зачисление ребенка в дошкольную организацию на основании заключенного договора между дошкольной организацией и одним из родителей или законным представителем ребенка либо мотивированный ответ об отказе в оказании государственной услуги.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-6</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Размер оплаты, взимаемой с услугополучателя при оказании государственной услуги, и способы ее взимания в случаях, предусмотренных законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Государственная услуга физическ</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет жеке тұлғаларға тегін көрсетіледі.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>им лицам оказывается бесплатно</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-7</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Жұмыс кестесі </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>График работы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="171" w:name="z216"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1) услугодателя: с понедельника по пятницу, за исключением праздничных дней, согласно трудовому законодательству Республики Казахстан в соответствии с установленным графиком работы услугодателя с 9:00 часов до 18:00 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Прием заявлений и выдача результатов оказания государственной услуги осуществляется с 09:00 часов до 17:30 часов с перерывом на обед с 13:00 часов до 14:00 часов.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) көрсетілетін қызметті берушінің: Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерін қоспағанда, дүйсенбі мен жұма аралығында көрсетілетін қызметті берушінің белгілеген жұмыс кестесіне сәйкес сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 18.00-ге дейін. </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Государственная услуга оказывается в порядке очереди без предварительной записи и ускоренного обслуживания;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">портала: круглосуточно, за исключением технических перерывов, связанных с проведением ремонтных работ (при обращении услугополучателя после окончания рабочего времени, в выходные и праздничные дни согласно трудовому законодательству Республики Казахстан прием заявлений и выдача результатов оказания государственной </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>услуги осуществляются следующим рабочим днем).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Адреса мест оказания государственной услуги размещены:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Өтініштерді қабылдау және мемлекеттік қызмет көрсету нәтижелерін беру сағат 13.00-ден 14.00-ге дейінгі түскі үзіліспен сағат 09.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">на интернет-ресурсе Министерства: </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) на портале: </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
-              <w:br/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>egov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2) порталдың: жөндеу жұмыстарын жүргізуге байланысты техникалық үзілістерді қоспағанда, тәулік бойы (көрсетілетін қызметті алушы жұмыс уақыты аяқталғанда жүгінгенде, Қазақстан Республикасында еңбек заңына сәйкес демалыс және мереке күндерін қоспағанда, өтініштерді қабылдау және мемлекеттік қызметті көрсету нәтижелері келесі жұмыс күнінде беріледі).</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="171"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-8</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Перечень документов, необходимых для</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>оказания государственной услуги</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
-              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-көрсетілетін қызметті берушіге:</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">К </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>услугодателю:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>направление на зачисление (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) қабылдауға арналған жолдама (берілген күннен бастап 5 (бес) жұмыс күні ішінде жарамды);</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-2) ата-анасының немесе заңды өкілдерінің бірінің жеке басын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>паспорт здоровья ребенка по форме, предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года № 469 (зарегистрирован в Государственном реестре нормативных правовых актов за № 2423);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5) </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья ребенка;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6) заключение психолого-медико-педагогической консультации</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-3) баланың тууын куәландыратын құжат (сәйкестендіру үшін);</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>(для</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>детей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>с</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>особыми образовательными потребностями).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>На портал:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-4) Қазақстан Республикасы Денсаулық сақтау министрінің 2003 жылғы 24 маусымдағы № 469 </w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>направление на зачисление в дошкольную организацию (действительно в течение пяти рабочих дней со дня выдачи);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t>бұйрығымен</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документ, удостоверяющий личность одного из родителей или законного представителя (для идентификации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>3)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...5 lines deleted...]
-              <w:t xml:space="preserve"> (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 2423 болып тіркелген) бекітілген "Бала денсаулығы паспорты" 026/у-3 есеп нысанын толтыру және жүргізу жөніндегі Нұсқаулықта қарастырылған нысан бойынша баланың денсаулық паспорты;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>документ, свидетельствующий о рождении ребенка (для идентификации);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>4)</w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>паспорт здоровья ребенка по форме, предусмотренной Инструкцией по заполнению и ведению учетной формы 026/у-3 "Паспорт здоровья ребенка", утвержденной приказом Министра здравоохранения Республики Казахстан от 24 июня 2003 года №</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>469 (зарегистрирован в Государственном реестре нормативных правовых актов за № 2423) (электронная копия);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>5)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...8 lines deleted...]
-            <w:r>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>справка о состоянии здоровья ребенка (электронная копия);</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...10 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>6) заключение психолого-медико-педагогической консультации (для детей с особыми образовательными потребностями) (сканированная копия, при наличии).</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...126 lines deleted...]
-Тиісті мемлекеттік органдар шектеу іс-шараларын жүзеге асырған, төтенше жағдай енгізілген, белгілі бір аумақта әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар туындаған жағдайларда, осы аумақта көрсетілетін қызметті алушылар шектеу іс-шараларын алып тастауға, төтенше жағдайдың қолданысын тоқтатуға қарай осы тармақтың бірінші абзацының 4), 5) және 6) тармақшаларында және екінші абзацының 4), 5) және 6) тармақшаларында көрсетілген құжаттарды тікелей білім беру ұйымдарына ұсынады.</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>В случаях осуществления ограничительных мероприятий соответствующими государственными органами, введения чрезвычайного положения, возникновения чрезвычайных ситуаций социального, природного и техногенного характера на определенной территории, услугополучатели на данной территории предоставляют непосредственно в организации образования документы, перечисленные в подпункте 4), 5) и 6) абзаца первого и подпункте 4), 5) и 6) абзаца второго настоящего пункта по мере снятия ограничительных мероприятий, прекращения действия чрезвычайного положения.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-9</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызметті көрсетуден бас тарту үшін негіздер </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Основания для отказа в оказании государственной услуги, установленные законодательством Республики Казахстан</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="172" w:name="z233"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>1)</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-1) мемлекеттік көрсетілетін қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) олардағы деректердің (мәліметтердің) дұрыс еместігінің анықталуы;</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>установление недостоверности документов, представленных услугополучателем для получения государственной услуги, и (или) данных (сведений), содержащихся в них;</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>2)</w:t>
             </w:r>
             <w:r>
-              <w:br/>
-[...10 lines deleted...]
-2) көрсетілетін қызметті алушының және (немесе) мемлекеттік қызметті көрсету үшін қажетті ұсынылған материалдардың, объектілердің, деректер мен мәліметтердің Қазақстан Республикасының нормативтік құқықтық актілерінде белгіленген талаптарға сәйкес келмеуі.</w:t>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>несоответствие услугополучателя и (или) представленных материалов, объектов, данных и сведений, необходимых для оказания государственной услуги, требованиям, установленным нормативными правовыми актами Республики Казахстан.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="172"/>
       </w:tr>
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidTr="00766EF3">
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="562" w:type="dxa"/>
+            <w:tcW w:w="438" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-10</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2074" w:type="dxa"/>
+            <w:tcW w:w="2439" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...8 lines deleted...]
-Мемлекеттік қызмет, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып, қойылатын өзге де талаптар </w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Иные требования с учетом особенностей оказания государственной услуги, в том числе оказываемой в электронной форме и через </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Государственную корпорацию</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9664" w:type="dxa"/>
+            <w:tcW w:w="6676" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:color="cfcfcf" w:sz="5"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:color="cfcfcf" w:sz="5"/>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
+            <w:bookmarkStart w:id="173" w:name="z234"/>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Максимально допустимое время ожидания до момента приема документов – 15 минут.</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...6 lines deleted...]
-Құжаттарды тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 15 минут.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Максимально допустимое время обслуживания – 15 минут.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Услугополучатель получает информацию о порядке и статусе оказания государственной услуги в режиме удаленного доступа посредством "личного кабинета" портала, интернет-ресурса услугодателя, справочных служб по </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>вопросам оказания государственной услуги, а также Единого контакт-центра.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Контактные телефоны справочных служб по вопросам оказания государственной услуги указаны на интернет-ресурсе Министерства </w:t>
             </w:r>
             <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>www</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>edu</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>gov</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>kz</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> в разделе "Государственные услуги". </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...62 lines deleted...]
-8-800-080-7777.</w:t>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Телефоны Единого контакт-центра по вопросам оказания государственных услуг: 1414, 8 800 080 7777.</w:t>
             </w:r>
           </w:p>
         </w:tc>
+        <w:bookmarkEnd w:id="173"/>
       </w:tr>
-    </w:tbl>
-[...17 lines deleted...]
-      <w:tr>
+      <w:tr w:rsidR="005D28DA" w:rsidRPr="00E9596A" w:rsidTr="00766EF3">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:tblBorders>
+        </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="30" w:hRule="atLeast"/>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7780" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="5963" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman"/>
-[...4 lines deleted...]
-              </w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4600" w:type="dxa"/>
-            <w:tcBorders/>
+            <w:tcW w:w="3555" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p>
+          <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3">
             <w:pPr>
               <w:spacing w:after="0"/>
-              <w:ind w:left="0"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+          </w:p>
+          <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Приложение к приказу</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Министра образования и науки</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-            <w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>Республики Казахстан</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
               <w:br/>
             </w:r>
-            <w:r>
-[...20 lines deleted...]
-              <w:t>қосымша</w:t>
+            <w:r w:rsidRPr="002D2A65">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="ru-RU"/>
+              </w:rPr>
+              <w:t>от 19 июня 2020 года № 254</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:bookmarkStart w:name="z59" w:id="52"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman"/>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
           <w:b/>
-          <w:i w:val="false"/>
-[...132 lines deleted...]
-      <w:r>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="174" w:name="z239"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00766EF3">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Перечень, утративших силу, некоторых приказов Министра образования и науки Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="175" w:name="z240"/>
+      <w:bookmarkEnd w:id="174"/>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1. Приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения (зарегистрирован в Министерстве юстиции Республики Казахстан 8 мая 2015 года № 10981, опубликован в Информационно-правовой системе "Әділет" 18 мая 2015 года, газете "Казахстанская правда" 23 июля 2015 года № 138 (28014)).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="176" w:name="z241"/>
+      <w:bookmarkEnd w:id="175"/>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>2. Приказ Министра образования и науки Республики Казахстан от 21 января 2016 года № 58 "О внесении изменения в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 25 февраля 2016 года № 13255, опубликован в Информационно-правовой системе "Әділет" 10 марта 2016 года).</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="177" w:name="z242"/>
+      <w:bookmarkEnd w:id="176"/>
+    </w:p>
+    <w:p w:rsidR="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>3. Приказ Министра образования и науки Республики Казахстан от 11 октября 2017 года № 518 "О внесении изменений в приказ Министра образования и науки Республики Казахстан от 7 апреля 2015 года № 172 "Об утверждении стандартов государственных услуг, оказываемых местными исполнительными органами в сфере дошкольного воспитания и обучения" (зарегистрирован в Министерстве юстиции Республики Казахстан 3 ноября 2017 года № 15966, опубликован в Эталонном контрольном банке НПА РК в электронном виде 15 ноября 2017 года).</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="177"/>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="00766EF3" w:rsidRDefault="00766EF3" w:rsidP="00766EF3">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
         <w:br/>
       </w:r>
-      <w:r>
-[...14 lines deleted...]
-    <w:p>
+    </w:p>
+    <w:p w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidRDefault="00766EF3">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
-      </w:pPr>
-[...12 lines deleted...]
-    <w:sectPr>
+        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002D2A65">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>© 2012. РГП на ПХВ «Институт законодательства и правовой информации Республики Казахстан» Министерства юстиции Республики Казахстан</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="005D28DA" w:rsidRPr="002D2A65" w:rsidSect="00B84FAA">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
-      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080"/>
+      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
+</file>
+
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:zoom w:percent="34"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="005D28DA"/>
+    <w:rsid w:val="000051C0"/>
+    <w:rsid w:val="002D2A65"/>
+    <w:rsid w:val="00585E14"/>
+    <w:rsid w:val="005D28DA"/>
+    <w:rsid w:val="006D1527"/>
+    <w:rsid w:val="007331AE"/>
+    <w:rsid w:val="00756EEC"/>
+    <w:rsid w:val="00766EF3"/>
+    <w:rsid w:val="007C3189"/>
+    <w:rsid w:val="00842DE9"/>
+    <w:rsid w:val="008A52CB"/>
+    <w:rsid w:val="00A06387"/>
+    <w:rsid w:val="00AA4865"/>
+    <w:rsid w:val="00AB3451"/>
+    <w:rsid w:val="00B84FAA"/>
+    <w:rsid w:val="00E9596A"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="ru-RU"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val="."/>
+  <w:listSeparator w:val=","/>
+  <w15:docId w15:val="{6F9E06A2-05FD-4088-95A8-4046B2830080}"/>
+</w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:ns9="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:ns12="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:dsp="http://schemas.microsoft.com/office/drawing/2008/diagram" xmlns:ns17="urn:schemas-microsoft-com:office:excel" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:ns21="urn:schemas-microsoft-com:office:powerpoint" xmlns:ns23="http://schemas.microsoft.com/office/2006/coverPageProps" xmlns:odx="http://opendope.org/xpaths" xmlns:odc="http://opendope.org/conditions" xmlns:odq="http://opendope.org/questions" xmlns:oda="http://opendope.org/answers" xmlns:odi="http://opendope.org/components" xmlns:odgm="http://opendope.org/SmartArt/DataHierarchy" xmlns:ns30="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns:ns31="http://schemas.openxmlformats.org/drawingml/2006/compatibility" xmlns:ns32="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="false" w:defUIPriority="99" w:defSemiHidden="true" w:defUnhideWhenUsed="true" w:defQFormat="false" w:count="267">
-[...9 lines deleted...]
-    <w:lsdException w:name="Table Grid" w:uiPriority="59" w:semiHidden="false" w:unhideWhenUsed="false"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:styleId="Normal" w:default="true">
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
-    <w:basedOn w:val="DocDefaults"/>
     <w:qFormat/>
     <w:rsid w:val="004A3277"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading1Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="10"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="480"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading2Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="20"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading3Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="30"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
-[...1 lines deleted...]
-    <w:link w:val="Heading4Char"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="40"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00841CD9"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="true">
+  <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
-[...183 lines deleted...]
-  <w:style w:type="table" w:styleId="TableNormal" w:default="true">
+  <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
-[...2 lines deleted...]
-    </w:rPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a3">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a4">
+    <w:name w:val="Верхний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a3"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Заголовок 1 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="20">
+    <w:name w:val="Заголовок 2 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="30">
+    <w:name w:val="Заголовок 3 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="40">
+    <w:name w:val="Заголовок 4 Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Normal Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:uiPriority w:val="11"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:numPr>
+        <w:ilvl w:val="1"/>
+      </w:numPr>
+      <w:ind w:left="86"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a6"/>
+    <w:uiPriority w:val="11"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:link w:val="a9"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="00841CD9"/>
+    <w:pPr>
+      <w:pBdr>
+        <w:bottom w:val="single" w:sz="8" w:space="4" w:color="5B9BD5" w:themeColor="accent1"/>
+      </w:pBdr>
+      <w:spacing w:after="300"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
+    <w:name w:val="Заголовок Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a8"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="00841CD9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Emphasis"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="20"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D1197D"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ab">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="a0"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="ac">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="59"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="007109C0"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
-    <w:rPr>
-[...1 lines deleted...]
-    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="disclaimer">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocDefaults">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008A52CB"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
     </w:pPr>
-    <w:rPr>
-[...4 lines deleted...]
-    </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId1"/><Relationship Target="numbering.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Id="rId2"/><Relationship Target="media/document_image_rId3.png" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Id="rId3"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex">
+  <w:relyOnVML/>
+  <w:allowPNG/>
+</w:webSettings>
+</file>
+
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /></Relationships>
+</file>
+
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
+  <a:themeElements>
+    <a:clrScheme name="Стандартная">
+      <a:dk1>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:dk1>
+      <a:lt1>
+        <a:sysClr val="window" lastClr="FFFFFF"/>
+      </a:lt1>
+      <a:dk2>
+        <a:srgbClr val="44546A"/>
+      </a:dk2>
+      <a:lt2>
+        <a:srgbClr val="E7E6E6"/>
+      </a:lt2>
+      <a:accent1>
+        <a:srgbClr val="5B9BD5"/>
+      </a:accent1>
+      <a:accent2>
+        <a:srgbClr val="ED7D31"/>
+      </a:accent2>
+      <a:accent3>
+        <a:srgbClr val="A5A5A5"/>
+      </a:accent3>
+      <a:accent4>
+        <a:srgbClr val="FFC000"/>
+      </a:accent4>
+      <a:accent5>
+        <a:srgbClr val="4472C4"/>
+      </a:accent5>
+      <a:accent6>
+        <a:srgbClr val="70AD47"/>
+      </a:accent6>
+      <a:hlink>
+        <a:srgbClr val="0563C1"/>
+      </a:hlink>
+      <a:folHlink>
+        <a:srgbClr val="954F72"/>
+      </a:folHlink>
+    </a:clrScheme>
+    <a:fontScheme name="Стандартная">
+      <a:majorFont>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Times New Roman"/>
+        <a:font script="Hebr" typeface="Times New Roman"/>
+        <a:font script="Thai" typeface="Angsana New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="MoolBoran"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Times New Roman"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:majorFont>
+      <a:minorFont>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:ea typeface=""/>
+        <a:cs typeface=""/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Hang" typeface="맑은 고딕"/>
+        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hant" typeface="新細明體"/>
+        <a:font script="Arab" typeface="Arial"/>
+        <a:font script="Hebr" typeface="Arial"/>
+        <a:font script="Thai" typeface="Cordia New"/>
+        <a:font script="Ethi" typeface="Nyala"/>
+        <a:font script="Beng" typeface="Vrinda"/>
+        <a:font script="Gujr" typeface="Shruti"/>
+        <a:font script="Khmr" typeface="DaunPenh"/>
+        <a:font script="Knda" typeface="Tunga"/>
+        <a:font script="Guru" typeface="Raavi"/>
+        <a:font script="Cans" typeface="Euphemia"/>
+        <a:font script="Cher" typeface="Plantagenet Cherokee"/>
+        <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
+        <a:font script="Tibt" typeface="Microsoft Himalaya"/>
+        <a:font script="Thaa" typeface="MV Boli"/>
+        <a:font script="Deva" typeface="Mangal"/>
+        <a:font script="Telu" typeface="Gautami"/>
+        <a:font script="Taml" typeface="Latha"/>
+        <a:font script="Syrc" typeface="Estrangelo Edessa"/>
+        <a:font script="Orya" typeface="Kalinga"/>
+        <a:font script="Mlym" typeface="Kartika"/>
+        <a:font script="Laoo" typeface="DokChampa"/>
+        <a:font script="Sinh" typeface="Iskoola Pota"/>
+        <a:font script="Mong" typeface="Mongolian Baiti"/>
+        <a:font script="Viet" typeface="Arial"/>
+        <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
+      </a:minorFont>
+    </a:fontScheme>
+    <a:fmtScheme name="Стандартная">
+      <a:fillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:fillStyleLst>
+      <a:lnStyleLst>
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+      </a:lnStyleLst>
+      <a:effectStyleLst>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst>
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+              <a:srgbClr val="000000">
+                <a:alpha val="63000"/>
+              </a:srgbClr>
+            </a:outerShdw>
+          </a:effectLst>
+        </a:effectStyle>
+      </a:effectStyleLst>
+      <a:bgFillStyleLst>
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="50000">
+              <a:schemeClr val="phClr">
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:lin ang="5400000" scaled="0"/>
+        </a:gradFill>
+      </a:bgFillStyleLst>
+    </a:fmtScheme>
+  </a:themeElements>
+  <a:objectDefaults/>
+  <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
+</a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<properties:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:properties="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties"/>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal</Template>
+  <TotalTime></TotalTime>
+  <Pages>20</Pages>
+  <Words>7111</Words>
+  <Characters>40537</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>337</Lines>
+  <Paragraphs>95</Paragraphs>
+  <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Название</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
+  <Company/>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>47553</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HyperlinksChanged>false</HyperlinksChanged>
+  <AppVersion></AppVersion>
+</Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dc="http://purl.org/dc/elements/1.1/"/>
+<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <cp:revision></cp:revision>
+  <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
+  <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
+</cp:coreProperties>
 </file>