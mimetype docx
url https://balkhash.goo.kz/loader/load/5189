--- v0 (2025-12-06)
+++ v1 (2025-12-06)
@@ -1,8053 +1,5632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00D2203B" w:rsidRPr="00663370" w:rsidRDefault="00D2203B" w:rsidP="00D2203B">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="0047404D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
-      <w:r w:rsidRPr="00663370">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020-2021 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылында</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>о</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>процесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic" w:cs="Century Gothic"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>йымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">Цель </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00D2203B" w:rsidRPr="00663370">
+        <w:t>Педагогикалық кеңестің мақсаты:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> коронавирустық инфекцияның таралуына жол бермеуге байланысты карантиндік шаралар жағдайында жаңа 2020-2021 оқу жылында оқыту ерекшеліктері бар педагогт</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> хабардар ету</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаңа 2020-2021 оқу жылына дайындық аясында өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...33 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өткізу форматы:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қашықтан. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...41 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қатысушылар:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> әкімшілік, педагогтер.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагогикалық кеңестің күн тәртібіндегі мәселелер: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) Жаңа оқу жылындағы оқу форматтары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) оқытудың штаттық режимінде санитарлық талаптарды сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>3) 11-4 кезекші сыныптардың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00255218" w:rsidRPr="00663370">
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс режимі және жұмыс істеу қағидалары;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>4) қашықтан оқыту: мұғалімнің жұмыс орны және ережелер;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>) техникалық дайындық және жұмыс орны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">б) қашықтан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақты әзірлеу алгоритмі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>в) педагог имиджі және этикетті сақтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) мектепте қашықтан оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пайдаланатын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нтернет-платформасымен танысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) жаңа оқу жылында білім алушыларды бағалау ерекшеліктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7) баланы </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз бетінше</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс істеуге және оқуға қалай ынталандыру керек?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Формат</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Қашық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тан оқыту</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00640EE3" w:rsidRPr="00663370">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00640EE3" w:rsidRPr="00663370">
-[...30 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу процесі мектепалды даярлық топтарда 1-11 (12) сыныптарда қашықтан ұйымдастырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу процесін қашықтан ұйымдастыру үшін мектеп интернет-платформаны таңдайды. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп директоры мектеп қандай білім беру интернет-платформасын таңдағанын айтады. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> СДОТ программасы бойынша түсіндіру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Демонстрацияны қамтиды, интернет-платформаның мүмкіндіктерін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Мектеп директоры мектеп таңдаған платформаның функционалдық ерекшеліктерін түсіндіреді (оқу тапсырмаларын қалай құру керек, интернет-платформаның мүмкіндіктерін пайдалана отырып </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЖБ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырмаларын қалай құру керек, ата-аналарға арналған функционал, оқушыларға арналған функционал және т. б.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтан оқыту процесі санитарлық-эпидемиологиялық ережелер мен нормалардың (бұдан әрі-Санитарлық нормалар) талаптарын және оқу уақытын ұтымды пайдалануды ескере отырып, синхронды және асинхронды форматта да өтуі мүмкін. Бұл жағдайда сабақтар екі форматты біріктірумен немесе тек асинхронды форматта өткізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Синхронды форматта оқыту интернет-платформалардың мүмкіндіктерін пайдалана отырып, мұғалімнің нақты уақыт режимінде білім алушылармен тікелей байланысын (стриминг) көздейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Сабақтың бір бөлігі (30-80%) стремингке шығу үшін пайдаланылады, қалған сабақ асинхронды форматта өткізілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақтың асинхронды форматы - бұл интернет-платформалардың мүмкіндіктері арқылы мұғалімнің білім алушылармен өзара әрекеттесуі, оның ішінде өз бетінше оқуға арналған мазмұн және мұғалімнің кері байланысы бар оқу тапсырмалары.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="0033428C" w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақты ұйымдастыру бойынша мұғалімдерге арналған ұсыныстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімдер сабақтарды ұзақ мерзімді және қысқа мерзімді жоспарлауға сәйкес сабақтар/оқу сабақтарын өткізеді. Бағалау, Кеңейтілген түсініктеме электронды / қағаз журналдарда жүргізіледі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Синхронды форматтағы сабақтарға ұсыныстар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1) Оқу процесін оқытудың асинхронды форматымен үйлестіре отырып, синхронды форматта оқыту үшін тікелей трансляция үшін санитарлық нормаларға сәйкес сәйкес 10-нан 30 минутқа дейін сабақ бөлуге болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) Мұғалім білім алушыларды стриминг режимінде сабаққа алдын ала дайындап, оларға іс-әрекет алгоритмі бар жадынама ұсынуы қажет. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) Сабақтың қысқа мерзімді жоспарын әзірлеу және іске асыру кезінде педагог оқу мақсатына байланысты сабақтың синхронды және асинхронды бөлігі үшін мазмұны мен уақытын ұтымды бөлуі қажет. Техникалық проблемалар туындаған және тікелей эфирге шығу мүмкін болмаған жағдайда мұғалім сабақты асинхронды форматқа ауыстырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) сабақтың құрылымы синхронды форматта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- өткен материалды қысқаша қорытындылау, қажеттілігі бойынша жаңа тақырыптың негізгі ережелерін, логикалық байланысты және жаңа материалды түсіндіру үшін қажетті баяндау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- жаңа материалды үйрену үшін қажет болуы мүмкін білім мен дағдыларға оқушылардың назарын аудару;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- жоспар бойынша жаңа материалды баяндау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- материалды бекітуге арналған ұсыныс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5) сабақтың мазмұны келесі талаптарға сай болуы керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- оқу бағдарламасының мақсаттары мен міндеттерін, ақпарат пен интернет-платформалар контентінің жаңалығын ескере отырып, материалды мұқият іріктеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- ақпараттың нақты құрылымы: реттеу, жүйелеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- негізгі дидактикалық принциптерді есепке алу: ғылыми, көрнекілік, қол жетімділік, сана, теорияның практикамен байланысы, циклдік, ғылыми-көпшілік баяндау, оқу материалының оқылуы/эстетикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- әр түрлі ақпараттық оқыту материалдарын қолдану: Мәтіндік, презентациялар, графикалық, медиа, суреттер, кестелер, инфографика және басқалар.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>6) оқу тапсырмалары ұсынылатын көлемнен аспайды, орындау алгоритмімен және электрондық білім беру материалына қажетті сілтемелермен сүйемелденеді (IV бөлім).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>7) мұғалім кері байланысты белгіленген тәртіппен электрондық журналдардың мүмкіндіктері арқылы, электрондық журналдар болмаған жағдайда – мұғалімнің қалауы бойынша байланыстың қолжетімді түрлері арқылы береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>8) мұғалім сабақтың жазбасын сақтайды және білім алушыларға кез келген уақытта материалдарға қол жеткізуге мүмкіндік береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>9) стримингке шығу мүмкіндігі болмаған жағдайда педагог сабақтарды тек асинхронды форматта өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Асинхронды форматтағы сабақтарға арналған ұсыныстар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1) асинхронды форматтағы сабақ интернет-платформалардың мүмкіндіктері арқылы мұғалімнің білім алушылармен өзара іс-қимылы кезінде іске асырылады. Сабаққа арналған оқу тапсырмаларын мұғалім интернет-платформалардың мазмұны мен мүмкіндіктерін ескере отырып әзірлейді. Оларға электронды оқулықтар, бейнематериалдар, дағдыларды дамытуға арналған тренажерлер, білімді бақылауға арналған ресурстар және тағы басқалар кіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>2) сабақты асинхронды форматта дайындау кезінде педагог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- сабақтың түрін, мақсатын анықтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- сабақтың мақсатына сәйкес оқу материалын дайындайды (электронды оқулықтар, бейнематериалдар, ТВ-сабақтар, презентациялар және т. б.)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушыларға өз бетінше оқу үшін оқу материалын ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушыларға кез-келген уақытта электронды платформада орналастырылған немесе мұғалім өз бетінше жазған телесабақтарды немесе бейне оқулықтарды көруге мүмкіндік береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-интернет-платформаларда орналастырылған сандық білім беру ресурстарын ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- оқу тапсырмаларын сабақтың мақсатына сәйкес ұсынылатын көлем </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, орындау тәртібі мен уақыт шығындарын көрсете отырып, сондай-ақ білім алушылардың жеке мүмкіндіктері мен ерекше қажеттіліктерін ескере отырып әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- электрондық платформалар немесе электрондық пошта мүмкіндіктері арқылы қажетті сілтемелер бере отырып, жаңа сабақтың тақырыбын, мақсатын егжей-тегжейлі сипаттай отырып, білім алушыларға оқу тапсырмасын жібереді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- орындалған жұмыстарды қабылдайды, білім алушыларға белгіленген тәртіппен электрондық журналдардың мүмкіндіктері арқылы, электрондық журналдар болмаған жағдайда – мұғалімнің қалауы бойынша байланыстың қолжетімді түрлері арқылы кері байланысты (түсініктемелер, ұсынымдар) талдайды және ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- білім алушылар үшін, оның ішінде ерекше білім беру қажеттіліктері бар балалар үшін қажет болған жағдайда жеке консультациялар өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve"> повестк</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="0033428C" w:rsidRPr="00663370">
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>и</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+        <w:t xml:space="preserve">Педагог қашықтан </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өткізетін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақты ұйымдастыру кезінде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>1-қадам. Жұмыс орнының техникалық дайындығы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- дербес компьютердің, ноутбуктің болуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>- (3G немесе 4G / LTE) сымды немесе сымсыз (кең жолақты)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00197788" w:rsidRPr="00663370">
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>интернетке қосылу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- динамик пен микрофонның болуы-кіріктірілген немесе USB немесе сымсыз Bluetooth;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>- жұмыс атмосферасын құру, сабақ өткізу кезінде бөлмеде тыныштықты сақтау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- веб-камераның көру өрісін тексеру (шолуда артық ештеңе жоқ екеніне көз жеткізіңіз: отбасы мүшелері, шашыраңқы заттар және т. б.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- веб-камераның немесе HD-веб – камераның болуы-Интернет желісіне қосылған iOS немесе Android-де бейне түсіру/ мобильді құрылғы (смартфон немесе планшет) картасы бар кіріктірілген немесе USB/ HD камерасы немесе HD-бейнекамерасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 қадам. Мұғалімнің имиджі және этикетті сақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімі сырт келбеті ұқыпты болуы керек, киімнің классикалық қатаң нұсқасына артықшылық беру керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сөйлеу мен дикцияны алдын-ала пысықталуы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалім аудиторияны өзіне орналастыра отырып, виртуалды ортада қолайлы психологиялық ахуал туғызуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр түрлі мультимедиялық технологиялар арқылы оқу процесінде қатысушылардың бір-бірімен интерактивті өзара әрекеттесуі кезінде мұғалім мыналарды ескеруі керек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- сөйлеу тілдік нормаларға сәйкес болуы тиіс. Дұрыс, анық және түсінікті сөйлеуге тырысыңыз, ойыңызды нақты тұжырымдаңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мәтінді жаттау ұсынылмайды! Мұғалім пән бойынша нақты материалды жақсы білуі керек. Экранда (слайдта) мәтіннің ең маңызды ойларын визуализациялау керек, жаңа материалды түсіндіру үшін инфографиканы, иллюстрацияларды қолданыңыз. Егер бейне бес минутқа созылса, онда ол туралы ақпарат кем дегенде он бес минут болуы керек.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- қолдарыңыз Сіздің сөйлеуіңізді интонациялаудың қосымша құралы болып табылады. Қолмен қимылдау сөйлеумен синхронды түрде жүргізілуі тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-Энергия. Өте жігерлі болуға тырысыңыз, сөйлеуде әдеттегі әңгімеге қарағанда көбірек интонациялық құралдарды қолданыңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- Көзқарас. Виртуалды ортада экран алдында оқушыға назар аударуды үйреніңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Виртуалды сыныпта оқушы болмаған жағдайда мұғалім оның болмау себептерін анықтауға тырысады, бекітеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...467 lines deleted...]
-        <w:ind w:firstLine="709"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтан өткізетін сабақты әзірлеу алгоритмі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқушылардың жас ерекшеліктерін ескере отырып, жалпы орта білім берудің типтік оқу бағдарламаларына сәйкес қашықтан сабақтың тақырыбын анықтаңыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.Қашықтан сабақтың түрі анықталады (жаңа тақырыпты оқу, жаңа материалды зерттеуді жалғастыру, қайталау, өзіндік жұмысты жүргізу, рефлексия </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>және кері байланыс, онлайн - тестілеу, виртуалды зертханалық жұмыстар және т. б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2. Сабақтарды келесі құрылым мен мазмұн бойынша әзірлеу ұсынылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2.1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Пән, сынып</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.2. Бөлім тақырыбы, Сабақ тақырыбы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.3. Сабақтың мақсаттары (оқу бағдарламасының ұзақ мерзімді жоспарына сәйкес оқыту мақсаттарынан қалыптасады) оқушыға бағытталған: (сабаққа арналған мақсаттардың саны 1-2-ден аспауы керек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Сабақтың кезеңдері сабақ түрлері мен қолданылатын оқыту әдістеріне сәйкес құрылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақты әзірлеуде қолданылатын әдістер: Зерттеу тәсілі, тілді оқытудың коммуникативтік тәсілі, функционалдық сауаттылықты дамыту әдісі, проблемалық оқыту әдістері, жобалық әдіс, белсенді және интерактивті оқыту әдістері, сыни ойлауды дамыту әдісі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушының оқу күнін ұйымдастыру бойынша ұсыныстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) білім алушылар сабақ кестесін синхронды және асинхронды форматта сақтайды және өздерінің оқу күнін жоспарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) белгіленген кестеге сәйкес пәндер бойынша материалдарды зерделейді және оқу тапсырмаларын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) жауаптарды интернет - платформалардың, электрондық журналдардың мүмкіндіктері арқылы тіркейді немесе электрондық пошта арқылы жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) мұғалімнің тапсырмалары бойынша түсініктемелерін зерделейді және оның ұсыныстарын орындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) сынып жетекшісімен байланыста болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) мұғалімдермен кез-келген қол жетімді режимде жұмыс істейді, қажет болған жағдайда мұғалімге туындаған сұрақтарды мұғалімге жолдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) компьютерлік жабдықтың үздіксіз жұмыс істеу ұзақтығына қатысты санитарлық нормаларды сақтайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="0047404D">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...159 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Кезекші сыныптарда» оқытуды ұйымдастыру (1-4 сынып):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық мектепті қашықтан оқыту кезінде бастауыш 1-4 сынып оқушылары үшін ата-аналарының немесе балалардың заңды өкілдерінің өтініші бойынша сыныпта 15 балаға дейінгі контингенті бар «кезекші сыныптар» ұйымдастырылады. Оқушыларды кезекші сыныпқа қабылдау ата-аналардың немесе заңды өкілдердің өтініштері бойынша жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Кезекші сыныптарда» оқуға созылмалы аурулары жоқ балалар жіберіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Балаларды оқытуға арналған өтініштер ата-аналардан қол жетімді байланыс құралдары арқылы 2020 жылғы 15-24 тамыз аралығында электронды түрде қабылданады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Кезекші сыныптарға» қабылдау жалпы білім беретін мектеп директорының бұйрығы негізінде  2020 жылғы 25 тамызда жүзеге асырылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>25-27 тамыз аралығында «кезекші сыныптар» құрылады, әр сыныпқа бір мұғалім бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу тоқсаны ішінде балаларды «кезекші сыныптар» қабылдау бос орындар болған жағдайда жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналар коронавирустық инфекцияны жұқтыру қаупін болдырмау үшін барлық қажетті шараларды қамтамасыз етеді (маскалар, қолғаптар, қолды емдеуге арналған жеке бөтелкедегі антисептик немесе дымқыл Бактерияға қарсы майлықтар.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бір сабақтың ұзақтығы - 30-40 мин. 1 сыныптарда-сатылы режим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кесте бір аптаға жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Барлық сабақтар мектептің жұмыс оқу жоспарына сәйкес өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>МЖМБС пәндер бойынша оқу бағдарламаларын 100% орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналар мен педагогтер балаларға әлеуметтік алыстау қажеттілігін түсіндіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналар оқу күні басталар алдында балаларды мектептің сыртқы есіктеріне дейін алып жүруді және оқу күні аяқталғаннан кейін балаларды мектептің сыртқы есіктерінен үйге дейін алып жүруді жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мұғалімдердің «кезекші сыныптар» режимінде жұмыс істеуге жазбаша келісімі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
           <w:i/>
-          <w:iCs/>
-[...106 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кезекші сыныптарда санитарлық талаптарды сақтау»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Топтың толымдылығы-15 баладан аспайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Студенттер мен мұғалімдердің, басқа қызметкерлердің физикалық байланыстарын азайту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Таза ауада, мектептің спорт алаңдарында дене шынықтыру сабақтарын өткізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әр түрлі сыныптар үшін әр түрлі уақытта сабақтар арасындағы өзгерістерді ұйымдастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу үстелдерін 1 метр қашықта орналастыру; білім алушыларға жеке парта мен орындық бекітіледі, білім алушы жеке оқу материалдарын (оқулықтар, дәптерлер, кеңсе заттары және т.б.) пайдаланады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әлеуметтік алыстау үшін ауысымдарды көбейту және ауыстыру, әлеуметтік алыстауды қамтамасыз ету үшін мектеп алаңдарын барынша пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылар мен педагогтердің температурасын күн сайын өлшеу, медициналық кабинеттер мен оқшаулағыштардың жұмыс істеуі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дена температурасы нормадан жоғары, аурудың белгілері бар балалар үйге оралады. Егер сыныпта бала ауырып қалса, бүкіл сынып қашықтан оқытуға ауыстырылады, мектеп оқуды штаттық режимде жалғастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Нормадан жоғары температура, ауру белгілері анықталған жағдайда педагогтер жұмысқа жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әрбір екінші сабақтан кейін сыныпта ылғалды жинау, әр үзілістен кейін, ауысымдар арасында, дәліздерде, рекреацияларда, холлдарда және басқа да үй-жайларда ылғалды жинау жүргізу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">контент для самостоятельного изучения и учебные задания к ним с последующей обратной связью учителя. </w:t>
-[...9 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t>Мектеп асханасы мен буфеттің қызметін тоқтата тұру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өңдеуге арналған дезинфекциялау құралдарының жеткілікті санымен, аяқ киімге арналған кілемшелермен, санитайзерлермен қамтамасыз ету, ажыратқыштарды, есік тұтқаларын, тұтқаларды, сүйеніштерді дезинфекциялау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Білім алушыларды, педагогтер мен басқа да қызметкерлер үшін маскалық режим сақталу керек. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...383 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 формат. 1-11 сыныптардың күндізгі форматтағы оқыту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ауыл мектептері үшін сыныпта 15 білім алушыға дейін күндізгі форматта оқытуды ұйымдастыру</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ауылдық мектептерде күндізгі форматта оқыту жергілікті атқарушы органдардың шешімі, тиісті аумақтардың бас мемлекеттік санитарлық дәрігерлерінің келісімі бойынша қатаң санитарлық қауіпсіздік шараларын сақтай отырып жүзеге асырылатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқыту мектептің барлық сыныптарында, оның ішінде мектепалды сыныптарда білім алушылардың күн сайынғы температурасын өлшеуді қамтамасыз ете отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дене қызуы нормадан жоғары, ауру белгілері бар балалар үйлеріне оралады, ауырған адамдар анықталған жағдайда барлық сыныпты қашықтықтан оқытуға көшу қамтамасыз етіледі, мектеп жұмысын жалғастырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ауылдық мектептерде күндізгі оқу форматын ұйымдастыру кезінде мынадай шараларды сақтау қажет:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) басталу және аяқталу уақытын көрсете отырып, сабақ кестесін құру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) Әлеуметтік алыстату, физикалық байланыстарды азайту үшін ауысымдарды ұлғайту және ауыстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) кабинеттік жүйені алып тастау, әр сынып белгілі бір кабинетте болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4) әр түрлі сыныптар үшін әр уақытта сабақтар арасындағы өзгерістерді ұйымдастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5) мектепке кіру кезінде медицина қызметкерінің білім алушылар мен педагогтердің температурасын күн сайын өлшеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6) маскаларды кию режимін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7) оқу үстелдерін 1 метр қашықтықта орналастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8) кабинеттерді және барлық үй-жайларды желдету, кварцтау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>9) қолды жуу және арнайы құралдарды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10) әрбір екінші сабақтан кейін сынып бөлмелерін ылғалды жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11) дәліздердегі, рекреациялардағы, холлдардағы және басқа да үй-жайлардағы ауысымдар, ауысымдар арасындағы ылғалды жинау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>12) мектеп асханасының/буфеттердің жұмысын тоқтату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13) күн сайын температураны өлшеуге, ауру белгілерін анықтауға, ауырғандар анықталған, карантин жарияланған және барлық сыныпты қашықтан оқытуға көшкен, сынып балаларының жағдайын бақылауға, кейіннен сыныпты штаттық режимге қайтара отырып, оқшаулауға арналған медициналық кабинеттер мен оқшаулағыштардың жұмыс істеуі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>9) При отсутствии возможности выхода в стриминг педагог проводит уроки только в асинхронном формате.</w:t>
-[...256 lines deleted...]
-        <w:ind w:firstLine="709"/>
+        <w:t>14) таза ауада дене шынықтыру сабақтарын ұйымдастыру немесе спорт залдарын үнемі желдету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>15) мұғалімдерге кабинеттерде жүруге, мұғалімдер бөлемсіне баруға, сыныптан тыс іс-шаралар мен ата-аналар жиналыстарын өткізуге тыйым салынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>16) мектеп заттарды, кабинеттерді, рекреацияларды, холлдарды және басқа да үй-жайлардың үстінгі беттерін өңдеу үшін жеткілікті мөлшерде дезинфекциялау құралдарымен қамтамасыз етіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17) мектептің кіреберісінде аяқ киімге арналған дезинфекциялау кілемшелері, барлық қабаттарда қолды өңдеуге арналған санитайзерлер орнатылады, термометрия қамтамасыз етіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>18) сапалы сумен жабдықтау, қолды жуу құралдарымен жуу жағдайлары қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Оқу форматына қарамастан «Балапан» арнасында қазақ тілінде және «Ел-Арна» арнасында орыс тілінде оқитын білім алушыларға дүйсенбі-жұма күндері сағат 9 - дан 18-ге дейін қосымша білім беру ресурсы-теле сабақтарды пайдалануға мүмкіндік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теле сабақтары әлеуметтік желілерде жарияланған кестеге сәйкес өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теле сабақтарының ұзақтығы 10 – нан 15 минутқа дейін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теле сабақтар ҚР Білім және ғылым министрлігінің ресми арналарында тегін қолжетімді болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың оқу жетістіктерін бағалау (2-11(12) сыныптарда оқу форматына қарамастан, толық оқу жылына)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушыларды бағалау электрондық журналдар арқылы жүргізіледі. Бұл жүйелерде ата-аналар мұғаліммен кері байланыс ала алады, сабақ кестесін көре алады, баланың қандай баға алғанын біле алады, мұғалімге сұрақтар қоя алады, әрдайым мектептегі оқиғалар мен іс-шаралардан хабардар бола алады, қосымша білім беру ресурстарына үнемі онлайн режимінде қол жеткізе алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл алаңдарда видео сабақтар, тапсырмалар, өткен материал бойынша сұрақтарға мұғалімдердің жауаптары орналастырылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Электрондық журналдар болмаған жағдайда-қағаз журналдарда.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-11 сыныптарда 2020-2021 оқу жылында коронавирустық инфекцияның таралуына жол бермеуге байланысты шектеу шараларына байланысты бағалау ережелеріне өзгерістер енгізілді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог «Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы» Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы №125 бұйрығына сәйкес бағалау көзделген пәндер бойынша бөлім/ортақ тақырып бойынша жиынтық бағалау (бұдан әрі - БЖБ) және тоқсан сайынғы жиынтық жұмыс (бұдан әрі - ТЖБ) жүргізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2020 жылғы 5-15 қазан аралығында 2-11 сыныптарда БЖБ, 2020 жылғы 28 қазаннан бастап 2-11 сыныптарда ТЖБ өткізу ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БЖБ және ТЖБ өткізілетін пәндер мектептің оқу жұмыс жоспарына сәйкес анықталады. Әдістемелік ұсынымдарда 2-11 сыныптарда БЖБ және ТЖБ өткізілетін пәндердің саны мен атауы көрсетілген кестелер ұсынылған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сыныпта бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Карантин, әлеуметтік, табиғи және техногендік сипаттағы төтенше жағдайлар жағдайында білім алушылардың оқу жетістіктері балл қою арқылы формативті бағаланады. Бұл ретте қалыптастырушы бағалау үшін 2-11 сыныптарда 1-ден 10 балға дейін балл қойылады. Кері байланыс беру үшін педагогтер электрондық журнал айдарларын қолданады. Қажет болған жағдайда бағалау ережелерін әзірлеушілерден Ы. Алтынсарин - ұлттық білім академиясының  мамандарынан nao.kz сайтындағы «сұрақ-жауап» айдарында толық ақпарат алуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қорытынды бағаны электрондық журнал форматында шығарған кезде баллдар саны мынадай арақатынаста есептеледі: ФО - 25%, 1 БЖБ – 25 %, ТЖБ – 50 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өзін-өзі тану», «Көркем еңбек», «Музыка», «Дене шынықтыру», «Кәсіпкерлік және бизнес негіздері», «Графика және жобалау» оқу пәндері бойынша жиынтық бағалау жүргізілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E84B03" w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E84B03" w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жиынтық жұмыс тапсырмаларының құрылымы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жиынтық тапсырмаларға шығармашылық тапсырмалар, практикалық жұмыстар, диктанттар, шығармалар, эсселер, шағын тесттер, зерттеу тапсырмалары, жауап нұсқалары бар тест тапсырмалары кіреді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тесттерде қысқа және егжей-тегжейлі жауаптарды қажет ететін көптеген жауаптары бар сұрақтар бар тапсырмалар бар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) көптеген жауаптары бар сұрақтарда білім алушы ұсынылған жауап нұсқаларынан дұрыс жауапты таңдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) қысқаша жауапты талап ететін сұрақтарда білім алушы жауапты сөз немесе қысқа сөйлем түрінде жазады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) толық жауапты талап ететін сұрақтарда білім алушы жауапты ұсыныс түрінде жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бөлім үшін жиынтық бағалаудың оқу тапсырмаларының саны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- 2-4 сынып оқушылары үшін - 3-4 оқу тапсырмасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 5-11 сынып оқушылары үшін-5-6 оқу тапсырмасы, т.б. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="002A5849" w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3992 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Баланы өз бетінше жұмыс істеуге және оқуға қалай ынталандыруға болады? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Баланың оқуға деген ынтасын арттырудың ең танымал себептері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...17 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білімді және жан-жақты болуға ұмтылу,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...17 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қарым-қатынас шеңберін кеңейту ниеті,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...33 lines deleted...]
-      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>өз таланттарын ашуға және көшбасшы болуға ұмтылу,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...176 lines deleted...]
-        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу «қажеттілігі» (оқушы мәртебесі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мотивацияда жеке үлгі үлкен рөл атқарады. Балалар жан-жақты ересектердің әрекеттерін қайталайды. Егер мұғалімдер, ата — аналар үнемі кітап оқып, өмір бойы оқуды жалғастырса, мәдениетке қызығушылық танытса және олардың хоббиіне уақыт бөлсе-бала да білімге ұмтылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мотивацияның екінші құрамдас бөлігі-оқу жетістіктері. Мектеп белгілері білім көрсеткіші емес. Электрондық журналдағы сандар емес, нақты білім сізді қызықтыратынын түсініңіз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алынған білімді практикада қалай қолдану керектігін көрсетіңіз. Қолдаңыз және мақұлдаңыз. Бұл арқылы Сіз баланы оқуға шақыра аласыз.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00663370">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...48 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп әкімшілігі мен мұғалімдерге арналған ұсыныстар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру ұйымдарының жауапкершілігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- ата-аналарды немесе заңды өкілдерді оқытудың шарттары мен ерекшеліктері туралы хабардар ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- компьютерді және интернетті қауіпсіз пайдалануға байланысты ұсыныстармен танысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушыларды білім беру интернет-платформаларымен қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- жүйенің үздіксіз жұмыс істеуін және қауіпсіздігін қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- педагогтің кәсіби дамуы үшін жағдай жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- іске асырылатын оқу бағдарламаларының мемлекеттік білім беру стандарттарына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім беру бағдарламаларын орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- білім алушылар мен олардың ата-аналарын (балалардың заңды өкілдерін) қашықтан оқыту технологияларын пайдалана отырып, оқыту процесінде сүйемелдеуді ұйымдастыру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ата-аналардың (балалардың заңды өкілдерінің) жауапкершілігі):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- баланы қашықтан оқыту үшін қолайлы жағдайлар жасау (жұмыс орнын анықтау, баланы қолдау, оның дербестігі мен бастамашылдығын дамыту);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- компьютер мен интернетті қауіпсіз пайдалану бойынша ұсынымдардың орындалуын бақылауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- баланың оқу кестесі мен оқу тапсырмаларын орындауын бақылауды қамтамасыз ету;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мектеппен, сынып жетекшісімен, пән мұғалімдерімен байланыс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– егер отбасы білім беру ұйымымен қажетті техникамен қамтамасыз етілген жағдайда, жабдықтың сақталуын және мақсатты пайдаланылуын қамтамасыз ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Балаларды денсаулығы мен дамуына зиян келтіретін ақпараттан қорғау туралы» Қазақстан Республикасының 2018 жылғы 2 шілдедегі №169-VI Заңына сәйкес ата-аналар балалардың денсаулығы мен дамуына зиян келтіретін ақпараттан қорғау үшін олардың жасына сәйкес келетін интернет желісіндегі белгілі бір сайттарға қол жеткізуін бақылауы тиіс.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">– информирование родителей или законных представителей об условиях и особенностях  обучения; </w:t>
-[...557 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId10"/>
+        <w:t>Білім алушылардың жауапкершілігі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- кестеге сәйкес қашықтан сабақтарға/оқу сабақтарына қатысу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- оқу тапсырмаларын күн сайын өз бетінше орындау, оның ішінде білім беру ұйымы белгілеген қолжетімді байланыс құралдары арқылы және қосымша электрондық білім беру ресурстарын пайдалану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- орындалған оқу тапсырмаларын мұғалімге жіберу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- мұғалімнің ұсыныстарын орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00912B4F" w:rsidRPr="0047404D" w:rsidRDefault="00912B4F" w:rsidP="00912B4F">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:ind w:left="-567" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0047404D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>- компьютер мен интернетті қауіпсіз пайдалану талаптарын орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00706272" w:rsidRPr="0047404D" w:rsidRDefault="00706272">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00706272" w:rsidRPr="0047404D" w:rsidSect="000A0813">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="851" w:right="850" w:bottom="851" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1418" w:right="850" w:bottom="1560" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00181626" w:rsidRDefault="00181626" w:rsidP="000641E1">
+    <w:p w:rsidR="00AA0CB2" w:rsidRDefault="00AA0CB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00181626" w:rsidRDefault="00181626" w:rsidP="000641E1">
+    <w:p w:rsidR="00AA0CB2" w:rsidRDefault="00AA0CB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Symbol">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Century Gothic">
     <w:panose1 w:val="020B0502020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
-</file>
-[...136 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00181626" w:rsidRDefault="00181626" w:rsidP="000641E1">
+    <w:p w:rsidR="00AA0CB2" w:rsidRDefault="00AA0CB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00181626" w:rsidRDefault="00181626" w:rsidP="000641E1">
+    <w:p w:rsidR="00AA0CB2" w:rsidRDefault="00AA0CB2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-918948381"/>
+      <w:id w:val="1613547002"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="003E1993" w:rsidRDefault="003E1993">
+      <w:p w:rsidR="00B07521" w:rsidRDefault="0047404D">
         <w:pPr>
-          <w:pStyle w:val="a5"/>
+          <w:pStyle w:val="a6"/>
           <w:jc w:val="center"/>
         </w:pPr>
-        <w:r w:rsidRPr="000641E1">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="000641E1">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="000641E1">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00537E63">
+        <w:r w:rsidR="00D64F43">
           <w:rPr>
-            <w:rFonts w:ascii="Century Gothic" w:hAnsi="Century Gothic"/>
             <w:noProof/>
-            <w:sz w:val="24"/>
-            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>10</w:t>
+          <w:t>1</w:t>
         </w:r>
-        <w:r w:rsidRPr="000641E1">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="003E1993" w:rsidRDefault="003E1993">
+  <w:p w:rsidR="00B07521" w:rsidRDefault="00AA0CB2">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a6"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
-    <w:nsid w:val="03CD71FE"/>
+    <w:nsid w:val="6A7E26A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BB148AD0"/>
-    <w:lvl w:ilvl="0" w:tplc="C6E6F1DC">
+    <w:tmpl w:val="3904C9C8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
-      <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...112 lines deleted...]
-        <w:ind w:left="1069" w:hanging="360"/>
+        <w:ind w:left="795" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...88 lines deleted...]
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2405" w:hanging="360"/>
+        <w:ind w:left="1515" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3125" w:hanging="360"/>
+        <w:ind w:left="2235" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3845" w:hanging="360"/>
+        <w:ind w:left="2955" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4565" w:hanging="360"/>
+        <w:ind w:left="3675" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5285" w:hanging="360"/>
+        <w:ind w:left="4395" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6005" w:hanging="360"/>
+        <w:ind w:left="5115" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6725" w:hanging="360"/>
+        <w:ind w:left="5835" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7445" w:hanging="360"/>
+        <w:ind w:left="6555" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-[...236 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="4"/>
-[...4 lines deleted...]
-  <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
-[...5 lines deleted...]
-  <w:numIdMacAtCleanup w:val="5"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:hideSpellingErrors/>
+  <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00060CF2"/>
-[...267 lines deleted...]
-    <w:rsid w:val="00FD6E8F"/>
+    <w:rsidRoot w:val="00315549"/>
+    <w:rsid w:val="003116EA"/>
+    <w:rsid w:val="00315549"/>
+    <w:rsid w:val="0047404D"/>
+    <w:rsid w:val="00706272"/>
+    <w:rsid w:val="00912B4F"/>
+    <w:rsid w:val="00AA0CB2"/>
+    <w:rsid w:val="00D64F43"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2049"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8119,405 +5698,225 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="001A2064"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...29 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0033428C"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...9 lines deleted...]
-    <w:rsid w:val="000641E1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...4 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00912B4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00912B4F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000641E1"/>
-[...7 lines deleted...]
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-[...145 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:uiPriority="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:uiPriority="9" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="toc 1" w:uiPriority="39"/>
     <w:lsdException w:name="toc 2" w:uiPriority="39"/>
     <w:lsdException w:name="toc 3" w:uiPriority="39"/>
     <w:lsdException w:name="toc 4" w:uiPriority="39"/>
     <w:lsdException w:name="toc 5" w:uiPriority="39"/>
     <w:lsdException w:name="toc 6" w:uiPriority="39"/>
     <w:lsdException w:name="toc 7" w:uiPriority="39"/>
     <w:lsdException w:name="toc 8" w:uiPriority="39"/>
     <w:lsdException w:name="toc 9" w:uiPriority="39"/>
     <w:lsdException w:name="caption" w:uiPriority="35" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:uiPriority="10" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:uiPriority="11" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
-    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="59" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:uiPriority="39" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
@@ -8589,3431 +5988,473 @@
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="001A2064"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...29 lines deleted...]
-      <w:lang w:val="en-US"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
-    <w:name w:val="List Paragraph"/>
-[...2 lines deleted...]
-    <w:uiPriority w:val="34"/>
+    <w:name w:val="No Spacing"/>
+    <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="0033428C"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
-      <w:ind w:left="720"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
-  </w:style>
-[...9 lines deleted...]
-    <w:rsid w:val="000641E1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
-[...4 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a5">
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a5"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00912B4F"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="a4"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00912B4F"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
+    <w:rPr>
+      <w:lang w:val="ru-RU"/>
+    </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a8">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a9"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a9">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a8"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="000641E1"/>
-[...7 lines deleted...]
-    <w:rsid w:val="000641E1"/>
+    <w:rsid w:val="00912B4F"/>
     <w:rPr>
-      <w:color w:val="0000FF"/>
-[...145 lines deleted...]
-      <w:szCs w:val="28"/>
+      <w:lang w:val="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-  <w:divs>
-[...2734 lines deleted...]
-  </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
-</file>
-[...14 lines deleted...]
-</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>20347</Characters>
+  <Pages>11</Pages>
+  <Words>3520</Words>
+  <Characters>20065</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>169</Lines>
+  <Lines>167</Lines>
   <Paragraphs>47</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>23869</CharactersWithSpaces>
+  <CharactersWithSpaces>23538</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Ибраева Стэлла Амангельдиевна</dc:creator>
+  <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>