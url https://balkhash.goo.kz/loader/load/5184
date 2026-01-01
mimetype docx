--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -2,3209 +2,1454 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00983DB7" w:rsidRPr="003D6C8C" w:rsidRDefault="002B3B89" w:rsidP="00983DB7">
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="002B3B89" w:rsidP="00983DB7">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="17355"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:iCs/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="003D6C8C">
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>4592955</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1908810" cy="1590675"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21471"/>
                 <wp:lineTo x="21341" y="21471"/>
                 <wp:lineTo x="21341" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Без названия.jfif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 6" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\Без названия.jfif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1908810" cy="1590675"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="003D6C8C">
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:iCs/>
           <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-813435</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>108585</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="1924050" cy="1694815"/>
             <wp:effectExtent l="0" t="0" r="0" b="635"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="21365"/>
                 <wp:lineTo x="21386" y="21365"/>
                 <wp:lineTo x="21386" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="4" name="Рисунок 4" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\1534500243_b170d912.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 13" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\1534500243_b170d912.png"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                          <a14:useLocalDpi xmlns="" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1924050" cy="1694815"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00983DB7" w:rsidRPr="003D6C8C" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="17355"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00983DB7" w:rsidRPr="003D6C8C" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="17355"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00983DB7" w:rsidRPr="003D6C8C" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="17355"/>
         </w:tabs>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="a8"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b w:val="0"/>
           <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="003D6C8C" w:rsidRPr="003D6C8C" w:rsidRDefault="003D6C8C" w:rsidP="003D6C8C">
+    <w:p w:rsidR="00983DB7" w:rsidRPr="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="00983DB7">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="0"/>
-[...2775 lines deleted...]
-        <w:spacing w:after="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="17355"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
           <w:rStyle w:val="ae"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...12 lines deleted...]
-        <w:textAlignment w:val="baseline"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B3B89">
         <w:rPr>
           <w:rStyle w:val="ae"/>
           <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
           <w:b/>
-          <w:color w:val="auto"/>
-[...4 lines deleted...]
-      </w:pPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>РА «Дорога в школу»</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="002B3B89" w:rsidRPr="003D6C8C" w:rsidRDefault="003D6C8C" w:rsidP="002B3B89">
+    <w:p w:rsidR="00983DB7" w:rsidRPr="002B3B89" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="17355"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="52"/>
+          <w:szCs w:val="52"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="17355"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="17355"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRDefault="00762372" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="17355"/>
+        </w:tabs>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>С 1 июля по 30 сентября 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> года </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>стартвала</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>традиционная общереспубликанская благотворительная акция «Дорога в школу».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRPr="00762372" w:rsidRDefault="002B3B89" w:rsidP="00762372">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="column">
+              <wp:posOffset>92</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>235585</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="1905000" cy="4772660"/>
+            <wp:effectExtent l="0" t="0" r="0" b="8890"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="21554"/>
+                <wp:lineTo x="21384" y="21554"/>
+                <wp:lineTo x="21384" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\8eb14701-9f6f-4d1b-a85e-406903b92806.jfif"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5" descr="C:\Users\Владелец\AppData\Local\Microsoft\Windows\INetCache\Content.Word\8eb14701-9f6f-4d1b-a85e-406903b92806.jfif"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId7" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="1905000" cy="4772660"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00762372" w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidR="00762372" w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Цель акции — оказание материальной и иной помощи обучающимся из числа малообеспеченных, многодетных семей, детей-сирот и детей, оставшихся без попечения родителей в период подготовки к началу учебного года и предупреждения непосещения детьми школ по социальным причинам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRPr="00257130" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00762372">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:rStyle w:val="a8"/>
+          <w:rFonts w:eastAsiaTheme="majorEastAsia"/>
+          <w:b w:val="0"/>
+          <w:iCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Каждый из нас может проявить гражданскую активность в оказании посильной адресной помощи в подготовке в школу детей из социально-уязвимых слоёв населения, внимание и настоящую заботу каждому ребёнку, чтобы его дорога в школу была самой лучшей и счастливой!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>В КГУ «ОСШ № 1»   ведется  работа  по организации акций, именно:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00AD2A13" w:rsidRPr="00257130" w:rsidRDefault="00AD2A13" w:rsidP="00AD2A13">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Разработан и утвержден  план проведения  акций</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оформлен  информационный  стенд </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRPr="00257130" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Разработаны  буклеты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRPr="00257130" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Функционирует  телефон  доверия </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRPr="00257130" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Составлены  списки  детей, нуждающихся в  помощи</w:t>
+      </w:r>
+      <w:r w:rsidR="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  в виде  школьно-письменных принадлежностей,  школьных   вещей и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>тд</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRPr="00257130" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Составлены и отправлены  письма  следующим  организациям: в  Благотворительный  фонд «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Коунрад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»,  ТОО «БалқашЖібекжолы», ГУ «Налоговый комитет»,  ФОК, КГП «Балхаш Су», магазинам «Караван», «Совенок», «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Берекет</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00762372" w:rsidRDefault="00762372" w:rsidP="00762372">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3B89">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  августа  2020   обратились   за помощью  </w:t>
+      </w:r>
+      <w:r w:rsidR="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3B89">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 15</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  учащихся  (</w:t>
+      </w:r>
+      <w:r w:rsidR="002B3B89">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> многодетных, </w:t>
+      </w:r>
+      <w:r w:rsidR="002B3B89">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>8</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  малообеспеченных,1  ОПП)</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="002B3B89">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.Д</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">анные которых переданы  в </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>благотворительный фонд «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Коунрад</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» и магазин «Совенок», так как  из всех  кому обратились,  откликнулись  только </w:t>
+      </w:r>
+      <w:r w:rsidR="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>данные  организации</w:t>
+      </w:r>
+      <w:r w:rsidR="00257130" w:rsidRPr="00257130">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="002B3B89">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>9 августа  2020  года  8  учащиеся  с родителями  посетили  магазин «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Офислайн</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> где выбрали  для себя школьный рюкзак, стоимостью до 15.000 тенге. Представители фонда  в ближайшее время  доставят рюкзаки+ школьно-письменные  принадлежности  и передадут ребятам. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="002B3B89">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 августа 2020 года  родитель школы, человек  с добрым сердцем </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>АдильбековаТолкын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  подарила  школьные рюкзаки,  письменные  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>принадлежностт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   троим  ребятам из многодетной  семьи </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>Чудаковых</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>. Общая сумма  спонсорской помощи составляет- 35 тыс</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>.т</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>енге .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="002B3B89">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="002B3B89" w:rsidRDefault="007615AA" w:rsidP="002B3B89">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00911438">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
-          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:312.85pt;height:233.4pt">
-            <v:imagedata r:id="rId7" o:title="e42ae4f0-7f7f-40c4-9403-7ab5515510b8"/>
+          <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:484.5pt;height:363pt">
+            <v:imagedata r:id="rId8" o:title="e42ae4f0-7f7f-40c4-9403-7ab5515510b8"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002B3B89" w:rsidRPr="003D6C8C" w:rsidRDefault="002B3B89" w:rsidP="002B3B89">
+    <w:p w:rsidR="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="002B3B89">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00983DB7" w:rsidRPr="003D6C8C" w:rsidRDefault="002B3B89" w:rsidP="00983DB7">
+    <w:p w:rsidR="002B3B89" w:rsidRPr="002B3B89" w:rsidRDefault="002B3B89" w:rsidP="002B3B89">
       <w:pPr>
         <w:pStyle w:val="af4"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
         <w:jc w:val="both"/>
         <w:textAlignment w:val="baseline"/>
         <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="003D6C8C">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>исп</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="003D6C8C">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>.Б</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="003D6C8C">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t>ейсекеева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="003D6C8C">
-        <w:rPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> З.Р. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00983DB7" w:rsidRPr="003D6C8C" w:rsidSect="00911438">
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983DB7" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00983DB7" w:rsidRPr="00257130" w:rsidRDefault="00983DB7" w:rsidP="00983DB7">
+      <w:pPr>
+        <w:pStyle w:val="af4"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="baseline"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00983DB7" w:rsidRPr="00257130" w:rsidSect="00911438">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -3346,92 +1591,90 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
-  <w:zoom w:percent="30"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00762372"/>
     <w:rsid w:val="00257130"/>
     <w:rsid w:val="002B3B89"/>
     <w:rsid w:val="00332A8C"/>
     <w:rsid w:val="00356362"/>
-    <w:rsid w:val="003D6C8C"/>
     <w:rsid w:val="006D40DA"/>
     <w:rsid w:val="007615AA"/>
     <w:rsid w:val="00762372"/>
     <w:rsid w:val="00790610"/>
     <w:rsid w:val="00911438"/>
     <w:rsid w:val="009134FE"/>
     <w:rsid w:val="00983DB7"/>
     <w:rsid w:val="00AD2A13"/>
     <w:rsid w:val="00BD7025"/>
     <w:rsid w:val="00C60154"/>
-    <w:rsid w:val="00CD3581"/>
     <w:rsid w:val="00F86FBF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
@@ -4251,51 +2494,51 @@
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:divs>
     <w:div w:id="402677826">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4509,76 +2752,76 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>287</Words>
-  <Characters>1637</Characters>
+  <Words>301</Words>
+  <Characters>1721</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>13</Lines>
-  <Paragraphs>3</Paragraphs>
+  <Lines>14</Lines>
+  <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1921</CharactersWithSpaces>
+  <CharactersWithSpaces>2018</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Пользователь Windows</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>