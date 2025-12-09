--- v0 (2025-12-07)
+++ v1 (2025-12-09)
@@ -1,659 +1,2292 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...19 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Цифрлық</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00531F13">
-[...18 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жобасын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>...</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:b/>
-[...1 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="021E3056" wp14:editId="5B30F209">
-[...2 lines deleted...]
-            <wp:docPr id="1" name="Рисунок 1" descr="Реализация проекта «Цифрлық білім»..."/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="3076575" cy="3076575"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="«Цифрлық білім» жобасын жүзеге асыру..."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 1" descr="Реализация проекта «Цифрлық білім»..."/>
+                    <pic:cNvPr id="0" name="Picture 1" descr="«Цифрлық білім» жобасын жүзеге асыру..."/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2971800" cy="2971800"/>
+                      <a:ext cx="3076575" cy="3076575"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
-[...18 lines deleted...]
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>Среднее образование</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Орта білім</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>С 2021 года дисциплина «Цифровая грамотность» вводится с 1 класса.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2021 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылдан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цифрлы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауаттылық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>пәні</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-сыныптан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...9 lines deleted...]
-        <w:t>Открыто 25 специальных IT-лицеев, 447 лабораторий STEM и около 2 тысяч кабинетов робототехники.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">25 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арнаулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IT-лицей </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 447 STEM </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>зертханасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> мен 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыңға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жуық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> робот </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кабинеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдастырылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...9 lines deleted...]
-        <w:t>В дворцах школьников открыты более 560 технопарков и кабинетов робототехники.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушылар </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сарайларында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 560-тан </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> технопарк және робот </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>техникасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кабинеттері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...9 lines deleted...]
-        <w:t>Педагоги пройдут курсы повышения IT-грамотности.</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Педагогтер</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> IT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сауаттылығын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>арттыру</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курстарынан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>өтеді</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>Колледж</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>На базе ведущих колледжей, осуществляющих подготовку специалистов для цифровой отрасли, будет внедрено 31 новых программ.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цифрлық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сала үшін </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даярлауды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жүзеге</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асыратын</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жетекші</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>колледждердің</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>базасында</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 31 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдармалар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>енгізіледі</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>Высшее образование</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Жоғары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>По специальности IT обучаются более 51 тысячи студентов.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">IT </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандығы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 51 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мыңнан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> студент </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқиды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>На основе 326 профессиональных стандартов обновлено 95% программ по ІТ-направлению.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">326 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>кәсіптік</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>стандарттардың</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>негізінде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ІТ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағыты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 95% </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бағдарлама</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңартылды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>Квалифицированные специалисты IT отрасли смогут преподавать в вузах.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ІТ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>саласының</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>білікті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>мамандары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>университеттерде</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сабақ</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бере</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>алады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>«Открытый университет Казахстана» проводит бесплатные онлайн-курсы.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстанның</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ашық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>университеті</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тегін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> онлайн-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>курстар</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ұсынады</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>Наука</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Ғылым</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> 49 научных проектов.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">49 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>ғылыми</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жоба</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>іске</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>асырылып</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жатыр</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...14 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Қуаты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3000 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>терафлопс</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00531F13">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>суперкомпьютерлері</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қолданылуда</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...7 lines deleted...]
-        <w:t>К 2030 году учебные заведения выпустят более 3 млн специалистов новой формации.</w:t>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2030 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жылға</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>дейін</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>орындары</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>жаңа</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>формациядағы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 млн-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нан</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>астам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>маман</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>даярлайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00531F13" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="000D3FF1" w:rsidRPr="00531F13" w:rsidRDefault="00531F13" w:rsidP="00531F13">
+    <w:p w:rsidR="00114635" w:rsidRPr="00114635" w:rsidRDefault="00114635" w:rsidP="00114635">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:sz w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00531F13">
-[...3 lines deleted...]
-          <w:sz w:val="28"/>
+      <w:r w:rsidRPr="00114635">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>edu_news_qz</w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:sectPr w:rsidR="000D3FF1" w:rsidRPr="00531F13">
+    <w:p w:rsidR="00115987" w:rsidRPr="00114635" w:rsidRDefault="00115987" w:rsidP="00114635">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00115987" w:rsidRPr="00114635">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -669,166 +2302,53 @@
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="06256789"/>
+    <w:nsid w:val="04944FF7"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="7730FEB0"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="1940F5CE"/>
+    <w:tmpl w:val="0D2A899E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -930,54 +2450,280 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="062901E3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0658A5E2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0D041011"/>
+    <w:nsid w:val="1CD011EF"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="398ACE54"/>
+    <w:tmpl w:val="5B5C401C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="37003A86"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C9BA60C8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1079,54 +2825,54 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3C0B3800"/>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="38253293"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="42542606"/>
+    <w:tmpl w:val="E2FC905E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tentative="1">
@@ -1192,167 +2938,54 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4188504B"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5F730594"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="2294F71C"/>
-[...112 lines deleted...]
-    <w:tmpl w:val="F322F026"/>
+    <w:tmpl w:val="4DAC2F78"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1455,53 +3088,166 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="58CC56C7"/>
+    <w:nsid w:val="64FE410E"/>
     <w:multiLevelType w:val="multilevel"/>
-    <w:tmpl w:val="93F8F86C"/>
+    <w:tmpl w:val="03CAD360"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="684B43E4"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="928EB568"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -1603,235 +3349,122 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
-[...111 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00535E5A"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00535E5A"/>
+    <w:rsidRoot w:val="00C506A0"/>
+    <w:rsid w:val="00114635"/>
+    <w:rsid w:val="00115987"/>
+    <w:rsid w:val="00C506A0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="1E4A7E55"/>
+  <w14:docId w14:val="020B233E"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{8C1C8C17-F84E-40AB-BB9B-E533294FE02F}"/>
+  <w15:docId w15:val="{D3B02AD5-798B-43B7-8873-9C59DF7659A8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2217,76 +3850,62 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="1057630982">
+    <w:div w:id="1714815038">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-      <w:divsChild>
-[...12 lines deleted...]
-      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -2521,54 +4140,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>145</Words>
-  <Characters>830</Characters>
+  <Words>144</Words>
+  <Characters>827</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>6</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>974</CharactersWithSpaces>
+  <CharactersWithSpaces>970</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>л</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>