--- v0 (2026-01-03)
+++ v1 (2026-01-11)
@@ -1,184 +1,188 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="00894829" w:rsidRDefault="00C8790F">
+    <w:p w:rsidR="00757CF1" w:rsidRDefault="00E0088C">
       <w:r>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
               <v:f eqn="sum 0 0 @1"/>
               <v:f eqn="prod @2 1 2"/>
               <v:f eqn="prod @3 21600 pixelWidth"/>
               <v:f eqn="prod @3 21600 pixelHeight"/>
               <v:f eqn="sum @0 0 1"/>
               <v:f eqn="prod @6 1 2"/>
               <v:f eqn="prod @7 21600 pixelWidth"/>
               <v:f eqn="sum @8 21600 0"/>
               <v:f eqn="prod @7 21600 pixelHeight"/>
               <v:f eqn="sum @10 21600 0"/>
             </v:formulas>
             <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
             <o:lock v:ext="edit" aspectratio="t"/>
           </v:shapetype>
           <v:shape id="_x0000_i1025" type="#_x0000_t75" style="width:467.5pt;height:467.5pt">
-            <v:imagedata r:id="rId4" o:title="WhatsApp Image 2020-05-30 at 09.43.12"/>
+            <v:imagedata r:id="rId4" o:title="WhatsApp Image 2020-05-30 at 09.43.14"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8790F" w:rsidRDefault="00C8790F"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C8790F" w:rsidRDefault="00C8790F">
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1026" type="#_x0000_t75" style="width:467.5pt;height:467.5pt">
-            <v:imagedata r:id="rId5" o:title="WhatsApp Image 2020-05-30 at 09.43.12 (1)"/>
+            <v:imagedata r:id="rId5" o:title="WhatsApp Image 2020-05-30 at 09.43.13 (1)"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00C8790F" w:rsidRDefault="00C8790F"/>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C8790F" w:rsidRDefault="00C8790F">
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C"/>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C">
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="00E0088C" w:rsidRDefault="00E0088C">
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:pict>
           <v:shape id="_x0000_i1027" type="#_x0000_t75" style="width:467.5pt;height:467.5pt">
-            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2020-05-30 at 09.43.12 (2)"/>
+            <v:imagedata r:id="rId6" o:title="WhatsApp Image 2020-05-30 at 09.43.13"/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C8790F">
+    <w:sectPr w:rsidR="00E0088C">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="120"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00894829"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C8790F"/>
+    <w:rsidRoot w:val="00757CF1"/>
+    <w:rsid w:val="00757CF1"/>
+    <w:rsid w:val="00E0088C"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{B12C1376-673D-46F7-9BDB-BC682ED0B7A5}"/>
+  <w15:docId w15:val="{220FD395-B1A5-4157-A354-5E4496D38218}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -839,54 +843,54 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1</Words>
-  <Characters>11</Characters>
+  <Words>2</Words>
+  <Characters>13</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>11</CharactersWithSpaces>
+  <CharactersWithSpaces>14</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>acer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>