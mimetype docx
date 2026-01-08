--- v0 (2025-12-07)
+++ v1 (2026-01-08)
@@ -1,40941 +1,39448 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:lang w:val="ru-RU" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="2057400" cy="571500"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2057400" cy="571500"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">О внесении изменений в приказ Министра образования и науки Республики Казахстан от 27 января 2016 года № 83 "Об утверждении Правил и условий проведения аттестации педагогических работников и приравненных к ним лиц, занимающих должности в организациях </w:t>
+        <w:t xml:space="preserve">"Мектепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образовательные программы технического и профессионального, послесреднего, дополнительного образ</w:t>
+        <w:t>іске асыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Казақстан Республи</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>ования и специальные учебные программы, и иных гражданских служащих в области образования и науки"</w:t>
-[...41 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="z5"/>
+        <w:t>касы Білім және ғылым министрінің 2016 жылғы 27 қантардағы № 83 бұйрығына өзгерістер енгізу туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрінің 2020 жылғы 14 мамырдағы № 202 бұйрығы. Қазақстан Республикасының Әділет министрлігінде 2020 жылғы 15 мамы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рда № 20636 болып тіркелді</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="z2"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасы Еңбек Кодексінің 139-бабының 7-тармағына, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының 1) тармақшасына сәйкес БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="z3"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">       1. Внести в приказ Министра образов</w:t>
-[...27 lines deleted...]
-        <w:t>я:</w:t>
+        <w:t xml:space="preserve">       1. "Ме</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ктепке дейінгі тәрбие мен оқытуды, бастауыш, негізгі орта және жалпы орта білімнің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша білімнің білім беру бағдарламаларын және арнайы оқу бағдарламаларын іске ас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ыратын білім беру ұйымдарында жұмыс істейтін педагог қызметкерлер мен оларға теңестірілген тұлғаларды және білім және ғылым саласындағы басқа да азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарын бекіту туралы" Қазақстан Республикасы Бі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығына (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 13317 болып тіркелген, "Әділет" ақпараттық-құқықтық жүйесінде 2016 жылғы 11 наурызда жарияланған) мынадай өзгерістер енгізіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сін:</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="2"/>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="005C130D">
-[...22 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары осы бұйрыққа қосымшаға сәйкес жаңа редакцияда жазылсын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="z4"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>гражданских служащих в области образования и науки изложить в новой редакции согласно приложению к настояще</w:t>
-[...65 lines deleted...]
-      <w:bookmarkStart w:id="6" w:name="z10"/>
+        <w:t xml:space="preserve">      2. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      2) осы бұйрықты Қазақстан Республикасы Білім және ғылым </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) осы бұйрық Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне осы тарма</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қтың 1) және 2) тармақшаларында көзделген іс-шаралардың орындалуы туралы мәліметтерді ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="z5"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3. Мыналардың күші жойылды деп танылсын:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кәсіптік білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өту үшін құжаттар қабылдау бойынша Мемлекеттік көрсетілетін қызмет с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тандарттарын бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2015 жылғы 21 желтоқсанда № 632 бұйрығы (Нормативтік құқықтық актілерді мемлекеттік тіркеу тізілімінде № 12449 болып тіркелген, 2015 жылғы 31 желтоқсанда "Әділет" ақпараттық-құ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қықтық жүйесінде жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) "Қазақстан Республикасы Білім және ғылым министрінің кейбір бұйрықтарына өзгерістер енгізу туралы" Қазақстан Республикасы Білім және ғылым министрінің 2018 жылғы 11 қаңтардағы № 13 бұйрығы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       3) "Мектепке дейін</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік сана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау "Мемлекеттік көрсетілетін қызмет регламентін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 15 қаңтардағы № 31 бұйрығы (Нормативтік құқықтық актілерді мемлек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еттік тіркеу тізілімінде 2016 жылғы 15 ақпанда № 13075 болып тіркелген, 2016 жылғы 25 ақпанда "Әділет" ақпараттық-құқықтық жүйесінде жарияланған).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="z6"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>инистріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="6" w:name="z7"/>
       <w:bookmarkEnd w:id="5"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      3) в течение десяти рабочих дней после государственной регистрации настоящего приказа в Министерстве юстиции Республики Казахстан представление в Юр</w:t>
-[...114 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>образования" (зарегистрирован в Реест</w:t>
-[...43 lines deleted...]
-        <w:t>      5. Настоящий приказ вводится в действие со дня его первого официального опубликования.</w:t>
+        <w:t>      5. Осы бұйрық алғашқы ресми жарияланған күнінен бастап қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6243"/>
-        <w:gridCol w:w="3534"/>
+        <w:gridCol w:w="6277"/>
+        <w:gridCol w:w="3500"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7795" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="12"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>      Министр образования и науки</w:t>
+              <w:t>      Қазақстан Республикасының</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Республики Казахстан </w:t>
+              <w:t>Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4205" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:i/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...47 lines deleted...]
-        <w:t>Республики Казахстан</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "КЕЛІСІЛДІ"</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қазақстан Республикасының</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Цифрлық даму, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қорғаныс және</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      аэроғарыш өнеркәсібі министрлігі</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5988"/>
-        <w:gridCol w:w="3789"/>
+        <w:gridCol w:w="5967"/>
+        <w:gridCol w:w="3810"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="13"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение к приказу</w:t>
-[...29 lines deleted...]
-              <w:t>от 14 мая 2020 года № 202</w:t>
+              <w:t>Қазақстан Республикасы Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2020 жылғы 14 мамырдағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 202 Бұйрығына </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Утверждены приказом</w:t>
-[...36 lines deleted...]
-              <w:t>ря 2016 № 83</w:t>
+              <w:t>Қазақстан Республикасы Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және ғылым министрінің</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2016 жылғы 27 қаңтардағы </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">№ 83 бұйрығымен </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>б</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>екітілген</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="14" w:name="z21"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="7" w:name="z9"/>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Правила и условия проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образов</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламалары</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ания, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования, и иных гражданских служащих  в области образования и науки</w:t>
-[...6 lines deleted...]
-      <w:bookmarkStart w:id="15" w:name="z22"/>
+        <w:t>н іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="8" w:name="z10"/>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-тарау. Жалпы ережелер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="z11"/>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын і</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттары (бұдан әрі - Қағидалар) 2015 жылғы 23 қарашадағы Қазақстан Республикасын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ың Еңбек кодексінің 139-бабының 7-тармағына, "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасының Заңына, "Мемлекеттік көрсетілетін қызметтер туралы" 2013 жылғы 15 сәуірдегі Қазақстан Республикасы Заңының 10-бабының 1) тармақшасына сәйкес әзірл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>енді және мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру ба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ғдарламаларын іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді аттестаттаудан өткізу тәртібін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="z12"/>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. Осы Қағидаларда мынадай негізгі ұғымдар пайдаланылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">      1) апелляция - ақпараттық коммуникациялық технологиялар </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арқылы берілетін ұлттық біліктілік тестілеу нәтижелерін қайта қарауға педагогтің сұрау салуы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) аттестаттау комиссиясы - педагогтерді аттестаттау рәсімін жүргізетін уәкілетті алқалы орган (бұдан әрі - комиссия);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) апелляцияларды қарау жөнінде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гі республикалық комиссия (бұдан әрі – республикалық апелляциялық комиссия) – білім беру саласындағы уәкілетті орган құратын комиссия, ол педагогтер ұлттық біліктілік тестілеудің нәтижелерімен келіспеген жағдайда даулы мәселелер бойынша шешім қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     4) біліктілік санаты - осы Қағидаларда және Педагогтерге біліктілік санаттарын беру (растау) қағидаларында айқындалатын біліктілік талаптарына сәйкес келетін педагогтердің кәсіптік құзыреттілік деңгейі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) мемлекеттік көрсетілетін қызмет – көрсе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілетін қызметті алушылардың өтініші бойынша жеке тәртіппен немесе өтініш жасамай жүзеге асырылатын және олардың құқықтарын, бостандықтары мен заңды мүдделерін іске асыруға, оларға тиісті материалдық немесе материалдық емес игіліктер беруге бағытталған жек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>елеген мемлекеттік функцияларды іске асыру нысандарының бірі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) мемлекеттік көрсетілетін қызмет стандарты – мемлекеттік қызмет көрсету процесінің сипаттамасын, нысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызмет көрсету ерекшеліктерін ескер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е отырып, өзге де мәліметтерді қамтитын мемлекеттік қызмет көрсетуге қойылатын негізгі талаптар тізбесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) педагог - тиісті бейін бойынша педагогикалық немесе өзге де кәсіптік білімі бар және педагогтің білім алушыларды және (немесе) тәрбиеленушілер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ді оқыту және тәрбиелеу, әдістемелік сүйемелдеу немесе білім беру қызметін ұйымдастыру жөніндегі кәсіптік қызметін жүзеге асыратын, "Педагог лауазымдарының тізбесін бекіту туралы" Қазақстан Республикасы Білім және ғылым министрінің бұйрығына сәйкес көрсеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лген лауазымдарды атқаратын тұлға;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) Ұлттық біліктілік тестілеу – білім беру саласындағы уәкілетті орган әзірлеген тестілер бойынша педагогтердің кәсіби құзыреттілік деңгейін айқындау мақсатында өткізілетін рәсім.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="z13"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>іске асыратын білім беру ұйымдарында лауазымдарды атқаратын педагогтерді және білім және ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу тәртібі мен шарттары</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="12" w:name="z14"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      3. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын білім беру ұйымдарында лауазымдар атқаратын педагогтерді атте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статтау (бұдан әрі – педагог) мынадай кезеңдерді қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       педагогтер үшін: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) Ұлттық біліктілік тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) біліктілік санатын беру (растау) рәсімі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымдары басшысының орынбасарлары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1) біліктілік бағалау;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) Ұлттық біліктілік тестілеу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) біліктілік бағалау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) қызметтің қорытындыларын кешенді талдамалық жинақтау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="z15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       4. Педаг</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">огтерді аттестаттау бес жылда кемінде бір рет, білім беру ұйымдарының басшыларын – "Білім туралы" 2007 жылғы 27 шілдедегі Қазақстан Республикасы Заңының 44-бабының 5-тармағына сәйкес үш жылда бір рет өткізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="z16"/>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       5. Педагогтер аттестаттаудан өту үші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н ұлттық біліктілік тестілеуді осы Қағидаларға 1-қосымшаға сәйкес нысан бойынша білім беру саласындағы уәкілетті орган айқындайтын ұйымға өтініш беру жолымен тапсырады және ұлттық біліктілік тестілеуден электрондық форматта өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="15" w:name="z17"/>
       <w:bookmarkEnd w:id="14"/>
       <w:r>
         <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6. Ұлттық біліктілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к тестілеу педагог өтінішінде көрсетілген мерзімде өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="16" w:name="z18"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Педагогтердің өтініштерін қабылдау кемінде күнтізбелік 15 күн бұрын, білім беру ұйымдары басшыларының өтініштерін қабылдау тестілеу басталғанға дейін кемінде күнтізбелік 30 күн бұрын ж</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>үргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="17" w:name="z19"/>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       8. Ұлттық біліктілік тестілеуден өтуге өтініш берген кезде педагогтер тапсыру тілін (қазақ, орыс, ұйғыр, өзбек, тәжік), күнін, уақытын таңдайды және білім беру саласындағы уәкілетті орган айқындайтын ұйым дайындайтын ұлттық біліктілік те</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">стілеуді өткізу жөніндегі нұсқаулықпен танысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="18" w:name="z20"/>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       9. Ұлттық біліктілік тестілеу: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="18"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       1 (бір) рет – тегін, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      қайта 1 рет және сынақ (педагогтің қалауы бойынша) - күнтізбелік жыл ішінде ақылы негізде,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      білім беру ұйымдарының басшылары үш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ін - ақылы негізде тиісті күнтізбелік жылдың 1 айлық есептік көрсеткіші (АЕК) мөлшерінде өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="z21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       10. Өтініш деректер базасына енгізілгеннен кейін осы Қағидаларға 2-қосымшаға сәйкес нысан бойынша тестілеуге рұқсаттама беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="z22"/>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Ұлттық білікт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ілік тестілеу келесі тест тапсырмаларынан тұрады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="20"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Мектепке дейінгі педагогика және психология" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Мектепке дейінгі тәрбие мен оқыту әдістемесі" - отыз тапс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) Жалпы орта білім беру педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Бастауыш білім беру педагогтері тестілеуді қазақ немесе орыс тілі (оқыту тілі), әдеби оқу, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>математика пәндері бойынша тапсырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Жалпы білім беретін пәндер бойынша педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Арнайы пәндер бойынша педагогтер:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Педагогика, оқыту әдістемесі" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Қызмет бағыты бойынша" - жетпіс тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Өндірістік оқыту шеберлері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Қызмет бағыты бойынша" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Психология негіздері" - отыз тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі" - отыз тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) Әдістемелік кабинеттердің (орталықтардың</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>) әдіскерлері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Оқу пәнінің мазмұны" - жетпіс тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі" - отыз тапсырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) Білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Заңнаманы білу" бағыты бойынша - 80 (сексен) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республик</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асының Еңбек кодексі - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Неке (ерлі-зайыптылық) және отбасы туралы" Кодексі - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Білім туралы" Қазақстан Республикасының Заңы - 20 (жиырма) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "Педагог мәртебесі туралы" Қазақстан Республикасының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Заңы - 10 (он) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       "Қазақстан Республикасындағы Баланың құқықтары туралы" Қазақстан Республикасының Заңы - 10 (он) сұрақ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Басқару құзыреті" бағыты бойынша - 20 (жиырма) сұрақ.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="21" w:name="z23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      12. Ұлттық біліктілік тестілеудің жалпы уақыты екі жүз он</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> минутты, "Математика", "Физика", "Химия", "Информатика" пәндері үшін екі жүз қырық минутты құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="22" w:name="z24"/>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      13. Ұлттық біліктілік тестілеуді өткізу операторы Қазақстан Республикасы Білім және ғылым министрлігінің Ұлттық тестілеу орталығы (бұдан әрі – ҰТО) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="z25"/>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      14. ҰТО тест тапсырмаларының базасын әзірлейді. Ұлттық біліктілік тестілеуді ҰТО не білім беру саласындағы уәкілетті орган айқындайтын ұйым өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="z26"/>
+      <w:bookmarkEnd w:id="23"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      15. Аудиторияға ұлттық біліктілік тестілеуін өткізудің ашықтығы мен объективті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лігін қамтамасыз ету үшін және әрбір педагогтің өткізу пункттеріндегі орны бейнебақылау жүйесімен қамтамасыз етіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="z27"/>
+      <w:bookmarkEnd w:id="24"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       16. Осы Қағидалардың 19-тармағы бұзылған жағдайда заттарды табу және аудиториядан аудиторияда өзін-өзі ұстау ережесін бұзған педаго</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гті шығару актісі және (немесе) осы Қағидаларға 3 және 4-қосымшаларға сәйкес нысан бойынша тестілеуге жалған тұлғаны анықтау актісі жасалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="z28"/>
+      <w:bookmarkEnd w:id="25"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      17. Ұлттық біліктілік тестілеуді өткізу кезінде ережелерді бұзу фактілері анықталған, сондай-ақ қарау кезінд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>е анықталған бейнежазбаны тапсыру мерзіміне қарамастан, акт жасалады және нәтижелердің күші жойылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="z29"/>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       18. Педагог тестілеу өткізу пунктінің ғимаратына кірген кезде жеке басын куәландыратын құжат және рұқсаттама негізінде оның жеке басын сәйкестендір</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">у жүргізіледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="28" w:name="z30"/>
+      <w:bookmarkEnd w:id="27"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      19. Ұлттық біліктілік тестілеуді өткізу кезінде аудиториядан кезекшінің рұқсатынсыз және ертіп жүруінсіз шығуға, бір-бірімен сөйлесуге, бір орыннан орнына ауысуға, материалдармен алмасуға, аудиториядан материалдар шығаруға, аудиторияғ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а кіргізуге және заттарды (оқулықтар мен әдістемелік әдебиеттерді, цифрлық смарт-аппаратураны) пайдалануға жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="29" w:name="z31"/>
+      <w:bookmarkEnd w:id="28"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20. Отырғаннан кейін тестілеу басталғанға дейін тестілеу кезінде мінез-құлық ережелері бойынша аудиожазба жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="30" w:name="z32"/>
+      <w:bookmarkEnd w:id="29"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      21</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>. Тест тапсырмаларының жауаптарын бағалау былайша жүзеге асырылады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="30"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) ұсынылған бес жауаптан бір дұрыс жауапты таңдау бар тапсырмалар үшін бір балл, қалған жағдайларда - нөл балл беріледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) ұсынылған жауаптардан бірнеше дұрыс жауаптарды таңд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>аумен тапсырмалар үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      барлық дұрыс жауаптар үшін -екі балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      бір қате үшін - бір балл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      жіберілген екі және одан да көп қателіктер үшін - нөл балл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="31" w:name="z33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      22. Тестілеу кезінде білім беру саласындағы уәкілетті орган айқындайтын, ұлттық білі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ктілік тестілеуді өткізуге жауапты ұйым Қазақстан Республикасының заңнамасында белгіленген тәртіппен ұлттық біліктілік емтихандарын өткізуді жүзеге асырады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="31"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) педагогтер базасын қалыптастыру (өтініштерді қабылдау, ақпараттандыру үшін дербес деректер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ді енгізу: ЖСН, Т.А.Ә. (болған жағдайда), өтініш берілген біліктілік санаты, тапсыру тілі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) компьютерлік кабинеттердің дайындығын бақылау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) аудиторлық қорды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) тестілеу кезінде пайдаланылатын компьютерлерді тестілеу өткізілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ге дейін бір күн бұрын дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) педагогтерді компьютерлік кабинетке рұқсаттама, жеке басын куәландыратын құжат бойынша кіргізу және оларды отырғызу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) өтініш қабылдау, тестілеу өткізу, апелляциялық рәсімдер кезінде бағдарламалық қамтамасыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> етуді дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) тестілеу аяқталғаннан кейін тестілеу нәтижелерін өңдеу және беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8) апелляцияны есепке ала отырып, апелляция жүргізу және нәтижелерді беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="32" w:name="z34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      23. Ұлттық біліктілік тестілеуді өткізу кезінде білім беру саласындағы уәкіле</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тті органның өкілдері бақылаушы ретінде қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="33" w:name="z35"/>
+      <w:bookmarkEnd w:id="32"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      24. Тестілеу аяқталғаннан кейін педагог компьютер экранында көрсетілген тестілеу нәтижелерімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="34" w:name="z36"/>
+      <w:bookmarkEnd w:id="33"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       25. Тестілеу нәтижесі – осы Қағидалардың 5-қосымшасына сәйкес нысан бойынша ұлттық білік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тілік тестілеуден өткені туралы анықтама – педагогтің жеке кабинетінде көрсетіледі. Педагогтің талабы бойынша тестілеу нәтижесі басып шығарылады, ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ерінің қолымен және мөрімен куәландырады, қолына беріледі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="35" w:name="z37"/>
+      <w:bookmarkEnd w:id="34"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      26. Келесі балл алған жағдайда тестілеу нәтижесі оң болып саналады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="35"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) Мектепке дейінгі тәрбие мен оқыту ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "Мектепке дейінгі педагогика және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>психология":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Мектепке дейінгі тәрбие және оқыту ә</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>дістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) Жалпы орта білім беру педагогтер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>і үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  3) Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зер</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Қызмет бағыты бойынша":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4) Қосымша білім беру ұйымдарының педагогтері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Психология негіздері":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>гог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" біліктілік санаты - 35 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "педагог-зерттеуші" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "педагог-шебер" біліктілік санаты - 45 %. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5) Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 50%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-сарапшы" білікті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты - 65 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 30 % ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      "педагог-сарапшы" біліктілік санаты - 35 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-зерттеуші" біліктілік санаты - 40 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-шебер" біліктілік санаты - 45 %.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      6) Жоғары оқу орындарының және техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының бітірушілері үшін жұмысқа алғаш рет қабылданғ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анда:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Оқу пәнінің мазмұны":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Педагогика, оқыту әдістемесі":</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "педагог-модератор" біліктілік санаты - 30 % .</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7) білім беру ұйымдарының басшылары үшін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Заңнаманы білу" бағыты б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      үшінші біліктілік санатты басшы - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      екінші біліктілік санатты басшы - 65%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      бірінші біліктілік санатты басшы - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "Басқару құзыреті" бағыты бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      үшінші біліктілік санатты басшы - 55%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      екінші біліктілік с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анатты басшы - 60%;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      бірінші біліктілік санатты басшы - 70 %;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="36" w:name="z38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      27. Ұлттық біліктілік тестілеудің нәтижесі бір жылға жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="37" w:name="z39"/>
+      <w:bookmarkEnd w:id="36"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      28. Ұлттық тестілеу аяқталғаннан кейін педагог нәтижелерімен (негіздемелермен дұрыс және дұрыс емес жауаптармен) та</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>нысады және негіздемелермен келіспеген жағдайда республикалық апелляциялық комиссияға ақпараттық коммуникациялық технологиялар арқылы апелляция береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="38" w:name="z40"/>
+      <w:bookmarkEnd w:id="37"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      29. Бірыңғай өлшемшарттардың сақталуын қамтамасыз ету және тест тапсырмаларын бағалау кезінде даул</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ы мәселелерді шешу, тестілеу өткізу кезеңінде тестіленетін құқықтарды қорғау мақсатында ақпараттық коммуникациялық технологиялар арқылы апелляцияларды қабылдауды қамтамасыз ететін Республикалық апелляциялық комиссия өз қызметін жүзеге асырады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="39" w:name="z41"/>
+      <w:bookmarkEnd w:id="38"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      30. Ре</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>спубликалық апелляциялық комиссияның төрағасы мен құрамы білім беру саласындағы уәкілетті органның бұйрығымен бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="40" w:name="z42"/>
+      <w:bookmarkEnd w:id="39"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      31. Республикалық апелляциялық комиссия өкілеттігінің қолданылу мерзімі бір жылды құрайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="41" w:name="z43"/>
+      <w:bookmarkEnd w:id="40"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      32. Апелляция мынадай жағдайлар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>да қаралады:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="41"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) тест тапсырмаларының мазмұны бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      дұрыс жауаптың жоқтығын негіздей отырып келіспеймін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      дұрыс жауап жоқ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      барлық ұсынылған жауаптардың ішінен бір дұрыс жауапты таңдау арқылы тест тапсырмаларында біреуден артық дұры</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>с жауап бар (дұрыс жауаптардың барлық нұсқалары көрсетіледі);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      дұрыс құрастырылмаған тест тапсырмасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       2) техникалық себептер бойынша: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      тест тапсырмаларында фрагменттің немесе мәтіннің болмауы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="42" w:name="z44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      33. Тест тапсырмаларының мазмұны </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бойынша апелляция берген кезде педагог дәлелді негіздемені (толық түсініктеме) көрсетеді. Әрбір тапсырма бойынша дәлелді негіздемені көрсетпей (толық түсініктеме, тапсырмаларды қадамдық шешу) барлық тест тапсырмаларын қайта қарау бойынша апелляцияға өтініш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қарауға жатпайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="43" w:name="z45"/>
+      <w:bookmarkEnd w:id="42"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      34. Республикалық апелляциялық комиссияның шешімдері хаттамамен ресімделеді, оған төраға, хатшы және комиссия мүшелері қол қояды. Республикалық апелляциялық комиссия отырыстарының хаттамалары тестілеуді өткізуге жауапты ұйымда бір </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жыл бойы сақталады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="44" w:name="z46"/>
+      <w:bookmarkEnd w:id="43"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      35. Онлайн-қабылдау режимінде қаралған апелляция нәтижелері бойынша жеке кабинетте апелляцияны есепке ала отырып, нәтижелер көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="45" w:name="z47"/>
+      <w:bookmarkEnd w:id="44"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      36. Тестілеудің теріс нәтижесін көрсеткен аттестатталушылар аттестаттаудың екінші кезең</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іне жіберілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="46" w:name="z48"/>
+      <w:bookmarkEnd w:id="45"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      37. Ұлттық біліктілік тестілеудің оң нәтижесі болған жағдайда педагогтің өтініші негізінде (қолданыстағы санат мерзімі өткенге дейін) одан әрі аттестаттау рәсімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="46"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       педагогтер үшін – "Педагог мәртебесі туралы" Қазақстан Республ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>икасы Заңының 14-бабына сәйкес біліктілік санатын беру (растау);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      білім беру ұйымдарының басшылары үшін - осы Қағидалардың 3-тарауына сәйкес жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="47" w:name="z49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      38. Аттестаттау бойынша мемлекеттік көрсетілетін қызметті алу үшін осы Қағидаларға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>6-қосымшаға сәйкес нысан бойынша:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="47"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Педагог облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдарына (бұдан әрі - ЖАО) немесе білім беру ұйымдарына не "Азаматтарға </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арналған үкімет "Мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      республикалық білім беру ұйымдарының педагогі Қазақстан Республикасы Білім және ғылым министрлігіне, республикалық ведомстволық бағынысты білім беру ұйымдарына не</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мемлекеттік корпорация арқылы өтініш ұсына алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="48" w:name="z50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      39. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагог қыз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>меткерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттар қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - педагогтерге біліктілік санаттарын беру (растау) жөніндегі мемлекеттік көрсеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>летін қызметті) облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен ке</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>йінгі білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="49" w:name="z51"/>
+      <w:bookmarkEnd w:id="48"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      40. "Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық бағынысты білім беру </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ұйымдарының педагог қызметкерлері мен оларға теңестірілген тұлғаларға біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызметті (бұдан әрі - республикалық білім беру ұйымдары педагогтерінің білі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ктілік санаттарын беру (растау) жөніндегі мемлекеттік қызметті) Қазақстан Республикасы Білім және ғылым министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="50" w:name="z52"/>
+      <w:bookmarkEnd w:id="49"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">       41. Мемлекеттік қызметтер көрсету процесінің сипаттамасын, н</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ысанын, мазмұны мен нәтижесін, сондай-ақ мемлекеттік қызметтер көрсету ерекшеліктерін ескере отырып өзге де мәліметтерді қамтитын мемлекеттік қызметтер көрсетуге қойылатын негізгі талаптар тізбесі осы Қағидаларға 7, 8-қосымшаларға сәйкес педагогтерді, оның</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ішінде республикалық білім беру ұйымдарының педагогтерін аттестаттау жөніндегі мемлекеттік көрсетілетін қызметтердің тиісті стандарттарында келтірілген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="51" w:name="z53"/>
+      <w:bookmarkEnd w:id="50"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      42. Көрсетілетін қызметті алушының жеке басын куәландыратын құжаттардың мәліметтерін Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> корпорация қызметкері тиісті мемлекеттік ақпараттық жүйелерден "электрондық үкімет" шлюзі арқылы алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="52" w:name="z54"/>
+      <w:bookmarkEnd w:id="51"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       43. Өтініш беруші мемлекеттік көрсетілетін қызмет стандартында көзделген құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өтк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ен құжаттарды берген жағдайда, ЖАО-ның, білім беру ұйымының, республикалық ведомстволық бағынысты білім беру ұйымының, білім беру саласындағы уәкілетті органның жауапты қызметкері не Мемлекеттік корпорация қызметкері осы Қағидаларға 9-қосымшаға сәйкес ныса</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="53" w:name="z55"/>
+      <w:bookmarkEnd w:id="52"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      44. Мемлекеттік корпорация арқылы ұсынылған құжаттар толық болған жағдайда, өтініш берушіге дайын құжаттарды беру күнін көрсете отырып, құжаттардың қабылданғаны туралы қолхат беріледі. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Қалыптастырылған өтініштерді (құжаттар топтамасымен бірге) Мемлекеттік корпорация тиісті ЖАО-ға, білім беру ұйымына, республикалық ведомстволық бағынысты білім беру ұйымына не білім беру саласындағы уәкілетті органға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="54" w:name="z56"/>
+      <w:bookmarkEnd w:id="53"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      45. Мемлекеттік корпора</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ция арқылы мемлекеттік қызмет көрсету кезінде өтініштер мен құжаттарды қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="55" w:name="z57"/>
+      <w:bookmarkEnd w:id="54"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       46. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымдары немесе білім беру саласындағы уәк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ілетті орган арқылы құжаттарды қабылдау кезінде ұсынылған құжаттардың толықтығы және өтініш берушінің осы Қағидалардың талаптарына сәйкестігі тексеріледі, қорытындысы бойынша осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша өтініштің және тиісті құжаттард</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ың қабылдағаны туралы қолхат не мемлекеттік қызмет көрсетуден дәлелді бас тарту беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="56" w:name="z58"/>
+      <w:bookmarkEnd w:id="55"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      47. Мемлекеттік қызмет көрсетуден бас тарту негіздері тиісті мемлекеттік қызмет стандартында көзделген.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="57" w:name="z59"/>
+      <w:bookmarkEnd w:id="56"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      48. Мемлекеттік корпорация арқылы жүгінген жағдайд</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>а 46-тармақта көрсетілген іс-әрекет тиісті ЖАО-ға, білім беру ұйымдарына, республикалық ведомстволық бағынысты білім беру ұйымдарына, білім беру саласындағы уәкілетті органға құжаттар келіп түскен және тіркелген күні жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="58" w:name="z60"/>
+      <w:bookmarkEnd w:id="57"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      49. Мемлекеттік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қызметті көрсету нәтижесін тиісті ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган Мемлекеттік корпорацияға мемлекеттік қызмет көрсету мерзімі аяқталғанға дейін бір тәуліктен кешіктірмей </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жеткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="59" w:name="z61"/>
+      <w:bookmarkEnd w:id="58"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      50. Мемлекеттік корпорация арқылы жүгінген жағдайда дайын құжаттарды беру жеке басын куәландыратын құжаттарды не Қазақстан Республикасының азаматтық заңнамасына сәйкес берілген құжат негізінде әрекет ететін оның өкілін ұсынған кезде Мемлек</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еттік корпорацияның жұмыс кестесіне сәйкес жүзеге асырылады, онда өкілдің тиісті өкілеттіктері көрсетіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="60" w:name="z62"/>
+      <w:bookmarkEnd w:id="59"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       51. ЖАО, білім беру ұйымы, республикалық ведомстволық бағынысты білім беру ұйымы, білім беру саласындағы уәкілетті орган "Мемлекеттік көрсеті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>летін қызметтер туралы" Қазақстан Республикасы Заңының 5-бабы 2-тармағының 11) тармақшасына сәйкес ақпараттандыру саласындағы уәкілетті орган белгілеген тәртіппен мемлекеттік қызметтер көрсету мониторингінің ақпараттық жүйесіне мемлекеттік қызмет көрсету с</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>атысы туралы мәліметтерді енгізуді қамтамасыз етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="61" w:name="z63"/>
+      <w:bookmarkEnd w:id="60"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      52. Мемлекеттік қызметтер көрсету мәселелері бойынша көрсетілетін қызметті берушінің шешіміне, әрекетіне (әрекетсіздігіне) шағым көрсетілетін қызметті беруші басшысының атына, Қазақстан Республикас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ының заңнамасына сәйкес мемлекеттік қызметтер көрсету сапасын бағалау және бақылау жөніндегі уәкілетті органға берілуі мүмкін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="62" w:name="z64"/>
+      <w:bookmarkEnd w:id="61"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       53. "Мемлекеттік көрсетілетін қызметтер туралы" Қазақстан Республикасы Заңының 25-бабының 2) тармақшасына сәйкес мемлекетт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ік қызметті тікелей көрсеткен көрсетілетін қызметті берушінің атына келіп түскен көрсетілетін қызметті алушының шағымы тіркелген күнінен бастап 5 (бес) жұмыс күні ішінде қаралуға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="63" w:name="z65"/>
+      <w:bookmarkEnd w:id="62"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      54. Педагогтерді аттестаттау үшін тиісті саланың уәкілетті орга</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ндарында, облыстың, республикалық маңызы бар қаланың және астананың, ауданның (облыстық маңызы бар қаланың) білім беруді басқару органдарында (бұдан әрі - аттестаттаушы орган) осы мемлекеттік органдардың бірінші басшысының бұйрығымен комиссиялар құрылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="64" w:name="z66"/>
+      <w:bookmarkEnd w:id="63"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       55. Комиссия құрамына мемлекеттік органдардың, оның ішінде жергілікті өкілді және атқарушы органдардың, еңбек жөніндегі уәкілетті мемлекеттік </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>органның, мемлекеттік қызмет істері жөніндегі уәкілетті органның, құқық қорғау органдарының өкілдері, кәсіп</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">одақтардың, үкіметтік емес ұйымдардың білім беру ұйымдарының алқалы басқару органдарының, қоғамдық кеңестердің өкілдері, сондай-ақ аттестаттаушы органның құрылымдық бөлімшелерінің қызметкерлері кіруі мүмкін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="65" w:name="z67"/>
+      <w:bookmarkEnd w:id="64"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       56. Комиссия мүшелерінің тақ санынан тұр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ады, бұл ретте құрамы жеті мүшеден кем болмауы тиіс. Комиссия мүшелері Комиссия отырысына алмастыру құқығынсыз қатысады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="66" w:name="z68"/>
+      <w:bookmarkEnd w:id="65"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       57. Комиссия төрағасы педагогтерді аттестаттаудан өткізетін мемлекеттік органның басшысы болып табылады. Төрағаның орынбасары к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">омиссия мүшелерінің арасынан сайланады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="67" w:name="z69"/>
+      <w:bookmarkEnd w:id="66"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       58. Хатшы оның комиссия мүшесі болып табылмайды. Комиссия хатшысы комиссия отырысына материалдарды, қажетті құжаттарды дайындайды, хаттаманы ресімдейді және қол қояды және дауыс беруге қатыспайды. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="68" w:name="z70"/>
+      <w:bookmarkEnd w:id="67"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      59. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссияның отырысы, егер оған оның құрамының кемінде 2/3-сі қатысса, заңды деп есептеледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="69" w:name="z71"/>
+      <w:bookmarkEnd w:id="68"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      60. Дауыс беру нәтижелері Комиссия мүшелерінің көпшілік дауысымен айқындалады. Дауыстар тең болған жағдайда Комиссия төрағасының дауысы шешуші болып табылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="70" w:name="z72"/>
+      <w:bookmarkEnd w:id="69"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       61. Комиссия отырыстарында аудио және бейне жазба жүргізіледі. Аудио және бейне жазбалар архивте кемінде үш жыл сақталады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="71" w:name="z73"/>
+      <w:bookmarkEnd w:id="70"/>
+      <w:r>
+        <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Глава 1. Общие положения</w:t>
-[...8 lines deleted...]
-      <w:bookmarkEnd w:id="15"/>
+        <w:t xml:space="preserve"> 3-тарау. Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім берудің білім беру бағдарламаларын іске асыратын білім беру ұйымдарының басшылары мен басшыларының орынбасарларын аттестаттаудан өткізу тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="72" w:name="z74"/>
+      <w:bookmarkEnd w:id="71"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
-        <w:t>      1. Настоящие Правила и условия проведения аттестации педагогов, занимающих должности в организациях образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего обр</w:t>
-[...21 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      62. Білім беру ұйымдарының басшылары мен басшыларының орынбасарлары (бұдан әрі – аттестатталушы) Комиссияға осы Қағидаларға 11-қосымшаға сәйкес нысан бойынша үміткердің біліктілік санатын көрсете отырып өтініш береді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="73" w:name="z75"/>
+      <w:bookmarkEnd w:id="72"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      63. Білім беру ұйымдары б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>асшыларының орынбасарларын (бұдан әрі – аттестатталушы) аттестаттау портфолио негізінде біліктілік бағалауды және қызмет қорытындыларын кешенді талдамалық жалпылауды ғана қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="74" w:name="z76"/>
+      <w:bookmarkEnd w:id="73"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      64. Аттестатталушы аттестаттау кезінде алғаш рет кез келген біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санаттарына өтініш бере алады. Әрі қарай - бірізділікті сақтай отырып береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="75" w:name="z77"/>
+      <w:bookmarkEnd w:id="74"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      65. Аттестаттау қабылданған сәттен бастап үш жыл кезең өткеннен кейін алты айдан кешіктірілмей өткізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="76" w:name="z78"/>
+      <w:bookmarkEnd w:id="75"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего образования, образоват</w:t>
-[...191 lines deleted...]
-      <w:bookmarkEnd w:id="24"/>
+        <w:t>      66. Қызметкердің жүктілігі және босануы бойынша демалыста,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бала үш жасқа толғанға дейін оның күтіміне байланысты демалыста, жаңа туған баланы (балаларды) асырап алған қызметкерлерге арналған демалыста, сондай-ақ егер ауру Денсаулық сақтау саласындағы уәкілетті мемлекеттік орган бекітетін еңбекке қабілетсіздіктің </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>анағұрлым ұзақ мерзімі белгіленген аурулар тізбесіне кіретін болса, еңбекке жарамсыздық парағында болуын қоспағанда, білім беру ұйымдарының барлық басшылары мен басшының орынбасарлары аттестаттауға жатады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="77" w:name="z79"/>
+      <w:bookmarkEnd w:id="76"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      67. Бала күтімі бойынша демалыста жүрген атт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>естатталушы қызметке шыққаннан кейін кемінде алты ай өткен соң аттестатталады. Осы тармақта көрсетілген басқа да тұлғаларды аттестаттау аталған тұлғаның қызметке шығуы бойынша аттестаттау кестесімен айқындалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="78" w:name="z80"/>
+      <w:bookmarkEnd w:id="77"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      68. Білім беру ұйымдары басшыларының о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>рынбасарларын аттестаттау портфолио ұсынған аттестатталушының кәсіби шеберлігі мен жетістіктерін ескере отырып жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="79" w:name="z81"/>
+      <w:bookmarkEnd w:id="78"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      69. Білім беру ұйымдарының басшыларын аттестаттауды өткізуге дайындықты білім беру ұйымдарындағы жауапты орындаушылар, ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тестаттаушы органның кадр қызметі ұйымдастырады және келесі іс-шараларды қамтиды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="79"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) басшыларға (бұдан әрі-аттестатталушы) қызметтік мінездемені, ұлттық біліктілік тестілеуден өткені туралы анықтаманы, жұмыс тиімділігінің көрсеткіштері бойынша талдам</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алық есепті қамтитын қажетті құжаттарды дайындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) аттестация өткізу кестесін бекіту.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      70. Аттестаттаушы органның кадр қызметі жыл сайын 20 желтоқсанға дейін келесі жылы аттестаттауға жататын аттестатталушылардың тізімін айқындайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="80" w:name="z82"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      71. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Аттестаттаушы органның басшысы органның кадр қызметінің ұсынысы бойынша жыл сайын 25 желтоқсаннан кешіктірмей бұйрық шығарады, онда аттестатталушылардың тізімі, аттестаттауды өткізу кестесі және комиссияның құрамы бекітіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="81" w:name="z83"/>
+      <w:bookmarkEnd w:id="80"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      72. Аттестаттаушы органн</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ың кадр қызметі жыл сайын 30 желтоқсаннан кешіктірмей аттестатталушыларды аттестаттауды өткізу мерзімі туралы жазбаша хабардар етеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="82" w:name="z84"/>
+      <w:bookmarkEnd w:id="81"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      73. Аттестатталушыларға қызметтік мінездеме қамқоршылық кеңеспен және аттестаттаушы органның кадр қызметімен ресімде</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>леді. Қызметтік мінездеме аттестатталушының кәсіби, жеке қасиеттері мен қызметтік іс-әрекетінің нәтижелеріне негізделген, объективті бағалауды қамтиды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="83" w:name="z85"/>
+      <w:bookmarkEnd w:id="82"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">      8) национальное квалификационное тестирование – процедура, проводимая в целях определения уровня профессиональной компетентности педагогов, по тестам, разработанным уполномоченным </w:t>
-[...310 lines deleted...]
-      <w:bookmarkEnd w:id="41"/>
+        <w:t xml:space="preserve">       74. Аттестатталушы органның кадр қызметі аттестатталушыға осы Қағидаларға 12-қосымшаға сәйкес ныс</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ан бойынша аттестаттау парағын ресімдейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="84" w:name="z86"/>
+      <w:bookmarkEnd w:id="83"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      75. Аттестаттаушы органның кадр қызметі аттестаттауға құжаттарды қабылдау кезінде біліктілік баға береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="85" w:name="z87"/>
+      <w:bookmarkEnd w:id="84"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      76. Құжаттар топтамасы толық болмаған жағдайда аттестаттаушы органның кадр қызметі құжаттарды қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>абылдамайды және аттестатталушыға дәлелді бас тартуды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="86" w:name="z88"/>
+      <w:bookmarkEnd w:id="85"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      77. Аттестаттаушы органның кадр қызметі жиналған аттестаттау материалдарын комиссияға жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="87" w:name="z89"/>
+      <w:bookmarkEnd w:id="86"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      78. "Білім беру ұйымы басшысының орынбасары", "білім беру ұйымының басшысы" </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>біліктілік санаты лауазымға тағайындалған кезде автоматты түрде беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="88" w:name="z90"/>
+      <w:bookmarkEnd w:id="87"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       79. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "үшінші біліктілік санатты басшының орынба</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">сары" біліктілік санатына үміткер болады. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="88"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      білім беру ұйымының мақсаттары мен міндеттеріне сәйкес мектепішілік бақылаудың (сапаны бақылаудың) алуан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түрлерін пайдаланудың нәтижелілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      оқу/сабақ талдауының (оқуды/сабақты бақылау журналы (парақтары) оқуды/сабақты бақылау бағдарламасына сәйкестігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      педагогтердің біліктілік санаттарын, мектепішілік бақылауды (сапаны бақылауды) жүзеге асыру үші</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н білім алушылардың ерекшеліктерін ескере отырып деңгейлік дескрипторларды пайдаланудың нәтижелілігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       жетекшілік ететін бағыт бойынша аудандық/қалалық деңгейде жұмыс тәжірибесін жалпылау және тарату. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="89" w:name="z91"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      80. Аттестатталушы тиісті бейіні бойынша п</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>едагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "екінші біліктілік санатты басшының орынбасары" біліктілік санатына үміткер болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="89"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>амасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мектепішілік бақылау (сапаны бақылау) үшін білім беру ұйымдарының ресурстарын (цифрлық, кадрлық, материалдық-техникалық) ұтымды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      8. При подаче за</w:t>
-[...431 lines deleted...]
-      <w:bookmarkEnd w:id="66"/>
+        <w:t>      бақылау-өлшеу материалдарының алуан түрлерін пайдалану және олардың ақпараттылығы: оқу же</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тістіктерінің көрсеткіштері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мектепішілік бақылауды ұйымдастыруда кері байланыс пен түзету қызметінің тиімділігі: "тігінен" (әкімшілік - мұғалім) және "көлденеңінен" (басқару субъектілері арасында);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      облыстық деңгейде жетекшілік ететін бағыт бой</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ынша жұмыс тәжірибесін жалпылау және тарату.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="90" w:name="z92"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      81. Аттестатталушы тиісті бейіні бойынша педагогикалық немесе өзге де кәсіби білімі не педагогикалық қайта даярлаудан өткен жағдайда "бірінші біліктілік санатты басшының орынбасары" біліктілік санатына үмі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ткер болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="90"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Бұл ретте:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      төменде көрсетілген кемінде үш көрсеткіштің орындалуы қамтамасыз етіледі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мектепішілік бақылау (сапаны бақылау) нәтижелерінің объективтілігі мен пәрменділігі: өлшенетін көрсеткіштердің динамикасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мектепішілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к бақылауды ұйымдастырудағы инновациялық тәсіл;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      талдамалық материалдардың сапасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      жетекшілік ететін бағыт бойынша жұмыс тәжірибесін республикалық немесе халықаралық деңгейде жалпылау және тарату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       педагогтердің әртүрлі санаттарымен сарала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">нған жұмыс жүйесі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="91" w:name="z93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       82. Тиісті деңгейдегі комиссиясы мынадай біліктілік санаттарын береді: </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="91"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "үшінші санатты басшы", "үшінші санатты басшының орынбасары" - аудандардың (қалалардың) білім бөлімдерінің, республикалық маңызы бар және астаналық қал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алары білім басқармаларының аттестаттау комиссиясы; облыстық ведомстволық бағынысты ұйымдар үшін - облыстық білім басқармаларының аттестаттау комиссиясы; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тау комиссиясы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       "екінші санатты басшы", "бірінші санатты басшы", "екінші санатты басшының орынбасары", "бірінші санатты басшының орынбасары" - облыстардың, республикалық маңызы бар және астаналық қалалары білім басқармаларының аттестаттау комиссиясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; республикалық ведомстволық бағынысты ұйымдар үшін - білім беру саласындағы уәкілетті органның аттестаттау комиссиясы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="92" w:name="z94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      83. Комиссия аттестатталушы білім беру ұйымдары басшыларының қатысуымен аттестаттауды өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="93" w:name="z95"/>
+      <w:bookmarkEnd w:id="92"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">       "Основы психологии" - тридцать заданий; </w:t>
-[...341 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve">      84. Аттестатталушы дәлелді </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>себеп бойынша комиссия отырысына келмеген жағдайда, оны аттестаттау мәселесін қарау күнтізбелік жеті күннен аспайтын мерзімге ауыстырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="94" w:name="z96"/>
+      <w:bookmarkEnd w:id="93"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       85. Аттестатталушы дәлелсіз себептермен болмаған жағдайда аттестаттаудың белгіленген күнінен бастап күнтізбел</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ік жеті күн өткен соң қайта аттестаттау тағайындалады. Дәлелсіз себептермен қайта келмеген жағдайда білім беру ұйымдарының басшылары аттестатталмаған деп есептеледі және Қазақстан Республикасы Еңбек кодексінің 52-бабы 1-тармағының 4) тармақшасы тәртібімен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>жұмыс берушінің бастамасы бойынша жұмыстан шығарылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="95" w:name="z97"/>
+      <w:bookmarkEnd w:id="94"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      86. Отырыс барысында Комиссия ұсынылған материалдарды зерделейді, аттестатталатын адамды тыңдайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="96" w:name="z98"/>
+      <w:bookmarkEnd w:id="95"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      87. Ұсынылған материалдарды зерделеу және аттестаттау комиссиясының әрбір мүшесімен әңгімелесу нәтижелері бойынша осы Қағидаларға 13-қосымшаға сәйкес нысан бойынша аттестатталушыға бағалау парағы толтырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="97" w:name="z99"/>
+      <w:bookmarkEnd w:id="96"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       88. Осы Қағидаларға 14-қосымшада б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>елгіленген көрсеткіштердің орындалуын аттестатталушы әңгімелесуде ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="98" w:name="z100"/>
+      <w:bookmarkEnd w:id="97"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      89. Білім беру ұйымдары басшыларының орынбасарларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="98"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына атт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>естатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген санатты растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="99" w:name="z101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      90. Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде білім беру ұйымы басшысының орынбасары о</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>сы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап бір жылдан ерте емес уақытта қайта аттестаттауға өтеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="100" w:name="z102"/>
+      <w:bookmarkEnd w:id="99"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      91. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="100"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына аттестатт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген санатты растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="101" w:name="z103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      92. Қайта аттестаттау кезінде Комиссия "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда қолда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бар біліктілік санаты бір деңгейге төмендейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="102" w:name="z104"/>
+      <w:bookmarkEnd w:id="101"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      93. Білім беру ұйымдарының басшыларын аттестаттау нәтижелері бойынша Комиссия мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="102"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>просмотре видеозаписи, независимо от срока сдачи, составляется акт и производится аннулирование результатов.</w:t>
-[...334 lines deleted...]
-      <w:bookmarkEnd w:id="98"/>
+        <w:t>      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген білікті</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>лік санатына ротациямен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="103" w:name="z105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      94. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Комиссия "өтініш берілген санатқа аттестатталмады" деген шешім қабылдаған кезде аттестатталушы осы Қағидаларға сәйкес аттестаттаудан өткен күннен бастап үш айдан ерте емес (аттестатталатын кезең үшін бір реттен артық емес) уақытта қайта аттестаттауға өтеді</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="104" w:name="z106"/>
+      <w:bookmarkEnd w:id="103"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      95. Комиссия қайта аттестаттауды өткізу кезінде мынадай шешімдердің бірін қабылдайды:</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="104"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына ротациямен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік сана</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>тына растаумен аттестатталды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      өтініш берілген біліктілік санатына аттестатталмады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      еңбек шартты бұзуымен өтініш берілген біліктілік санатына аттестатталмады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="105" w:name="z107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      96. Комиссия "бірінші біліктілік санатты басшы" немесе "екінші біліктілік санатт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ы басшы" біліктілік санаты бар аттестатталушыда қайта аттестаттау кезінде "өтініш берілген біліктілік санатына аттестатталмады" деген шешім қабылдаған жағдайда, біліктілік санаты бір деңгейге төмендейді; "үшінші біліктілік санатты басшы" біліктілік санаты </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>бар басшылармен еңбек шарты бұзылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="106" w:name="z108"/>
+      <w:bookmarkEnd w:id="105"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      97. Аттестатталушы комиссияның шешімімен танысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="107" w:name="z109"/>
+      <w:bookmarkEnd w:id="106"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       98. Комиссияның шешімі осы Қағидаларға 15-қосымшаға сәйкес хаттамамен ресімделеді, оған Комиссия хатшысы мен оның отырысына қатысқан Комиссия мүшелері қол</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қояды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="108" w:name="z110"/>
+      <w:bookmarkEnd w:id="107"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      99. Комиссия шешімі аттестатталушылардың аттестаттау парақтарына енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="109" w:name="z111"/>
+      <w:bookmarkEnd w:id="108"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      100. Аттестаттаудан өткен аттестатталушының аттестаттау парағы және оған қызметтік мінездеме жеке ісінде сақталады. Комиссияның шешімі аттестатталушының </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>қызметтік тізіміне енгізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="110" w:name="z112"/>
+      <w:bookmarkEnd w:id="109"/>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       101. Комиссияның шешімі жыл сайын ағымдағы жылдың 15 шілдесінен және 25 желтоқсанынан кешіктірілмей аттестаттаушы органның бұйрығымен ресімделеді. Тиісті бұйрықтың негізінде осы Қағидаларға 16-қосымшаға сәйкес біліктіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ік бере отырып (растай отырып) аттестаттау туралы куәлік беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="111" w:name="z113"/>
+      <w:bookmarkEnd w:id="110"/>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      23. При п</w:t>
-[...3875 lines deleted...]
-        <w:t xml:space="preserve"> Удостоверение об аттестации с присвоением (подтверждением) квалификации регистрируется в журнале регистрации и выдачи удостоверений согласно приложению 17 к настоящим Правилам.</w:t>
+        <w:t xml:space="preserve">       102. Біліктілік берілетін (расталатын) аттестаттау туралы куәлік осы Қағидаларға 17-қосымшаға сәйкес куәліктерді тіркеу және беру журналында тіркеледі.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5664"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="303"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:bookmarkEnd w:id="111"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 1 Правилам</w:t>
-[...204 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында л</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарын</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(Руководителю организации по</w:t>
-[...9 lines deleted...]
-              <w:t>проведению тестирования)</w:t>
+              <w:t>(тестілеуді өткізу бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымның басшысына)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="304" w:name="z322"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Заявление на участ</w:t>
+        <w:t xml:space="preserve"> Ұлттық бі</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>ие в национальном квалификационном тестировании</w:t>
-[...183 lines deleted...]
-        <w:t>      Образование:</w:t>
+        <w:t>ліктілік тестілеуге қатысуға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мен, _________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЖСН _______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      мені келесі тест тапсырмалары бойынша ұлттық біліктілік тестілеуге қатысуға рұқсат беруіңізді сұраймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      ________ аттестаттауға 20___ жыл. Бүгінгі </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>таңда ____(күні) ___ (айы) ______ жылғы дейін жарамды біліктілік санатына иемін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Өзім туралы мынадай мәліметтерді хабарлаймын:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1299"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7300"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...109 lines deleted...]
-              <w:t>(квалификация), указанная в дипломе об образовании или документе о переподготовке с присвоением соответствующей квалификации по занимаемой должности</w:t>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломда немесе атқ</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1163" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
-[...21 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9974" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-        <w:t>      Стаж работы:</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="665"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="2386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
-[...129 lines deleted...]
-              <w:t>Руководителем (заместителем руководителя) организации образования</w:t>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8242" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...101 lines deleted...]
-        <w:t xml:space="preserve">                               (подпись)</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып____________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Тестілеуді тапсыру тілі (қажеттісінің астын сызу): қазақ/орыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымының басшысы жұмыс істейт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, арнайы білім беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау қағидаларымен, Ұлттық біліктілік тестілеу туралы нұсқаулықпе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>н таныстым.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="311"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 2 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="312" w:name="z332"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Пропуск на участие в национальном квалификационном тестировании</w:t>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуге қатысуға рұқсаттама</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5"/>
-        <w:gridCol w:w="4631"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="3736"/>
+        <w:gridCol w:w="4681"/>
+        <w:gridCol w:w="1261"/>
+        <w:gridCol w:w="3680"/>
         <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="312"/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> Область/Район/Школа </w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> Облыс/Аудан/Мектеп </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...74 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ПЕДАГОГКЕ РҰҚСАТТАМА</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Т.А.Ә.:______________________ АКТ: ___________________ </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:t>[MISSING IMAGE: ,  ]</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">ИИН: </w:t>
-[...46 lines deleted...]
-              <w:t>Место тестирования:</w:t>
+              <w:t>ЖСН: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Жоспарланған біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санаты: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог қызметкер жұмыс істейтін білім беру ұйымының деңгейі: ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеу орны:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>______________________________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Адре</w:t>
-[...6 lines deleted...]
-              <w:t>с: ________________________________________________________________</w:t>
+              <w:t>Мекенжайы: _________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_______________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>Аудитория: ________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Язык сдачи тестирования: ________________________________</w:t>
-[...36 lines deleted...]
-              <w:t>Предметы тестирования: 1. _____________________________________________</w:t>
+              <w:t>Тестілеудің тапсыру тілі: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеу күні: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тестілеуге тіркелудің басталу уақыты: ________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Тестілеу пәндері: </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1. _____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2. _____________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председатель</w:t>
-[...56 lines deleted...]
-              <w:t>Дата выдачи пропуска: __________________________________________________</w:t>
+              <w:t>Аттестаттау</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>комиссиясының төрағасы: ___________ ________________________________ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагог: ___________ ___________________</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>_____________ (қолы) (Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рұқсат беру күні: __________________________________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5780" w:type="dxa"/>
-[...67 lines deleted...]
-            <w:tcW w:w="6520" w:type="dxa"/>
+            <w:tcW w:w="5836" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогке жадынама:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Педагогтің өзімен бірге тестілеуге рұқсат қағазы және жеке басын куәландыратын құжаттың түпнұсқасы (жеке куәлік н</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">емесе паспорт) болуы тиіс. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогті тіркеу аяқталғанға дейін тестілеу орнына келуі қажет. Педаготі тіркеу 45 минут жүзеге асырылады және тестілеу басталғанға дейін 15 минут қалғанда аяқталады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6464" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...107 lines deleted...]
-        <w:bookmarkEnd w:id="315"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогке:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өзімен бірге анықтамалық әдебиеттерді, жазба кітап</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тарын, диктофондарды, ұялы телефондарды, электрондық құрылғыларды және сол сияқтыларды, сондай-ақ тестілердің мазмұнын және оларға дұрыс жауаптар кодтарын ашатын мәліметтерді алып жүруге немесе пайдалануға;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқа педагогтермен сөйлесуге;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орнынан орын ауыст</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ыруға;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезекшінің рұқсатынсыз аудиториядан шығуға жол берілмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ереже бұзылған және тыйым салынған заттар анықталған жағдайда тиісті акт жасалады, педагог аудиториядан шығарылады, нәтижелері жойылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нәтижелері бейне материалдарды зерттеу шеңберінде тес</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тілеу аяқталғаннан кейін де жойылуы мүмкін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс істеу үшін әрбір педагогке А4 форматындағы үш парақ беріледі. Тестілеу аяқталғаннан кейін Министрлік өкіліне парақтарды тапсыру қажет.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...35 lines deleted...]
-        <w:bookmarkEnd w:id="316"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мен жадынамамен таныстым және наразылығым жоқ.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Рұқсаттамадағы деректер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> дұрыс екенін растаймын _______________________________________________________________________</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(Педагогтің қолы)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Приложение 3 к </w:t>
-[...36 lines deleted...]
-              <w:t>занимающих должности в</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағдарламаларын, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>техникалық</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>организациях образования,</w:t>
-[...156 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді атт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>естаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="317" w:name="z366"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Акт обнаружения предметов и удаления из аудитории педа</w:t>
-[...181 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Аудиторияда тәртіп ережесін бұзған педагогті аудиториядан шығару және заттарды табу актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Тестілеуді өткізу орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "______"_______________20____ж. ______сағ._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы акт _____________________ туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      педагог__________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      АКТ_________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (аудитория № ___, орны № ____, нұсқа № _______) тестілеу уақытында аудиторияда жүріс-тұрыс ережесін бұзды):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      бұзушылық фактісі. Осы фактінің негізінде материалдар алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу қорытындысы жойылды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Актімен таныстым: ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аудитория бойынша кезекші ______________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Тестілеуді өткізуге жауа</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">пты ____________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Комиссия төрағасы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>образования удален из аудитории, результаты тестирования аннулированы.</w:t>
-[...106 lines deleted...]
-        <w:t>Место печати</w:t>
+        <w:t>      Күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="319"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 4 к Пра</w:t>
-[...203 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытудың, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдард</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="320" w:name="z371"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Акт выявления подставного лица на тест</w:t>
-[...122 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Тестілеуде бөгде адамды анықтау актісі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Тестілеуді өткізу орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "______"_______________20____ж. ______сағ._______мин.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы акт __________________________________________________ жасалды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      азамат тестілеу тапсыру барысында</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________ фактісі анықталды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________ педагогтің орнына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      АКТ_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>   Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Осы фактінің негізінде аудиторияға кірген жағдайда материал алынды, білім беру ұйымының басшысы аудиториядан шығарылды, тестілеу нәтижелері жойылды; ғимаратқа кірген кезде жалған тұлғаны анықтаған жағдайда-тестілеуді т</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">апсырғанға дейін жіберілмеуі. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Актімен таныстым: __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (педагогтің Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аудитория бойынша кезекші __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    Тестілеуді өткізуге жауапты ______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>(Ф.И.О. (при наличии)</w:t>
-[...192 lines deleted...]
-        <w:t>Место печати</w:t>
+        <w:t>      (Т.А.Ә.) (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Комиссия төрағасы _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Күні:________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мөр орны</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="322"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 5 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t xml:space="preserve">Мектепке </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="323" w:name="z376"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">        Справка о прохождении национального квалификационного тестирования</w:t>
-[...82 lines deleted...]
-        <w:t>на квалификационную категорию _________________________________.</w:t>
+        <w:t xml:space="preserve"> Ұлттық біліктілік тестілеуден өткені туралы анықтама </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________біліктілігі бойынша _____________ қаласында 20______жылғы _____айы_____күні ұлттық біліктілік тестілеуге қатысты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2082"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1210"/>
+        <w:gridCol w:w="1818"/>
+        <w:gridCol w:w="2783"/>
+        <w:gridCol w:w="3139"/>
+        <w:gridCol w:w="1922"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="324"/>
-[...11 lines deleted...]
-              <w:t>Наименование модуля</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үлг</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>і атауы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...75 lines deleted...]
-              <w:t>Количество набранных баллов</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тест тапсырмаларының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4223" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ең жоғарғы балл саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жиналған балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2385" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-              <w:t>Знание законодательства</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Заңды білуі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3305" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3305" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="4223" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="0" w:type="auto"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...58 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Барлығы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...20 lines deleted...]
-        <w:t>(Ф.И.О. (при наличии), подпись)</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Жауапты тұлға: _____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә., (бар болған жағдайда), қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5664"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="325"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 6 к Правилам</w:t>
-[...189 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педаго</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председателю аттестационной</w:t>
-[...9 lines deleted...]
-              <w:t>комиссии</w:t>
+              <w:t>Аттестаттау комиссиясының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование организации</w:t>
-[...66 lines deleted...]
-              <w:lastRenderedPageBreak/>
+              <w:t>(білім беру ұйымының атауы),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">аудандық (қалалық) </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бөлімдері,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облыстардың, облыстардың,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық маңызы бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қалалардың және астананың</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім басқармалары, уәкілетті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC57B0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="326" w:name="z382"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) рәсіміне қатысуға өтініш Аттестаттауға қатысуға өтініш</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мен, __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">____________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЖСН _____________ (педагогтің Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Лауазым (мамандығы) бойынша________20___жылғы біліктілік</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> санатына аттестаттауға қатысуға рұқсат беруді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve">              Заявление на участие в процедуре присвоения (подтверждения)</w:t>
-[...249 lines deleted...]
-        <w:t>Образование:</w:t>
+        <w:t>      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Өзім туралы мынадай мәліметтерді </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>хабарлаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1299"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7515"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
-[...131 lines deleted...]
-              <w:t>соответствующей квалификации по занимаемой должности</w:t>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қай</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>та даярлау туралы құжатта көрсетілген мамандық (біліктілік)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10758" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-        <w:t>      Стаж работы:</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="671"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1169"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="2386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...147 lines deleted...]
-        <w:bookmarkEnd w:id="331"/>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9847" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="676" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1101" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...108 lines deleted...]
-        <w:t>(подпись)</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Марапаттары, атағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техни</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">калық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Кезекті біліктілік санатын бері (растау) тәртібімен таныстым. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5"/>
-        <w:gridCol w:w="507"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="21"/>
+        <w:gridCol w:w="519"/>
+        <w:gridCol w:w="2423"/>
+        <w:gridCol w:w="2281"/>
+        <w:gridCol w:w="4514"/>
+        <w:gridCol w:w="35"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="332"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 7 к Правилам</w:t>
-[...203 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытудың, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">форма </w:t>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарында </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="35" w:type="dxa"/>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...17 lines deleted...]
-              <w:t>квалификационных категорий педагогам организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования"</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық жән</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>е кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің атауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...17 lines deleted...]
-              <w:t>зования</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстардың, республикалық маңызы бар қалалардың және астананың, аудандардың және облыстық маңызы бар қалалардың жергілікті атқарушы органдары, мектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәс</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іптік, орта білімнен кейінгі білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...25 lines deleted...]
-        <w:bookmarkEnd w:id="333"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) "Азаматтарға арналған үкімет" мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы (бұдан әрі – Мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корпорация).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...97 lines deleted...]
-        <w:bookmarkEnd w:id="334"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) көрсетілетін қызметті берушінің орналасқан жері бойынша Мемлекеттік корпорацияға – 3 (үш) жұмыс </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>күні;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) көрсетілетін қызметті берушінің орналасқан жері бойынша емес, Мемлекеттік корпорацияға – 7 (жеті) жұмыс күні.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Мемлекеттік корпорацияға құжаттар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-              <w:t>Бумажная</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағаз т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті көрсету нәтижесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...63 lines deleted...]
-        <w:bookmarkEnd w:id="335"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша педагогтерге біліктілік санатын беру (растау) үшін өтінішті қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған сенімхат бойынша оның өкілі) тиісті құжаттардың қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өтініш берушінің (өкілдің) өтініші болмауына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>байланысты мерзімінде берілмеген құжаттар бір ай ішінде мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті алушы бір ай өткен соң өтініш берген кезде талап етілмеген ретінде көрсетілетін қызметті берушіге қайтарылады, Мемле</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">кеттік корпорацияның сұратуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызметті алушыға беру үшін Мемлекеттік корпорацияға жібереді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> бесплатно физическим лицам </w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеке тұлғаларға тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...83 lines deleted...]
-        <w:bookmarkEnd w:id="336"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күнде</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушіде өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...68 lines deleted...]
-              <w:t>5) документ, подтверждающий трудовую деятельность работника;</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) білімі туралы диплом;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4) қайта даярлау курстарынан өткені туралы құжат (бар болса);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5) қызметкердің еңбек қызметін растайтын құжат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) біліктілік сана</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) Білім беру саласындағы уәкілетті органмен келісілген бағдарламалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) ұлттық біліктілік тестілеуді өткізу</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық біліктілік тестілеуден өткені туралы анықтама; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орта</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) кәсіби жетістіктерді және тәжірибені қорытуды растайтын құжаттар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3)-11)-тармақтарда санамал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>анған құжаттар түпнұсқалары мен көшірмелері ұсынылады, салыстырып тексерілгеннен кейін түпнұсқалары өтініш берушіге қайтарылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша келесі құжаттар ұсынылады:</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t xml:space="preserve">6) удостоверение и приказ о присвоенной квалификационной категории (для лиц, ранее имевших квалификационную </w:t>
-[...203 lines deleted...]
-        <w:bookmarkEnd w:id="337"/>
+              <w:t>Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін – жарияланымдарды, жобаларға қаты</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>суын, инновациялық, эксперименттік қызметті растайтын құжаттар, әзірленген әдістемелік материалдар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарының педагогтері үшін - білім беру ұйымы басшысының мөрімен және қолымен раста</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лған оқу жетістіктерін сырттай бағалау және (немесе) ағымдағы және (немесе) қорытынды аттестаттау нәтижелерін қамтитын біліктілік санаттарын беру арасындағы кезеңдегі білім алушылардың білім сапасының көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие және оқыту ұйымд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>арының педагогтері үшін-білім беру ұйымы басшысының мөрімен және қолымен расталған шеберлік пен дағдылардың қалыптасу көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша білім беру ұйымдарының педагогтері үшін – білім беру ұйымы басшысының мөрімен және қолымен расталған білім алушылар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>дың, тәрбиеленушілердің таңдаған білім беру бағдарламасын меңгеру көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қо</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген мемлекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...74 lines deleted...]
-        <w:bookmarkEnd w:id="338"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті беруші мемлекеттік қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетуден бас тартады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәліметтердің) дәйексіздігі анықталған;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас тарту туралы дәлелді жауап болып табылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы Қағидалардың 9-қосымшасына сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері ескеріле отырып қойылатын өзге де талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>т көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) мемлекеттік корпорацияның www.gov4c.kz. интернет-ресурсында орналастырылған. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі туралы ақпаратты алуға мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>10</w:t>
-[...147 lines deleted...]
-        <w:bookmarkEnd w:id="339"/>
+              <w:t>жөні</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында орналастырылған: www.edu.gov.kz ескерту.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 8 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламалар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...17 lines deleted...]
-              <w:t>педагогам республиканских подведомственных организаций образования, реализующих программы дошкольного воспитания и обучения, начального, основного среднего, общего среднего, технического и профессионального, послесреднего образования"</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Мектепке дейінгі тәрбие мен оқыту, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын республикалық ведомстволық</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беру (растау) үшін аттестаттаудан өткізуге құжаттарды қабылдау" мемлекеттік көрсетілетін қызмет стандарты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-              <w:t>Министерство образования и науки Республики Казахстан и республиканские подведомственные организациями образования</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасы Білім және ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> министрлігі және республикалық ведомстволық бағынысты білім беру ұйымдары</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметті ұсыну тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...32 lines deleted...]
-        <w:bookmarkEnd w:id="340"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті берушінің кеңсесі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) "Азаматтарға арналған үкімет "мемлекеттік корпорациясы" коммерциялық емес акционерлік қоғамы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(бұдан әрі – Мемлекеттік корпорация).</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...39 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету мерзімі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...91 lines deleted...]
-        <w:bookmarkEnd w:id="341"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсетудің мерзімдері:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) көрсетілетін қызметті беруші арқылы жүгінген кезде-20 минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) көрсетілетін қызметті берушінің орналасқан жері бойынша Мемлекеттік кор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>порацияға – 3 (үш) жұмыс күні;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) көрсетілетін қызметті берушінің орналасқан жері бойынша емес, Мемлекеттік корпорацияға – 7 (жеті) жұмыс күні.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік корпорацияға жүгінген кезде қабылдау күні мемлекеттік қызмет көрсету мерзіміне кірмейді.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Мемлекет</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тік корпорацияға құжаттар топтамасын тапсыру үшін күтудің рұқсат етілген ең ұзақ уақыты – 20 (жиырма) минут;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) мемлекеттік корпорацияда көрсетілетін қызметті алушыға қызмет көрсетудің рұқсат етілген ең ұзақ уақыты-20 (жиырма) минут.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...38 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызметт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>і көрсету нысаны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-              <w:t>Бумажная</w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қағаз түрінде</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мемлекеттік қызметті көрсету нәтижесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...73 lines deleted...]
-        <w:bookmarkEnd w:id="342"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>осы Қағидаларға 10-қосымшаға сәйкес нысан бойынша республикалық ведомстволық бағынысты білім беру ұйымдарының педагогтеріне біліктілік санаттарын беруден (растаудан) өту үшін өтінішт</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>і қабылдау туралы қолхат беру не мемлекеттік қызмет көрсетуден дәлелді бас тарту.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік корпорацияда дайын құжаттарды беру жеке басын куәландыратын құжатты көрсеткен кезде (не нотариалды куәландырылған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">сенімхат бойынша оның өкілі) тиісті құжаттардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қабылданғаны туралы қолхат негізінде жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берушінің (өкілдің) өтініші болмауына байланысты мерзімінде берілмеген құжаттар бір ай ішінде Мемлекеттік корпорацияда сақталады, осы мерзім өткеннен кейін көрсетілетін қызметті берушіге талап е</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тілмеген ретінде қайтарылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы бір ай өткеннен кейін жүгінген кезде Мемлекеттік корпорацияның сұрау салуы бойынша көрсетілетін қызметті беруші бір жұмыс күні ішінде дайын құжаттарды көрсетілетін қызметті алушыға беру үшін Мемлеке</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ттік корпорацияға жібереді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет көрсету кезінде көрсетілетін қызметті алушыдан алынатын төлем мөлшері және Қазақстан Республикасының заңнамасында көзделген жағдайларда оны алу тәсілдері</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-              <w:t xml:space="preserve"> бесплатно физическим лицам </w:t>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жеке тұлғаларға тегін</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс кестесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...5 lines deleted...]
-            <w:bookmarkStart w:id="343" w:name="z445"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">1) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>услугодателя - с понедельника по пятницу с 9.00 до 18.30 часов, перерыв на обед с 13.00 до 14.30 часов, кроме выходных и праздничных дней, в соответствии с трудовым законодательством Республики Казахстан.</w:t>
-[...72 lines deleted...]
-        <w:bookmarkEnd w:id="343"/>
+              <w:t>көрсетілетін қызметті беруші - Қазақстан Республикасының еңбек заңнамасына сәйкес демалыс және мереке күндерінен басқа, дүйсенбі-жұма аралығында сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 18.30-ға дейін.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсетілетін қызметті берушіде </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өтінішті қабылдау және Мемлекеттік қызмет көрсету нәтижесін беру сағат 13.00-ден 14.30-ға дейінгі түскі үзіліспен сағат 9.00-ден 17.30-ға дейін жүзеге асырылады.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет алдын ала жазылусыз және жеделдетіп қызмет көрсетусіз кезек күту тәртібімен</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетіледі;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) Мемлекеттік корпорация – Қазақстан Республикасының еңбек заңнамасына сәйкес жексенбі және мереке күндерін қоспағанда, дүйсенбіден бастап сенбіні қоса алғанда, белгіленген жұмыс кестесіне сәйкес түскі үзіліссіз сағат 9.00-ден 20.00-ге дейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қабылдау жеделдетіп қызмет көрсетусіз, көрсетілетін қызметті алушының таңдауы бойынша "электрондық" кезек тәртібімен жүзеге асырылады, "электрондық үкімет" порталы (бұдан әрі – портал) арқылы электрондық кезекті броньдауға болады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мемлекеттік қызмет к</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өрсету үшін қажетті құжаттар тізбесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> көрсетілетін қызметті берушіге не Мемлекеттік корпорацияға: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) өтініш;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2) жеке басын куәландыратын құжат (жеке басын сәйкестендіру үшін талап етіледі) (иесіне қайтарылады);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3) білімі туралы диплом;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4) қайта даярлау </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>курстарынан өткені туралы құжат (бар болса);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5) қызметкердің еңбек қызметін растайтын құжат; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>6) біліктілік санатын беру туралы куәлік және бұйрық (бұрын біліктілік санаты бар тұлғалар үшін);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>7) Білім беру саласындағы уәкілетті органмен келісілген бағдарл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>амалар бойынша біліктілікті арттыру курстарынан өткені туралы сертификат;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 8) ұлттық біліктілік тестілеуді өткізуге жауапты білім беру саласындағы уәкілетті орган айқындайтын ұйымы қызметкерінің қолымен бекітілген және мөрімен куәландырылған ұлттық білікті</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лік тестілеуден өткені туралы анықтама; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>8</w:t>
-[...351 lines deleted...]
-        <w:bookmarkEnd w:id="344"/>
+              <w:t>9) білім алушылардың/тәрбиеленушілердің (әдістемелік кабинеттердің (орталықтардың) әдіскерлерін, ПМПК педагогтерін қоспағанда) жетістіктерін растайтын құжаттар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 10) кәсіби жетістіктерді және тәжірибені қорытуды ра</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">стайтын құжаттар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11) оқуды/сабақтарды бақылау парақтары (ПМПК педагогтерінен басқа);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3)-11)-тармақтарда санамаланған құжаттар түпнұсқалары мен көшірмелері ұсынылады, салыстырып тексерілгеннен кейін түпнұсқалары өтініш берушіге қайтарылады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша келе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>сі құжаттар ұсынылады:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдістемелік кабинеттердің (орталықтардың) әдіскерлері үшін – жарияланымдарды, жобаларға қатысуын, инновациялық, эксперименттік қызметті растайтын құжаттар, әзірленген әдістемелік материалдар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жалпы орта, техникалық және кәсіптік, ор</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>та білімнен кейінгі білім беру ұйымдарының педагогтары үшін - білім беру ұйымы басшысының мөрімен және қолымен расталған оқу жетістіктерін сырттай бағалау және (немесе) ағымдағы және (немесе) қорытынды аттестаттау нәтижелерін қамтитын біліктілік санаттарын</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру арасындағы кезеңдегі білім сапасының көрсеткіштері; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі тәрбие және оқыту ұйымдарының педагогтері үшін-білім беру ұйымы басшысының мөрімен және қолымен расталған шеберлік пен дағдылардың қалыптасу көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қосымша білім беру ұйым</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">дарының педагогтері үшін – білім беру ұйымы басшысының мөрімен және қолымен расталған білім алушылардың, тәрбиеленушілердің таңдаған білім беру бағдарламасын меңгеру көрсеткіштері; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Арнайы білім беру ұйымдарының, білім беру ұйымдарындағы арнайы сыныптардың</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (топтардың) педагогтері үшін (ПМПК педагогтерінен басқа) – жеке дамыту бағдарламасын іске асыру бойынша маман қызметінің нәтижелілік көрсеткіштері;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Егер Қазақстан Республикасының заңдарында өзгеше көзделмесе, көрсетілетін қызметті беруші және Мемлекеттік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>корпорация қызметкері мемлекеттік қызметтер көрсету кезінде ақпараттық жүйелерде қамтылған, заңмен қорғалатын құпияны құрайтын мәліметтерді пайдалануға көрсетілетін қызметті алушының келісімін алады.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қазақстан Республикасының заңнамасында белгіленген ме</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>млекеттік қызмет көрсетуден бас тарту үшін негіздер</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...66 lines deleted...]
-        <w:bookmarkEnd w:id="345"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Көрсетілетін қызметті беруші мемлекеттік қызметті көрсетуден бас тартады: </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) мемлекеттік қызметті алу үшін көрсетілетін қызметті алушы ұсынған құжаттардың және (немесе) оларда қамтылған деректердің (мәл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>іметтердің) дәйексіздігі анықталған жағдайда;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) көрсетілетін қызметті алушы және (немесе) ұсынылған материалдар, мемлекеттік қызметті көрсету үшін қажетті деректер мен мәліметтер талаптарға сәйкес келмеген жағдайларда мемлекеттік қызметті көрсетуден бас </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">тарту туралы дәлелді жауап болып табылады. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушы Стандарттың 8-тармағында көзделген тізбеге сәйкес құжаттар топтамасын толық ұсынбаған және (немесе) қолданылу мерзімі өткен құжаттарды берген жағдайда, көрсетілетін қызметті беруші осы</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қағидаларға 9-қосымшаға сәйкес нысан бойынша құжаттарды қабылдаудан бас тарту туралы қолхат береді.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:gridBefore w:val="1"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="640" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="678" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2594" w:type="dxa"/>
-[...31 lines deleted...]
-            <w:tcW w:w="9066" w:type="dxa"/>
+            <w:tcW w:w="2383" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Мемлекеттік қызметті, оның ішінде электрондық нысанда және Мемлекеттік корпорация арқылы көрсету ерекшеліктері </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">ескеріле отырып қойылатын өзге де </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>талаптар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9239" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...93 lines deleted...]
-        <w:bookmarkEnd w:id="346"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> Организм функциялары тұрақты бұзылып, оның тыныс-тіршілігін шектейтін денсаулығы бұзылған көрсетілетін қызметті алушыларға, қажет болған жағдайда, мемлекеттік қызметті көрсету үшін құжаттарды қабылдауды Мемлекеттік корпорация қызметкері бірыңғай </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">байланыс орталығы 1414; 8 800 080 7777 арқылы жүгіну арқылы тұрғылықты жеріне барып жүргізеді. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Мемлекеттік қызмет көрсету орындарының мекенжайлары:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1) Министрліктің www.edu.gov.kz интернет-ресурсында;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2) мемлекеттік корпорацияның www.gov4c.kz интернет-ре</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">сурсында орналастырылған. </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті алушының ЭЦҚ болған жағдайда порталдың "жеке кабинеті", сондай-ақ бірыңғай байланыс орталығы: 1414, 8 800 080 77777 арқылы қашықтықтан қол жеткізу режимінде Мемлекеттік қызмет көрсету тәртібі мен мәртебесі т</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уралы ақпаратты алу мүмкіндігі бар.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Көрсетілетін қызметті берушінің Мемлекеттік қызмет көрсету мәселелері жөніндегі анықтама қызметтерінің байланыс телефондары Министрліктің интернет-ресурсында www.edu.gov.kz орналастырылған.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 9 к Правилам</w:t>
-[...203 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарында </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>9-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="35" w:type="dxa"/>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ф. И. О. (при наличии)</w:t>
-[...9 lines deleted...]
-              <w:t>услугополучателя/</w:t>
+              <w:t>/көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Т.А.Ә. (бар болған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="347" w:name="z479"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка об отказе в приеме документов педагогов, занимающих должности в организациях образования, для прохождения аттестации</w:t>
-[...295 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдаудан бас тарту туралы қолхат </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Қазақстан Республикасы Білім және ғылым министрінің 2016 жылғы 27 қаңтардағы № 83 бұйрығымен бекітілген Мекте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>пке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыратын б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ілім беру ұйымдарында қызмет атқаратын педагогтерді және білім беру мен ғылым саласындағы өзге де азаматтық қызметшілерді аттестаттаудан өткізу қағидалары мен шарттарының 2-тарауының 43-тармағын басшылыққа ала отырып, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _______________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Ф.И.О. (при наличии) услугополучателя</w:t>
-[...26 lines deleted...]
-        <w:t>подпись</w:t>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      /көрсетілетін қызметті берушінің немесе Мемлекеттік корпорацияның атауын, мекенжайын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       педагогтерге біліктілік санаттарын б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">еру (растау) рәсіміне қатысу үшін құжаттарды қабылдаудан бас тартады </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       / көрсетілетін қызметті алушы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ның Т.А.Ә. (бар болған жағдада) көрсету/ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      /білім беру ұйымының атауын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       байланысты_____________________________________________, атап айтқанда /жоқ немесе сәйкес к</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">елмейтін құжаттардың атауын көрсету/: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) _________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) _________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) _________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы қолхат әр тарапқа бір-бірден 2 данада жасалды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>"____"___________20___жыл _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Мемлекеттік корпорация қызметкерінің Т.А.Ә.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _______________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Алды:                              __________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      /көрсетілетін қызметті алушының Т.А.Ә.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (бар болған жағдайда) /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "____"___________20___жыл                  ______________/қолы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5664"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="349"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 10 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">өзге де </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:t>Нысан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BC57B0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="7780" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4600" w:type="dxa"/>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ф. И. О. (при наличии)</w:t>
-[...9 lines deleted...]
-              <w:t>услугополучателя/</w:t>
+              <w:t>/көрсетілетін қызметті</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә.(бар болған жағдайда)/</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="350" w:name="z485"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Расписка о приеме документов педагогов, занимающих должности в организациях образования, для прохождения аттестации</w:t>
-[...135 lines deleted...]
-        <w:t>"____"___________20___года</w:t>
+        <w:t xml:space="preserve"> Аттестаттаудан өту үшін білім беру ұйымдарында лауазым атқаратын педагогтердің құжаттарын қабылдау туралы қолхат</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       ____________________________________________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      /көрсетілетін қызметті алушының Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      / көрсетілетін қызметті берушінің атауын көрсету/</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Педагогтерді аттестаттау рәсіміне қатысу үшін қабылданған құжаттар тізбесі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1.________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3.__________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қабылдады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (ор</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ындаушының Т.А.Ә.) (қолы, байланыс телефоны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "____"___________20___жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="5664"/>
         <w:gridCol w:w="4113"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="351"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 11 к Правилам</w:t>
-[...197 lines deleted...]
-              <w:t>бласти образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейін</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>гі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Председателю аттестационной</w:t>
-[...9 lines deleted...]
-              <w:t>комиссии</w:t>
+              <w:t>Аттестаттау комиссиясының</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төрағасы</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>____________________________</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>(наименование организации</w:t>
-[...76 lines deleted...]
-              <w:t>орган)</w:t>
+              <w:t>(білім беру ұйымының атауы),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық (қалалық) бөлімдер,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облыстардың, республикалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>маңызы бар қалалардың және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>астананың білім басқармалары,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>уәкілетті орган)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="352" w:name="z490"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Заявление на участие в аттестации руководителей (заместителей руководителей) организаций образования, реализующих общеобразовательные учебные программы дошкольного воспитания и обучения, начального, основного среднего и общего среднего о</w:t>
+        <w:t xml:space="preserve"> Мектепке дейінгі тәрбие мен оқытудың, бастауыш, негізгі орта және жалпы орта білім берудің жалпы білім беретін оқу бағдарламаларын, техникалық және кәсіптік, орта білімнен кейінгі, қосымша, мамандандырылған және арнайы білім беру бағдарламаларын іске асыр</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>бразования, образовательные программы технического и профессионального, послесреднего, дополнительного, специализированного и специального образования</w:t>
-[...138 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve">атын білім беру ұйымдарының басшыларын (басшыларының орынбасарларын) аттестаттауға қатысу туралы өтініш </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Мен,_________________________________________________________________, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (педагогтің Т.А.Ә.(бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ЖСН_________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (лауазымы, жұмыс орны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Лауазым (мамандығы) бойынша________20___жылғы біліктілік санатына аттестаттауға қатысуға рұқсат бе</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">руді сұраймын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>       ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Бүгінгі таңда _____ (күні) ___ (айы) ______ жылға дейін жарамды біліктілік санатым бар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мына жұмыс нәтижелерін негіз деп есептеймін:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Өзім туралы мынадай мәліметтерді хабарлаймын</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>___________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...95 lines deleted...]
-        <w:t>Образование:</w:t>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білімі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1299"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="7515"/>
+        <w:gridCol w:w="1364"/>
+        <w:gridCol w:w="973"/>
+        <w:gridCol w:w="7325"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
-[...131 lines deleted...]
-              <w:t>соответствующей квалификации по занимаемой должности</w:t>
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу орнының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқу </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кезеңі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1555" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="771" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1122" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10758" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="9623" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-        <w:t>      Стаж работы:</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Жұмыс өтілі:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="665"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2238"/>
+        <w:gridCol w:w="660"/>
+        <w:gridCol w:w="5253"/>
+        <w:gridCol w:w="1363"/>
+        <w:gridCol w:w="2386"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
-[...122 lines deleted...]
-              <w:t>Руководителем (заместителем руководителя) организации образования</w:t>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жалпы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білімі туралы дипломда немесе атқаратын лауазымы бойынша тиісті біліктілік бере отырып, қайта даярлау туралы құжатта көрсетілген мамандық (біліктілік) бойынша </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогикалық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының басшысы (басшының орынбасары)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8242" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="8011" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="566" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="550" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2926" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="3189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...104 lines deleted...]
-        <w:t>(подпись)</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Марапаттары, ат</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ағы, ғылыми (академиялық) дәрежесі, ғылыми атағы алған жылын көрсете отырып </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Білім беру ұйымының басшысы (басшының орынбасары) жұмыс істейтін білім беру ұйымы (қажеттісінің астын сызу): м</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ектепке дейінгі, бастауыш, негізгі орта, жалпы орта, техникалық және кәсіптік, орта білімнен кейінгі, арнайы, қосымша білім беру. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аттестаттау қағидаларымен таныстым. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "____" __________ 20 ___ жыл __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="357"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 12 к Правилам</w:t>
-[...69 lines deleted...]
-              <w:t>программы дошкольного</w:t>
+              <w:t>Мектепке дей</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>інгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім бе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ру</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>воспитания и обучения,</w:t>
-[...109 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтарды және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>12-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="358" w:name="z499"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Аттестационный лист на руководителя организации образования</w:t>
-[...352 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> Білім беру ұйымының басшысына аттестаттау парағы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      Аттестаттау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>түрі: кезекті -☐; қайталама -☐</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (X белгісімен белгілеу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Т.А.Ә. (болған жағдайда әкесінің аты)__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Туған жылы "___" __________ _______ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қайта даярлау, біліктілікті арттыру жөніндегі білімі турал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>ы анықтама (қашан және қандай оқу орнын аяқтады, білімі бойынша мамандығы және біліктілігі, біліктілікті арттыру, қайта даярлау, ғылыми (академиялық) дәрежесі, ғылыми дәрежесі, оларды растағаны туралы күні жөніндегі құжаты)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. Атқарып отырған лауазымы және қабылднған күні, біліктілік санаты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      5. Жалпы еңбек өтілі ________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       6. Мемлекеттік және азаматтық қызмет лауазымында, басшылық лауазымында жалпы еңбек өтілі </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      7. Аттестаттау комиссиясы мүшелерінің жолдаған ұсыныстары мен ескертпелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      8. Аттестатталушының пікірі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>________________________________________________________________</w:t>
-[...22 lines deleted...]
-        <w:br/>
+        <w:t>      9. Аттестатталушының тікелей басшысының қызметтік мінездемесене сәйкес қызметін бағалау</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      10. Отырысқа қатысқандар ___аттестаттау комиссиясының мүшелері.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      11. Аттестаттау комиссиясының әрбір мүшесі толтыратын қоса беріліп отырған бағалау парағына сәйкес дауыс беру нәтижелері бойынша атте</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>статталушының қызметін бағалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1) өтініш берген біліктілік санатына аттестатталған</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (әрбір б</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>іліктілік санаты бойынша бөлек)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2) өтініш берілген біліктілік санатына ротациямен аттестатталды</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________________________________________________________________.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      3) өтініш берілген біліктілік санатына аттестатталмады _____________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (дауыс саны)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Қорытынды бағалау_________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      (цифрлық белгісі бар біліктілік санаты жазбаша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>көрсетіледі)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       12. Аттестаттау комиссиясының ұсынымдары </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       (олар бойынша берілетін уәждерді көрсете отырып) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      _____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      13.Ескертпе ___________________________________________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>_______________</w:t>
       </w:r>
-      <w:r>
-[...594 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ____________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының төрағасы:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>     Аттестаттау комиссиясының хатшысы:__________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Ұйым басшысы                        _________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттаудың өткізілген күні "____" ________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___ 20 _____ жыл.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аттестаттау парағымен таныстым: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (аттестатталушының қолы және күні)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 13 к Правилам</w:t>
-[...133 lines deleted...]
-              <w:t>технического и</w:t>
+              <w:t>М</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>профессионального,</w:t>
-[...59 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асырат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>13-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="360" w:name="z503"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">  Оценочный лист на руководителя организации образования, подлежащ</w:t>
-[...176 lines deleted...]
-        <w:br/>
+        <w:t xml:space="preserve"> Аттестаттауға жататын білім беру ұйымының басшысының бағалау парағы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (аттестаттау комиссиясының мүшесі толтырады)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау түрі: кезекті -☐; қайталама -☐</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (X белгісімен белгілеу қажет)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Т.А.Ә. (бар болған жағдайда)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t>________________________________________________________________</w:t>
       </w:r>
-      <w:r>
-[...221 lines deleted...]
-        <w:br/>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Лауазымы_________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>__________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясы мүшесінің шешімі (аталғандардың бірі: өтініш берілген біліктілік санатына аттестатталды, өтініш берілген біліктілік санатына ротациямен аттестатталды, өтініш берілген біліктілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>к санатына аттестатталмады):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>      __________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ___________________________________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясы мүшесінің өз шешімін негіздеуі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _____________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>____________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатына сәйкес __________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Біліктілік санатын белгіл</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>еу үшін негіздер жоқ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Негіз:___________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау комиссиясының мүшесі _____________________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Аттестаттау комиссиясының хатшысы _________________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т. А. Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Күні "____" __________ 20 ______ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 14 к П</w:t>
-[...203 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">оқытудың, </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ұйымдарында </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім және ғылым саласындағы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>14-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="362" w:name="z507"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Показатели эффективности деятельности руководителя орга</w:t>
-[...6 lines deleted...]
-        <w:t>низации образования</w:t>
+        <w:t xml:space="preserve"> Білім беру ұйымдары басшылары қызметтерінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="620"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1623"/>
+        <w:gridCol w:w="733"/>
+        <w:gridCol w:w="5021"/>
+        <w:gridCol w:w="2481"/>
+        <w:gridCol w:w="1427"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t xml:space="preserve"> Баллы</w:t>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлшемшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балдар</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...44 lines deleted...]
-        <w:bookmarkEnd w:id="365"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сапалы білім берудің қолжетімділігін қамтамасыз ету тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша ең жоғарғы сандық балл – _____)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 6-7 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 8-9 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 10-12 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...145 lines deleted...]
-            </w:r>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіші бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіші </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0,5 баллов</w:t>
-[...13 lines deleted...]
-        <w:bookmarkEnd w:id="368"/>
+              <w:t>0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...143 lines deleted...]
-        <w:bookmarkEnd w:id="370"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушылар контингенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1000 жоғары білім алушы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>501–1000 білім алушы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>500-ден төмен білім алушы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...326 lines deleted...]
-              <w:t>0 баллов;</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.1. Білім алушылардың жалпы санынан ерекш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>е білім беру қажеттіліктері бар білім алушылардың үлесі (контингент);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тосқауылсыз ортаның болуы: пандус, лифт, көтергіш, тактильді жолдар, Брайль тақтайшалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Дефектологтың сүйемелдеуін ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтердің жалпы санынан инклюзивті білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бойынша біліктілікті арттыру курстарынан өткен педагогтердің үлесі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім алушылардың жалпы санынан кемінд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>е 1%-ы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім алушылардың жалпы санынан 1% астамы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы санынан 10%-дан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы санынан 10%-дан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 и более баллов</w:t>
-[...49 lines deleted...]
-              <w:t>0 баллов;</w:t>
+              <w:t>2 және одан да көп балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Санына байланысты 0,5 балл бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов;</w:t>
-[...37 lines deleted...]
-              <w:t>0 баллов;</w:t>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="373"/>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...19 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолайлы жағдай және қауіпсіз орта жасау:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- бейнебақылаумен қамтамасыз ету;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- адамдар жаппай жиналатын жерлерде балаларды </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>4.</w:t>
-[...201 lines deleted...]
-        <w:bookmarkEnd w:id="376"/>
+              <w:t>бақылау және қадағалау мүмкіндігі (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі №191 қаулысына сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- істен шыққан </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>камералардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ұрлық пен бұзушылықтардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- басқа мемлекеттік органдар тарапынан айыппұл санкцияларының болмауы (ІІД және ТЖД мониторингі бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve"> жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар болуына байланысты </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...182 lines deleted...]
-        <w:bookmarkEnd w:id="379"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымының ғимаратына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кіруді бақылауды ұйымдастыру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- кіруді бақылау және басқару жүйесі (турникеттердің болуы (қарапайым, бет тану, білезікпен, саусақ ізімен);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- хабарландыру жүйесінің болуы ("дабыл түймесі");</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- күзет қызметі субъектілерінің болуы: күзетшілер, вахтерлер (ауылд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ық жерлер үшін)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:t>2 балла;</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Алдыңғы жылмен салыстыру бойынша қосымша білім берумен қамтылған оқушылар мен тәрбиеленушілердің өсу динамикасы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсу - 15%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсу – 10%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсу – 5%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Алдыңғы деңгейде;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="381"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...66 lines deleted...]
-        <w:bookmarkEnd w:id="385"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру сапасын қамтамасыз етудің тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша ең жоғарғы балл саны – 14; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 8-9 балл; мектепке дейінгі, қосымша білім беру ұйымдары үш</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ін – 2 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 10-11 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін – 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 12-14 балл; мектепке дейінгі, қосымша білім беру ұйымдары үшін-4 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім сапасының динамикасы (мектепке дейінгі тәрбие мен оқытуды ұйымдастыру үшін - білім мен дағдының қалыптасу деңгейінің динамикасы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсу – 16-20%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсу - 11-15%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өсу - 7-10%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткен жылдың деңгейіне сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 бал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="387"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...112 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"Алтын белгі" алған түлектер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Өткен жылғы деңгейден жоғары; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Өткен жылғы деңгейге сәйкес; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Өткен жылғы деңгейден төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="389"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдарына, жоғары оқу орындарына түскен бітірушілердің үлесі (мамандандырылған білім беру ұйымдары үшін – бюджеттік негізде оқуға түсу) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>80% және одан жоғары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>70-79%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60-69%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>50-59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="391"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...152 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың жеңімпаздары (жүлдегерлері) болған тәрбиеленушілердің/оқушылардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="393"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...59 lines deleted...]
-        <w:bookmarkEnd w:id="397"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша ең жоғарғы балл саны-24)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 10-15 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"екінші </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санатты басшы" - 16-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 21-24 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...59 lines deleted...]
-            <w:bookmarkStart w:id="398" w:name="z608"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 91 - 100%; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>81 – 90%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70 – 80%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Ниже 70%</w:t>
-[...67 lines deleted...]
-        <w:bookmarkEnd w:id="399"/>
+              <w:t>70%-дан төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...152 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> кемінде 30%; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20-29 %;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15-19%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-14%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="401"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...179 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтерд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>40-59%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>30-39%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>25-29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1-24%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="403"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...116 lines deleted...]
-        <w:bookmarkEnd w:id="405"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жас мамандардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...103 lines deleted...]
-            <w:bookmarkEnd w:id="406"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымы басшысының менеджмент саласындағы </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілікті арттыру курстары туралы сертификатының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіші жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="407"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...149 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="409"/>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...139 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="411"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...116 lines deleted...]
-            <w:bookmarkEnd w:id="412"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Облыстық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балл</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...13 lines deleted...]
-              <w:t>2 балла</w:t>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="413"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...59 lines deleted...]
-        <w:bookmarkEnd w:id="417"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Материалдық-техникалық қамтамасыз етудің тиімділігі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша балдың ең жоғарғы саны-4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 4 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...158 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Материалдық-техникалық базаны жақсарту (қазіргі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">заманғы жабдықтарды, цифрлық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т.б. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>сатып алу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бағаланатын көрсеткіші </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қосымша;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бюджеттен тыс қаражат есебінен алу </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="419"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...14 lines deleted...]
-        <w:bookmarkEnd w:id="420"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t xml:space="preserve">Балл </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>төмендеуінің көрсеткіштері</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны –14 балдан төмен) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...123 lines deleted...]
-        <w:bookmarkEnd w:id="422"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім алушылардың/</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп со</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ққан тіркелген жарақаттану жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіші жартылай бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...123 lines deleted...]
-        <w:bookmarkEnd w:id="424"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Суицидтік әрекеттердің саны </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аяқталған суицид;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Суицид әрекеті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...104 lines deleted...]
-        <w:bookmarkEnd w:id="425"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылар жасаған </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>құқық бұзушылықтардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіштер бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...136 lines deleted...]
-        <w:bookmarkEnd w:id="427"/>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20% жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 – 19% тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 – 9% тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>минус 5 баллов</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ҰББД сапасыз толтыру (облыстық білім </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>басқармасының талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Мәліметтердегі қателіктер – 5 балл кем </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...96 lines deleted...]
-              <w:t>минус 3 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Электрондық журналдар жүйесінде кері байланыстың болмауы (облыстық білім басқармасының талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оқу пәндері бойынша мұғалімдердің тұрақтылығы мен пікірлерді то</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лтыру сапасының болмауы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6523" w:type="dxa"/>
-[...89 lines deleted...]
-              <w:t>минус 3 балла</w:t>
+            <w:tcW w:w="6372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР Заңына сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3238" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1659" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл кем</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="901" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> Г О</w:t>
+            <w:tcW w:w="1031" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Б</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>а</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>л</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ғ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...97 lines deleted...]
-        <w:bookmarkEnd w:id="437"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 40-49 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 50-59 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 60-64 балл.</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Мектепке дейінгі, қосымша білім беру ұйымдары үшін:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 30-39 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 40-49 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 50-54 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...25 lines deleted...]
-      <w:bookmarkEnd w:id="438"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде (аттестаттау арасындағы кезең) ескеріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t xml:space="preserve"> Показатели эффективности деятельности руководителя организации образования, реализующей образовательные программы технического и профессионального, послесреднего образования</w:t>
+        <w:t xml:space="preserve"> Техникалық және кәсіптік, орта білімнен кейінгі білім беру бағдарламаларын іске асыратын білім беру ұйымының басшысы қызметінің тиімділік көрсеткіштері</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="676"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1265"/>
+        <w:gridCol w:w="929"/>
+        <w:gridCol w:w="5015"/>
+        <w:gridCol w:w="2478"/>
+        <w:gridCol w:w="1240"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t xml:space="preserve"> Баллы</w:t>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өлше</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мшарттар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...51 lines deleted...]
-        <w:bookmarkEnd w:id="442"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сапалы білімнің қолжетімділігін қамтамасыз ету тиімділігі (өлшемшарт бойынша ең жоғары балл саны-10)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 5-6 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 6-8 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 8-10 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...150 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- апта сайын жаңартылып отыратын әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіш жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Бағаланатын көрсеткіш </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0,5 баллов</w:t>
-[...13 lines deleted...]
-        <w:bookmarkEnd w:id="445"/>
+              <w:t>0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...112 lines deleted...]
-              <w:t>5 баллов</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім алушылар </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>контингенті</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1000–нан жоғары білім алушы; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>501–1000 білім алушы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 500-ден аз білім алушы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4 балла</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>3 балла</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="447"/>
+              <w:t>3 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...426 lines deleted...]
-              <w:t>0 баллов;</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ерекше білім беру қажеттіліктері бар балалар контингентіне сәйкес арнайы жағдайлардың болуы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3.1. Білім алушылардың жалпы санынан ерекше біл</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ім беру қажеттіліктері бар білім алушылардың үлесі (контингенті);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Тосқауылсыз ортаның болуы: пандус, лифт, көтергіш, кіру тобы, шақыру батырмасы, жабдықталған санитарлық-гигиеналық бөлме, ұтқырлықты қолдау үшін бағдарлау жүйесі, дыбыс сигнал, жарық сигнал,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> тактильді жолдар, Брайль тақтайшалары;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Құрал-жабдықтар мен жиһаздармен жарақтандыру (ҚР БҒМ 2016 жылғы 22 қаңтардағы бұйрығына сәйкес.)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Логопед, дефектолог, тифлопедагогты сүйемелдеуді ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Педагогтердің жалпы санынан инклюзивті білім беру бойынша</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> біліктілікті арттыру курстарынан өткен педагогтардың үлесі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ерекше білім беру қажеттілігі бар балалардың, оның ішінде үйде оқитын балалардың бос уақытын ұйымдастыру (жеке дене ерекшеліктерін ескере отырып) </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Үкіметтік емес ұйымдармен ынтымақтастықта болу|:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- оқыту семинарларын ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- тәжірибе алмасу (мастер-кластар);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- мәдени-көпшілік шараларды ұйымдастыру;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- бюджеттен тыс қаражат есебінен кабинеттерді оқыту, жабдықтау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- балалардың шығармашылық жұмыстарын ұйымдастыру (жәрмеңкелер, көрмелер, мұражай</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лар)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім алушылардың жалпы санынан 1%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> білім алушылардың жалпы санынан 1 %-дан аса </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жалпы санынан 10%-ға дейін;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жалпы санынан 10%-дан астам </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жоқ</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>2 и более баллов</w:t>
-[...49 lines deleted...]
-              <w:t>0 баллов;</w:t>
+              <w:t>2 және одан да көп балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бар болуына байла</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">нысты 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бар болуына байланысты 1 балл </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов;</w:t>
-[...36 lines deleted...]
-              <w:t>0 баллов;</w:t>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов;</w:t>
-[...13 lines deleted...]
-        <w:bookmarkEnd w:id="450"/>
+              <w:t>0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бар болуына байланысты 1 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...200 lines deleted...]
-        <w:bookmarkEnd w:id="453"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолайлы жағдай және қауіпсіз ортаны жасау:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- бейнебақылаумен қамтамасыз ету;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- жаппай жиналатын жерлерде балаларды бақылау және бақылау мүмкіндігінің болмауы (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі № 191 қаулысына сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- істен шыққан камералардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ұрлық пен бұзушылықтардың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- басқа мемлекеттік органдар тарапынан</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> айыппұл санкцияларының болмауы (ІІД және ТЖД талдауы бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> жоқ </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>болуына байланысты 1 баллдан</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...119 lines deleted...]
-              <w:t>2 балла;</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмыс берушілермен келісілген оқу жұмыс жоспарларының үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>барлық мамандықтар бойынша бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бірнеше мамандық бойынша бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">бағаланатын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="455"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...59 lines deleted...]
-        <w:bookmarkEnd w:id="459"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру сапасын қамтамасыз етудің тиімділігі (өлшемшарттар бойынша балдың ең жоғары саны – 27)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 15-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 20-25 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>"бірінші санатты басшы" - 25-27 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...156 lines deleted...]
-        <w:bookmarkEnd w:id="461"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Түлектердің жалпы санынан өткен оқу жылында жұмыспен қамтылған және жұмысқа орналастырылғандардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа орналастырылды және бос емес – 95%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа орналастырылды және бос емес – 75%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жұмысқа орналастырылды және бос емес – 60%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Жұмысқа орналастыры</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">лды және бос емес –60%-дан төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...159 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім сапасының динамикасы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16 – 20%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>11 - 15%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 7 - 10%-ға өсу; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткен жылғы деңгейге сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіштер жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="463"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...132 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Дуальды оқыту </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>нысаны бойынша білім алушыларды ұлғайту үшін</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5% -ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3%-ға өсу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өткен жылғы деңгейге сәйкес;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіштер жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="465"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...143 lines deleted...]
-        <w:bookmarkEnd w:id="467"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Белгілі бір оқу мерзіміне қабылданған білім алушылардың жалпы санынан оқуды жалғастыратын білім ал</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ушылардың үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жылының соңындағы контингент-90%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жылының соңындағы контингент-80%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Оқу жылының соңындағы контингент-70% және төмен;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...171 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Облыстық, республикалық, халықаралық олимпиадалардың, конкурстардың, жарыстардың </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>жеңімпаздары (жүлдегерлері) болған оқушылардың саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="470"/>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>11.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...102 lines deleted...]
-              <w:t>5 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының халықаралық жобаларға қатысуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бірнеше жобаларға қатысуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бір ғана жобаға қат</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ысуы; бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3 балла</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="472"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...66 lines deleted...]
-        <w:bookmarkEnd w:id="476"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Кадрлық әлеуетті, инновациялық қызметті дамытудың тиімділігі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша балдың ең жоғарғы саны – 24)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 10-15 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 16-20 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші сана</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>тты басшы" - 21-24 балл;</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...59 lines deleted...]
-            <w:bookmarkStart w:id="477" w:name="z796"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымдары педагогтерінің жалпы санынан жоғары кәсіптік білімі бар педагогтердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 91 - 100%; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>81 – 90%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70 – 80%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ниже 70% </w:t>
-[...67 lines deleted...]
-        <w:bookmarkEnd w:id="478"/>
+              <w:t>70% және төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>13.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...58 lines deleted...]
-              <w:t xml:space="preserve"> Не менее 30%; </w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ғылыми/академиялық дәрежесі бар педагогтердің </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 30%-дан төмен; </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20-29%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15 — 19%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10 — 14%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ниже 10% </w:t>
-[...62 lines deleted...]
-              </w:rPr>
+              <w:t>10% және төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="480"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>14.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...58 lines deleted...]
-              <w:t>Не менее 60%;</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Білім беру ұйымдары педагогтерінің жалпы санынан "педагог-зерттеуші", "педагог-шебер" біліктілік санаты бар педагогтердің үлесі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>60%-дан төмен емес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40 — 59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30 — 39%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>25 — 29%</w:t>
-[...70 lines deleted...]
-              <w:t>2 балла</w:t>
+              <w:t>25 — 29%;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 25% және төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="482"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>15.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:bookmarkEnd w:id="483"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Жас мамандардың болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="484"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>16.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...103 lines deleted...]
-            <w:bookmarkEnd w:id="485"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Білім беру ұйымы басшысының менеджмент саласындағы біліктілікті арттыру курстары туралы сертификатының болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="486"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>17.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...142 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кәсіби шеберлік конкурстарының жеңімпаздары/жүлдегерлері болған педагогтер</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық деңгей</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="488"/>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>18.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...139 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-әдістемелік кешендердің, әдістемелік ұсынымдардың/құралдардың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Аудандық деңгей бағаланатын көрсеткіш жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="490"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>19.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...132 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Инновациялық-эксперименттік қызмет, әлеуметтік/білім беру жобаларына қатысу</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Областық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Аудандық деңгей бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="492"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...67 lines deleted...]
-        <w:bookmarkEnd w:id="496"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Материалдық техникалық қамтамасыз ету тиімділігі </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша балдың ең жоғарғы саны – 4)</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 3 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> "бірінші санатты </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">басшы" - 4 балл; </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...25 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>20.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...52 lines deleted...]
-            <w:bookmarkStart w:id="497" w:name="z844"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Материалдық-техникалық базаны жақсарту (қазіргі заманғы жабдықтарды, сандық зертханаларды, интерактивті жабдықтарды, оқу кабинеттері мен т. б. сатып алу)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағаланатын көрсеткіш бар бағаланатын көрсеткіш жоқ қосымша:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оцениваемый показатель присутствует </w:t>
-[...83 lines deleted...]
-              <w:t>0 баллов</w:t>
+              <w:t xml:space="preserve">бюджеттен тыс қаражат есебінен тыс иелену </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
-        <w:bookmarkEnd w:id="498"/>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...14 lines deleted...]
-        <w:bookmarkEnd w:id="499"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Балды төмендету көрсеткіштері </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша балды төмендетудің ең жоғарғы саны–13 балдан кем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>21.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...123 lines deleted...]
-        <w:bookmarkEnd w:id="501"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Оқу-тәрбие процесі кезінде білім беру ұйымының аумағында білім </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>алушылардың/тәрбиеленушілердің, қызметкерлердің денсаулығына зиян келтіруге әкеп соққан тіркелген жарақаттану жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бағаланатын көрсеткіш бар бағаланатын көрсеткіш жартылай бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>22.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...116 lines deleted...]
-        <w:bookmarkEnd w:id="503"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Суицид жағдайларының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Аяқталған суицид; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Суицид әрекеті </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>23.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...116 lines deleted...]
-        <w:bookmarkEnd w:id="505"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Қылмыстардың, құқық бұзушылықтардың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш бар Бағаланатын көрсеткіш жартылай бар</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>24.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...112 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Қолайлы жағдайлар мен қауіпсіз ортаны құру:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бейнебақылаудың болмауы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> - жаппай жиналатын жерлерде балаларды бақылау және </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>бақылау мүмкіндігінің болмауы (ҚР Үкіметінің 2015 жылғы 3 сәуірдегі № 191 қаулысына сәйкес);</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- істен шыққан камералардың болуы;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- ұрлық және бұзу;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- басқа мемлекеттік органдар тар</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>апынан айыппұл санкцияларының болуы (ІІД және ТЖД мониторингі бойынша)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
-              <w:br/>
-[...26 lines deleted...]
-            <w:bookmarkStart w:id="507" w:name="z861"/>
+              <w:lastRenderedPageBreak/>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>минус 2</w:t>
-[...43 lines deleted...]
-        <w:bookmarkEnd w:id="507"/>
+              <w:t>2 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>1балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>25.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...136 lines deleted...]
-        <w:bookmarkEnd w:id="509"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20%-дан жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 – 19%-тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 – 9%- тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>26.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...121 lines deleted...]
-        <w:bookmarkEnd w:id="510"/>
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ҰББД сапасыз толтыру</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Сандық көрсеткіштерде анықтықтың болмауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>5 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>27.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6810" w:type="dxa"/>
-[...46 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="6612" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 5 жылда 1 рет біліктілікті арттыру курстарынан өтпеген педагогтердің болуы ("Педагог мәртебесі туралы" ҚР Заңына сәйкес)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Оцениваемый показатель присутствует </w:t>
-[...31 lines deleted...]
-              <w:t>минус 1 балл;</w:t>
+              <w:t xml:space="preserve">Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1365" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="922" w:type="dxa"/>
-[...70 lines deleted...]
-              <w:t xml:space="preserve"> Г О</w:t>
+            <w:tcW w:w="1044" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...30 lines deleted...]
-        <w:bookmarkEnd w:id="516"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 33 – 44 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 45-56 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 57-65 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...26 lines deleted...]
-      <w:bookmarkEnd w:id="517"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      * Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>арасындағы кезең)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Показатели эффективности деятельности руководителя методического кабинета (центра) (максимальное количество баллов – 24)</w:t>
+        <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысы қызметінің тиімділік көрсеткіштері) (ең жоғарғы балл саны-24)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1102"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="1261"/>
+        <w:gridCol w:w="1176"/>
+        <w:gridCol w:w="4096"/>
+        <w:gridCol w:w="3189"/>
+        <w:gridCol w:w="1201"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...118 lines deleted...]
-              <w:t xml:space="preserve"> Баллы</w:t>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>№</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Өлшемшарттар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Көрсеткіштер </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балл</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...145 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Білім беру ұйымының ашықтығы:</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>- сайттың болуы (web-беттер),</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">- апта сайын жаңартылып отыратын </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>әлеуметтік желілердегі беттің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіш жартылай бар; </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0,5 баллов</w:t>
-[...13 lines deleted...]
-        <w:bookmarkEnd w:id="521"/>
+              <w:t>0,5 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>2.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...119 lines deleted...]
-              <w:t>2 балла;</w:t>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми/академиялық дәрежесінің болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Ғылыми дәреже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Академиялық дәреже;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> балл;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="523"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>3.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...52 lines deleted...]
-            <w:bookmarkStart w:id="524" w:name="z889"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әдіскерлер санынан ғылыми / академиялық дәрежесі бар әдіскерлердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>50 — 60%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>40 — 59%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>30 — 39%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>20 — 29%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...60 lines deleted...]
-              <w:t>2 балла</w:t>
+              <w:t xml:space="preserve"> 20% және төмен </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="525"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>4.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...58 lines deleted...]
-              <w:t>Не менее 90%;</w:t>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Әдіскерлер санынан "педагог-зерттеуші", "педагог-шебер" </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>біліктілік санаты бар әдіскерлердің үлесі</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>90% дан кем емес;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>80 — 89%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>70 — 79%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>65 — 69%;</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Ниже 65% </w:t>
-[...53 lines deleted...]
-              <w:t>2 балла</w:t>
+              <w:t>65% төмен</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>4 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">0 </w:t>
-[...10 lines deleted...]
-        <w:bookmarkEnd w:id="527"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>5.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...112 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әдістемелік жұмыс тәжірибесін трансляциялау бойынша республикалық/халықаралық іс-шараларда басшының сөйлеген сөзі </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Республикалық деңгей </w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="529"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>6.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...113 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық оқу-әдістемелік кеңес мақұлдаған әзірленген бағдарламалардың, оқу-</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>әдістемелік кешеннің, әдістемелік жұмыс жөніндегі әдістемелік ұсынымдардың/ құралд</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ардың авторы/тең авторы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="531"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...24 lines deleted...]
-              </w:rPr>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>7.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...139 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Әлеуметтік/білім беру жобаларына қатысқан кәсіби конкурстарда жеңімпаз/жүлдегер болған әдіскерлердің, оның ішінде МК басшысының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Областық деңгей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіш жоқ </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="533"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>8.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...96 lines deleted...]
-            <w:bookmarkEnd w:id="534"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әдістемелік жұмыс бойынша біліктілікті арттыру курстары туралы сертификаттың болуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш бар;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="535"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>9.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...119 lines deleted...]
-              <w:t>2 балла</w:t>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бе</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>лсенді жұмыс істейтін пән педагогтері қауымдастықтарының саны</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде 6 қауымдастық;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3-5 қауымдастық;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кемінде 3 қауымдастық</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="537"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>10.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...153 lines deleted...]
-              <w:lastRenderedPageBreak/>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Әдістемелік кабинет (орталық) басшысының жұмыс немесе сараптамалық топтарға қатысуы </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Халықаралық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Республикалық деңгей;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Областық деңгей</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Бағаланатын көрсеткіш жоқ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
               <w:t>1 балл</w:t>
             </w:r>
             <w:r>
               <w:br/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>0 баллов</w:t>
-[...3 lines deleted...]
-        <w:bookmarkEnd w:id="539"/>
+              <w:t>0 балл</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...15 lines deleted...]
-        <w:bookmarkEnd w:id="540"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Балдың төмендеу көрсеткіші</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>(өлшемшарттар бойынша балды төмендетудің ең көп саны –4 балл кем)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> 11. </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...96 lines deleted...]
-              <w:t>минус 1 балла;</w:t>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Педагогтердің, әдістемелік кабинет (орталық) қызметкерлерінің негізделген шағымдарының, өтініштерінің болуы) </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Бағаланатын көрсеткіш бар </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем;</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>12.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4884" w:type="dxa"/>
-[...136 lines deleted...]
-        <w:bookmarkEnd w:id="542"/>
+            <w:tcW w:w="5013" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Кадрлар тұрақтамауының болуы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4264" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>20%-дан жоғары тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>10 – 19%-тұрақтамау;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>3 – 9%- тұрақтамау</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1619" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>2 балл кем;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>1 балл кем</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1429" w:type="dxa"/>
-[...24 lines deleted...]
-              <w:t xml:space="preserve"> Итого</w:t>
+            <w:tcW w:w="1404" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>барлығы</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="0" w:type="auto"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
               <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...29 lines deleted...]
-        <w:bookmarkEnd w:id="544"/>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"үшінші санатты басшы" - 17-19 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"екінші санатты басшы" - 20-21 балл;</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>"бірінші санатты басшы" - 22-24 балл.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-        <w:t>      *Достижение показателей учитываются за межаттестационный период (период между аттестациями)</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      *Көрсеткіштерге қол жеткізу аттестаттау аралық кезеңде ескеріледі (аттестаттау арасындағы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>кезең)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="545"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 15 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын і</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>15-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="546" w:name="z939"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                    Протокол заседа</w:t>
-[...102 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>      Аттестованы на заявленную квалификационную категорию следующие руководители организаций образования:</w:t>
+        <w:t xml:space="preserve"> Аттестаттау комиссиясы отырысының хаттамасы </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      "___"___________________ 20____ жыл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Комиссия төрағасы:_____________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1.________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. _______________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Аттестаттау кезеңдерінің қорытындысы бойынша комиссияның ШЕШІМІ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="531"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1782"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="3673"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="1158"/>
+        <w:gridCol w:w="1806"/>
+        <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
-[...160 lines deleted...]
-              <w:t>Присвоенная квалификационная категория</w:t>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өтініш берілген біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4898" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="845" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1904" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...10 lines deleted...]
-        <w:t>      Аттестованы на заявленную квалификационную категорию с ротацией следующие руководители организаций образования:</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына ротациямен аттестатталды:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="480"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="827"/>
+        <w:gridCol w:w="607"/>
+        <w:gridCol w:w="3673"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="1158"/>
+        <w:gridCol w:w="1806"/>
+        <w:gridCol w:w="1480"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3907" w:type="dxa"/>
-[...192 lines deleted...]
-              <w:t>Причина</w:t>
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Өтініш берілген біліктілік</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілген біліктілік санаты</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3907" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
-        <w:tc>
-[...25 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3907" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="5203" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="860" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1318" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1937" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2333" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1938" w:type="dxa"/>
-[...236 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1826" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...17 lines deleted...]
-        <w:t>категорию следующие руководители организаций образования:</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Білім беру ұйымдарының келесі басшылары өтініш берілген біліктілік санаттарына аттестатталмады: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="451"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="805"/>
+        <w:gridCol w:w="557"/>
+        <w:gridCol w:w="3326"/>
+        <w:gridCol w:w="938"/>
+        <w:gridCol w:w="1092"/>
+        <w:gridCol w:w="1666"/>
+        <w:gridCol w:w="1377"/>
+        <w:gridCol w:w="706"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="790" w:type="dxa"/>
-[...15 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="20"/>
               <w:ind w:left="20"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t>№</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
-[...185 lines deleted...]
-              <w:t>Причина</w:t>
+            <w:tcW w:w="4881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Лауазымы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Өтініш берілген біліктілік </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Берілген біліктілік санаты</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Себебі </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="790" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="4881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="790" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4583" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="4881" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="791" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="760" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1236" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1781" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2189" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1782" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1713" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="792" w:type="dxa"/>
-[...209 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="761" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...151 lines deleted...]
-        <w:t>(подпись)</w:t>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Комиссия төрағасы __________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Комиссия мүшелері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      1. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      2. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      3. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      4. ___________________________ (қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Хатшы: ___________________________ (қолы)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="551"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 16 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламала</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>рын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білімнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>16-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="552" w:name="z947"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                УДОСТОВЕРЕНИЕ</w:t>
-[...233 lines deleted...]
-        <w:t>Дата выдачи "____" __________ 20 ____ года</w:t>
+        <w:t xml:space="preserve"> Біліктілік санатын беру (растау) арқылы аттестаттау туралы КУӘЛІК</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ______________________________________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      _______________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>_______________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Білім беру ұйымының немесе білім беруді басқару органының толық атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы куәлік 20_____жылғы _____ № "___" бұйрығымен аттесттаттау комиссиясының шешіміне сәйкес</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      __________________________</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>___________________________________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      ________________________________________________________________берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      20_____жылғы ___ ___________№ "___" біліктілік санаты берілді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      _________ </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>________бойынша лауазымы ______________ (лауазым атауы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Осы аталған куәлік 20____жылғы "____" ______________дейін жарамды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">       Білім беру ұйымының басшысы ______________________________ </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      (Т.А.Ә. (бар болған жағдайда), қолы)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Мөр орны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>    Тіркеу нөмірі __________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>      Берілген күні "____" __________ 20 ____ жыл</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="5848"/>
-        <w:gridCol w:w="3929"/>
+        <w:gridCol w:w="5887"/>
+        <w:gridCol w:w="3890"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:bookmarkEnd w:id="553"/>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Приложение 17 к Правилам</w:t>
-[...196 lines deleted...]
-              <w:t>области образования и науки</w:t>
+              <w:t>Мектепке дейінгі тәрбие мен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>оқытудың, бастауыш, негізгі</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>орта және жалпы орта білім</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>берудің жалпы білім беретін оқу</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>бағдарламаларын, техникалық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>және кәсіптік, орта білі</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мнен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>кейінгі, қосымша,</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мамандандырылған және арнайы</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру бағдарламаларын іске</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>асыратын білім беру</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ұйымдарында лауазымдарды</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>атқаратын педагогтерді және</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>білім беру мен ғылым</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>саласындағы өзге де азаматтық</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>қызметшілерді аттестаттаудан</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>өткізу қағидалары м</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>ен</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>шарттарына</w:t>
+            </w:r>
+            <w:r>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>17-қосымша</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7780" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4600" w:type="dxa"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Форма</w:t>
+              <w:t>Нысан</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
-[...3 lines deleted...]
-      <w:bookmarkStart w:id="554" w:name="z951"/>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">              Журнал регистрации и выдачи удостоверений об аттестации</w:t>
+        <w:t xml:space="preserve"> Аттестаттау туралы куәлікті тіркеу және беру журналы</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblCellSpacing w:w="0" w:type="auto"/>
         <w:tblInd w:w="115" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
           <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="499"/>
-[...5 lines deleted...]
-        <w:gridCol w:w="991"/>
+        <w:gridCol w:w="610"/>
+        <w:gridCol w:w="2188"/>
+        <w:gridCol w:w="1712"/>
+        <w:gridCol w:w="1038"/>
+        <w:gridCol w:w="2153"/>
+        <w:gridCol w:w="961"/>
+        <w:gridCol w:w="1000"/>
       </w:tblGrid>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
-[...225 lines deleted...]
-              <w:t>Подпись в получении</w:t>
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>р/н</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Т.А.Ә. (бар болған жағдайда)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Біліктілік талаптарын беру/растау лауазымының атауы</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Комиссия шешімінің күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Біліктілік талаптарын беру/растау туралы бұйрықтың нөмірі </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>мен күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Куәлік берілген күні</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="20"/>
+              <w:ind w:left="20"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>Табыстау туралы қолы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C130D">
+      <w:tr w:rsidR="00BC57B0">
         <w:trPr>
           <w:trHeight w:val="30"/>
           <w:tblCellSpacing w:w="0" w:type="auto"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="773" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="831" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2920" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="3137" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2482" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1100" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3052" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="2974" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1024" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1101" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1025" w:type="dxa"/>
-[...14 lines deleted...]
-          <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+            <w:tcW w:w="1102" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblCellSpacing w:w="0" w:type="auto"/>
+        <w:tblInd w:w="115" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+          <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1381"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1380"/>
+        <w:gridCol w:w="1381"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00BC57B0">
+        <w:trPr>
+          <w:trHeight w:val="30"/>
+          <w:tblCellSpacing w:w="0" w:type="auto"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1757" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1758" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:left w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:bottom w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+              <w:right w:val="single" w:sz="5" w:space="0" w:color="CFCFCF"/>
+            </w:tcBorders>
+            <w:tcMar>
+              <w:top w:w="15" w:type="dxa"/>
+              <w:left w:w="15" w:type="dxa"/>
+              <w:bottom w:w="15" w:type="dxa"/>
+              <w:right w:w="15" w:type="dxa"/>
+            </w:tcMar>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+            <w:pPr>
+              <w:spacing w:after="0"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
       <w:pPr>
         <w:spacing w:after="0"/>
       </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
       <w:r>
         <w:br/>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="005C130D" w:rsidRDefault="00E6176D">
+      <w:r>
+        <w:br/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00BC57B0" w:rsidRDefault="004A7DD0">
       <w:pPr>
         <w:pStyle w:val="disclaimer"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t xml:space="preserve">© 2012. </w:t>
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="005C130D">
+        <w:t>© 2012. Қазақстан Республикасы Әділет министрлігінің «Қазақстан Республикасының Заңнама және құқықтық ақпарат институты» ШЖҚ РМК</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00BC57B0">
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="005C130D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00E6176D"/>
+    <w:rsidRoot w:val="00BC57B0"/>
+    <w:rsid w:val="004A7DD0"/>
+    <w:rsid w:val="00BC57B0"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w15:docId w15:val="{4B6DD360-7F8A-4736-BEED-B02677115790}"/>
+  <w15:docId w15:val="{49E26D79-27F4-464B-88DD-3FBBA2CA82DA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -41581,51 +40088,51 @@
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="disclaimer">
     <w:name w:val="disclaimer"/>
     <w:basedOn w:val="a"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocDefaults">
     <w:name w:val="DocDefaults"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -41849,66 +40356,66 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>57</Pages>
-[...1 lines deleted...]
-  <Characters>101127</Characters>
+  <Pages>56</Pages>
+  <Words>17191</Words>
+  <Characters>97989</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>842</Lines>
-  <Paragraphs>237</Paragraphs>
+  <Lines>816</Lines>
+  <Paragraphs>229</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>118631</CharactersWithSpaces>
+  <CharactersWithSpaces>114951</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Aygerim</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>