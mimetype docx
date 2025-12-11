--- v0 (2025-12-11)
+++ v1 (2025-12-11)
@@ -1,3044 +1,180 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w:rsidR="00482321" w:rsidRPr="009B7D79" w:rsidRDefault="00474D9E" w:rsidP="00482321">
+    <w:p w:rsidR="00482321" w:rsidRDefault="00FE24CF" w:rsidP="00482321">
       <w:pPr>
         <w:rPr>
           <w:rStyle w:val="textexposedshow"/>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t xml:space="preserve">№1 НОМ </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">27 мая 2020 года Бойчук Г.Р., воспитатель </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>мектепалды</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>предшкольной</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> подготовки ОСШ№</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00FE24CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>1 ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00FE24CF">
+        <w:rPr>
+          <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
+          <w:color w:val="1C1E21"/>
+          <w:sz w:val="21"/>
+          <w:szCs w:val="21"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приняла участие в областном онлайн </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>даярлық</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>вебинаре</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, организованном УМЦ </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-        <w:t>тобының</w:t>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>г.Караганды</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00474D9E">
+      <w:r w:rsidRPr="00FE24CF">
         <w:rPr>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> . Она познакомила участников семинара с новейшими технологиями и методиками, которые позволяют поднять уровень дошкольного образования на более высокую и качественную степень. Одним из таких эффективных методов познания закономерностей и явлений окружающего мира является опытно-экспериментальная деятельность, которая также пол</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00FE24CF">
+        <w:rPr>
+          <w:rStyle w:val="textexposedshow"/>
           <w:rFonts w:ascii="Helvetica" w:hAnsi="Helvetica" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        </w:rPr>
-[...2898 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+          <w:lang w:val="ru-RU"/>
+        </w:rPr>
+        <w:t>ожительно влияет на развитие у детей активности, самостоятельности, творческих способностей, познавательного интереса, умения общаться со сверстниками и старшими детьми. Актуальность авторской программы заключается в том, что исследовательская деятельность в период дошкольного детства претендует на роль ведущей деятельности, параллельно с игрой, основу которой составляет экспериментирование. Достоинство использования данного метода заключается в том, что в процессе эксперимента дети получают реальные представления об окружающем мире, активизируются их мыслительные процессы, так как постоянно возникает необходимость совершать операции анализа, синтеза, сравнения, обобщения и классификации, прослеживается момент саморазвития детей, их самостоятельность. Экспериментирование стимулирует дошкольника к поискам новых действий и способствует формированию модели 4К</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00482321" w:rsidRDefault="00482321" w:rsidP="00482321">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:pict>
           <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
             <v:stroke joinstyle="miter"/>
             <v:formulas>
               <v:f eqn="if lineDrawn pixelLineWidth 0"/>
               <v:f eqn="sum @0 1 0"/>
@@ -3179,78 +315,80 @@
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w:rsidR="00FE24CF" w:rsidRPr="00FE24CF" w:rsidRDefault="00482321">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:215pt;height:161.5pt">
+          <v:shape id="_x0000_i1030" type="#_x0000_t75" style="width:214.9pt;height:161.45pt">
             <v:imagedata r:id="rId7" o:title="101805921_537561433787752_9209901254182961152_o"/>
           </v:shape>
         </w:pict>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="inherit" w:eastAsia="Times New Roman" w:hAnsi="inherit" w:cs="Helvetica"/>
           <w:color w:val="1C1E21"/>
           <w:sz w:val="21"/>
           <w:szCs w:val="21"/>
           <w:lang w:val="ru-RU"/>
         </w:rPr>
         <w:pict>
-          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:221pt;height:165.5pt">
+          <v:shape id="_x0000_i1031" type="#_x0000_t75" style="width:220.35pt;height:165.8pt">
             <v:imagedata r:id="rId8" o:title="100957986_537561303787765_7851320914258952192_o"/>
           </v:shape>
         </w:pict>
       </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:sectPr w:rsidR="00FE24CF" w:rsidRPr="00FE24CF" w:rsidSect="00482321">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="474" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3274,53 +412,51 @@
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="55"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FE24CF"/>
-    <w:rsid w:val="00474D9E"/>
     <w:rsid w:val="00482321"/>
-    <w:rsid w:val="009B7D79"/>
     <w:rsid w:val="00FE24CF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -4227,69 +1363,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>188</Words>
-  <Characters>1077</Characters>
+  <Words>202</Words>
+  <Characters>1156</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>8</Lines>
+  <Lines>9</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1263</CharactersWithSpaces>
+  <CharactersWithSpaces>1356</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>acer</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>