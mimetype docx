--- v0 (2025-12-11)
+++ v1 (2025-12-15)
@@ -1,1980 +1,2408 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...8 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00EF4E93" w:rsidRDefault="00EF4E93" w:rsidP="00EF4E93">
+    <w:p w:rsidR="00892E1E" w:rsidRDefault="00892E1E" w:rsidP="00892E1E">
       <w:pPr>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">         Нұр-Сұлтан қ</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
         </w:rPr>
         <w:t>аласы</w:t>
       </w:r>
-      <w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00D31102">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve">                                      город </w:t>
       </w:r>
       <w:r w:rsidRPr="001F4908">
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Нур</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>-Султан</w:t>
       </w:r>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                   </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                           </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D31102">
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="000D7DE0" w:rsidRDefault="000D7DE0" w:rsidP="00934587">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w:rsidR="00EE69B8" w:rsidRDefault="00EE69B8" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED51C1" w:rsidRDefault="00ED51C1" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED51C1" w:rsidRDefault="00ED51C1" w:rsidP="00934587">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="-108" w:type="dxa"/>
+        <w:tblInd w:w="-142" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="0" w:type="dxa"/>
           <w:right w:w="0" w:type="dxa"/>
         </w:tblCellMar>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4468"/>
+        <w:gridCol w:w="4637"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000D7DE0" w:rsidRPr="008C1933" w:rsidTr="002E07D4">
+      <w:tr w:rsidR="00F043DE" w:rsidRPr="00C40AF3" w:rsidTr="00615303">
         <w:trPr>
-          <w:trHeight w:val="3045"/>
+          <w:trHeight w:val="3405"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4468" w:type="dxa"/>
+            <w:tcW w:w="4637" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="000D7DE0" w:rsidRPr="008C1933" w:rsidRDefault="002E07D4" w:rsidP="007C5B7C">
+          <w:p w:rsidR="00F043DE" w:rsidRPr="003E3EFD" w:rsidRDefault="00615303" w:rsidP="007C5B7C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008C1933">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">О внесении </w:t>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00615303">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>2019 - 2020 оқу жылын аяқтау және орта білім беру ұйымдарының білім алушыларын қорытынды аттестаттаудан өткізу туралы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>изменений</w:t>
+              <w:t xml:space="preserve">» </w:t>
             </w:r>
-            <w:r w:rsidRPr="008C1933">
+            <w:r w:rsidRPr="0021368F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> в приказ Министра образования и науки Респу</w:t>
+              <w:t>Қазақстан Республикасы Білім және ғ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>блики Казахстан от 3 апреля2020</w:t>
+              <w:t>ылым министрінің 20</w:t>
             </w:r>
-            <w:r w:rsidRPr="008C1933">
+            <w:r w:rsidRPr="00615303">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve"> года № </w:t>
+              <w:t>20</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>129</w:t>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E00EE">
+            <w:r w:rsidRPr="0021368F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t xml:space="preserve">«О завершении 2019-2020 учебного года и </w:t>
+              <w:t xml:space="preserve">жылғы </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00615303">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>п</w:t>
+              <w:t xml:space="preserve">сәуірдегі </w:t>
             </w:r>
-            <w:r w:rsidRPr="009E00EE">
+            <w:r w:rsidRPr="0021368F">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>роведении итоговой аттестацииобучающихся в организациях среднего образования»</w:t>
+              <w:t xml:space="preserve">№ </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>129</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021368F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> бұйрығына </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>өзгерістер</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0021368F">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> енгізу туралы</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="000D7DE0" w:rsidRPr="008C1933" w:rsidRDefault="000D7DE0" w:rsidP="000D7DE0">
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000D7DE0" w:rsidRPr="008C1933" w:rsidRDefault="000D7DE0" w:rsidP="004B06D7">
-[...4 lines deleted...]
-        <w:adjustRightInd/>
+    <w:p w:rsidR="00615303" w:rsidRPr="00615303" w:rsidRDefault="00860036" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төтенше жағдай туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E" w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ның</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E" w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2003 жылғы </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                        </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 ақпандағы Заңының 12-1-бабы 2-тармағының 2-бөлігіне, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Ә</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>леуметтік-экономикалық тұрақтылықты қамтамасыз ету жөніндегі шаралар туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">               </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 жылғы 16 наурыздағы </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E" w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Президенті </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00860036">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жарлығының 1-тармағының 4) тармақшасына </w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B" w:rsidRPr="0044299B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B" w:rsidRPr="0044299B">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының Президенті жанындағы Төтенше жағдай режимін қамтамасыз ету жөніндегі мемлекеттік комиссияның</w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B" w:rsidRPr="0044299B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 жылғы 3 сәуірдегі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ 9 хаттамасының </w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B" w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0044299B" w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA480E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тармағына сәйкес</w:t>
+      </w:r>
+      <w:r w:rsidR="00615303">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00615303" w:rsidRPr="00615303">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН</w:t>
+      </w:r>
+      <w:r w:rsidR="00615303" w:rsidRPr="00615303">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="007A7329" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00615303">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2019 - 2020 оқу жылын аяқтау және орта білім беру ұйымдарының білім алушыларын қорытынды аттестаттаудан өткізу туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>» Қазақстан Республикасы Білім және ғылым министрінің 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3 сәуірдегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> № 12</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> бұйрығына </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615303">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7329">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40AF3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20324</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7329">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>болып тіркелген</w:t>
+      </w:r>
+      <w:r w:rsidR="00C40AF3">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00C40AF3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2020 жылғы 10 сәуірде </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:anchor="!/" w:history="1">
+        <w:r w:rsidR="00C40AF3" w:rsidRPr="00C40AF3">
+          <w:rPr>
+            <w:bCs/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>Қазақстан Республикасы нормативтік құқықтық актілерінің электрондық түрдегі эталондық бақылау банкі</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00C40AF3">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>нде жарияланған</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615303">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7329">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мынадай </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзгерістер</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7329">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> енгізілсін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00615303">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-      </w:pPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>1, 2, 3, 4, 5 және 6-тармақтар мынадай редакцияда жазылсын:</w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="004B06D7" w:rsidRDefault="00E261AB" w:rsidP="004B06D7">
-[...4 lines deleted...]
-        <w:adjustRightInd/>
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:color w:val="000000"/>
+          <w:rFonts w:eastAsia="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AC337D">
-[...90 lines deleted...]
-        <w:t>ПРИКАЗЫВАЮ:</w:t>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>«1. Меншік нысаны</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>на және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ведомстволық бағыныстылығына қарамастан орта білім беру ұйымдарында оқу жылы 2020 жылғы 25 мамырда аяқта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>лсын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00083455" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...138 lines deleted...]
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00CC3B3E" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
+    <w:p w:rsidR="00615303" w:rsidRPr="009E7F08" w:rsidRDefault="00615303" w:rsidP="00615303">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...42 lines deleted...]
-        <w:t xml:space="preserve"> изложить в следующей редакции:</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2. Қорытынды аттестаттау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00826E9B" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...47 lines deleted...]
-        <w:t>.</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>1) 9 (10) және 11 (12) - сыныптард</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ың</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>ы тапсырмайды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009E7F08">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, аттестат ағымдағы оқу жылының жылдық бағалары негізінде беріледі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00573F23" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...41 lines deleted...]
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00A02C85" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...35 lines deleted...]
-        <w:t>в форме суммативного оценивания за четверть с применением дистанционных образовательных технологий;</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E0A59">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экстернат нысанында оқитындар қашықтықтан білім беру технологияларын қолдана отырып, тоқсан </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>бойынша</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E0A59">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жиынтық бағалау нысанында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000E0A59">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">3) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE0E05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">шетелге оқуға түсу үшін кеткенде немесе тұрғылықты орнын шетелге ауыстырған жағдайда, растайтын құжаттарын ұсынған 9 (10) және 11 (12) сыныптардың бітірушілері қашықтан білім беру технологияларын қолдана отырып онлайн режимінде қорытынды бітіру емтихандары </w:t>
+      </w:r>
+      <w:r w:rsidR="007B1CB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DE0E05">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мемлекеттік бітіру емтихандары</w:t>
+      </w:r>
+      <w:r w:rsidR="007B1CB4">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нысанында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тапсырады</w:t>
+      </w:r>
+      <w:r w:rsidR="00860036">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00860036" w:rsidRDefault="00860036" w:rsidP="00615303">
+      <w:pPr>
+        <w:suppressAutoHyphens/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">4) халықаралық алмасу желісі бойынша шетелге оқуға баратын және сол жақта білім беру мекемелерін аяқтайтын 11 (12) сыныпты бітірушілер 11 (12) сынып үшін 10 сыныптағы жылдық бағасын ескере отырып оқыған елдегі ағымдағы бағаларының негізінде </w:t>
+      </w:r>
+      <w:r w:rsidR="0012639C">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тапсырады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
       <w:pPr>
         <w:suppressAutoHyphens/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...146 lines deleted...]
-        <w:t xml:space="preserve"> с применением дистанционных образовательных технологий в режиме онлайн.</w:t>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00310F7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>3. Облыстардың, Нұр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00310F7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сұлтан, Алматы және Шымкент қалаларының білім басқармалары, сондай-ақ республикалық орта білім беру ұйымдары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidRPr="00310F7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>2019-2020 оқу жылын осы бұйрықтың талаптарына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>, «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00310F7E">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>Орта, техникалық және кәсіптік, орта білімнен кейінгі білім беру ұйымдары үшін білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00310F7E">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>» Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы № 125 бұйрығымен бекітілген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C81991">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB0AD5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасының</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007A7329">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> нормативтік құқықтық актілерін мемлекеттік тіркеу тізілімінде № 5191болып тіркелген</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D30625">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Бастауыш, негізгі орта, жалпы орта білімнің білім беретін оқу бағдарламаларын іске асыратын білім беру ұйымдарындағы білім алушылардың үлгеріміне ағымдық бақылаудың, оларды аралық және қорытынды аттестаттау өткізудің үлгілік қағидалары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00310F7E">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t>сәйкес аяқтауды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="003A23A7" w:rsidRDefault="003A23A7" w:rsidP="002E07D4">
-[...2 lines deleted...]
-        <w:ind w:firstLine="708"/>
+    <w:p w:rsidR="00615303" w:rsidRPr="001E184B" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:kern w:val="2"/>
-[...34 lines deleted...]
-        <w:t xml:space="preserve"> выехавших на учебу за рубеж по линии международного обмена и окончивших там образовательные учреждения, за 11 (12) класс проводится на основании текущихоценок в стране пребывания с учетом годовой оценки 10 (11) класса. </w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E184B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...4 lines deleted...]
-        <w:adjustRightInd/>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...100 lines deleted...]
-        <w:t>1).</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00336105" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...20 lines deleted...]
-        <w:t>Комитету дошкольного и среднего образования Министерства образования и науки Республики Казахстан в установленном законодательством Республики Казахстан порядке обеспечить:</w:t>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00336105" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы  тармақтың 1) және 2) тармақшаларында қарастырылған іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Осы бұйрық алғашқы ресми жарияланған күнінен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізіледі.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-тармақ алынып тасталынсын. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="001E184B" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001E184B">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2. Қазақстан Республикасы Білім және ғылым министрлігінің Мектепке дейінгі және орта білім беру комитеті Қазақстан Республикасы заңнамасында белгіленген тәртіппен:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) осы бұйрықтың Қазақстан Республикасы Әділет министрлігінде мемлекеттік тіркелуін;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) осы бұйрық ресми жарияланғаннан кейін оны Қазақстан Республикасы Білім және ғылым министрлігінің ресми интернет-ресурсында орналастыруды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3) осы бұйрық Қазақстан Республикасының Әділет министрлігінде мемлекеттік тіркелгеннен кейін он жұмыс күні ішінде осы тармақтың 1) және </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                     </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00336105">
-[...5 lines deleted...]
-        <w:t>государственную регистрацию настоящего приказа в Министерстве юстиции Республики Казахстан; </w:t>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тармақшаларында қарастырылған іс-шаралардың орындалуы туралы мәліметтерді Қазақстан Республикасы Білім және ғылым министрлігінің Заң департаментіне ұсынуды қамтамасыз етсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00336105" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...12 lines deleted...]
-        <w:t>2) размещение настоящего приказа на интернет-ресурсе Министерства образования и науки Республики Казахстан после его официального опубликования;</w:t>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3. Осы бұйрықтың орындалуын бақылау жетекшілік ететін Қазақстан Республикасының Білім және ғылым вице-министріне жүктелсін.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00336105" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...3 lines deleted...]
-        <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+    <w:p w:rsidR="00615303" w:rsidRPr="00E55521" w:rsidRDefault="00615303" w:rsidP="00615303">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+          <w:tab w:val="left" w:pos="709"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...20 lines deleted...]
-        <w:t>»;</w:t>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Осы бұйрық алғашқы ресми жарияланған күнінен </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бастап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E55521">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолданысқа енгізіледі.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRPr="00336105" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...29 lines deleted...]
-      </w:r>
+    <w:p w:rsidR="007917C5" w:rsidRDefault="007917C5" w:rsidP="007917C5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w:rsidR="002E07D4" w:rsidRDefault="002E07D4" w:rsidP="002E07D4">
-[...252 lines deleted...]
-          <w:szCs w:val="28"/>
+    <w:p w:rsidR="007917C5" w:rsidRDefault="007917C5" w:rsidP="007917C5">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="3399FF"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="a9"/>
         <w:tblW w:w="8930" w:type="dxa"/>
         <w:tblInd w:w="817" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:tblLook w:val="04A0"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3652"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="3152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004C6586" w:rsidTr="004C6586">
+      <w:tr w:rsidR="007917C5" w:rsidTr="007917C5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3652" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+          <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
-              <w:t>Министр образования и науки Республики Казахстан</w:t>
+              <w:t>Қазақстан Республикасының Білім және ғылым министрі</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
           </w:tcPr>
-          <w:p w:rsidR="00F57E32" w:rsidRDefault="00F57E32"/>
+          <w:p w:rsidR="00740330" w:rsidRDefault="00740330"/>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3152" w:type="dxa"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+          <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="28"/>
               </w:rPr>
               <w:t>А. Аймагамбетов</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w:rsidR="0094678B" w:rsidRPr="00934587" w:rsidRDefault="0094678B" w:rsidP="002E07D4">
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+    <w:p w:rsidR="00642211" w:rsidRPr="008858D2" w:rsidRDefault="00642211" w:rsidP="007917C5">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00F57E32"/>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00740330"/>
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Қазақстан Республикасының Әділет министрлігі</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>________ облысының/қаласының Әділет департаменті</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық акті 05.05.2020</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Нормативтік құқықтық актілерді мемлекеттік</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>тіркеудің тізіліміне № 20568 болып енгізілді</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00F57E32"/>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00740330"/>
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:t>Министерство образования и науки РК - Директор Нурсейт Абсаттарович Байжанов, 28.04.2020 13:36:53, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:t>Министерство юстиции РК - Әділет Вице-министрі Наталья Виссарионовна Пан, 04.05.2020 12:33:04, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
       <w:r>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Результаты подписания</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
-[...1 lines deleted...]
-        <w:t>Министерство образования и науки РК - Министр образования и науки Республики Казахстан А. Аймагамбетов, 04.05.2020 14:51:57, положительный результат проверки ЭЦП</w:t>
+    <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
+      <w:r>
+        <w:t>ҚР Білім және ғылым министрлігі - Қазақстан Республикасының Білім және ғылым министрі А. Аймагамбетов, 04.05.2020 14:51:57, положительный результат проверки ЭЦП</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F57E32" w:rsidSect="00642211">
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:sectPr w:rsidR="00740330" w:rsidSect="00642211">
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="849" w:bottom="993" w:left="1418" w:header="851" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00B43DE2" w:rsidRDefault="00B43DE2">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0079796A" w:rsidRDefault="0079796A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
-  <w:endnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00B43DE2" w:rsidRDefault="00B43DE2">
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0079796A" w:rsidRDefault="0079796A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times/Kazakh">
     <w:altName w:val="Times New Roman"/>
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000000" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="SimSun">
     <w:altName w:val="宋体"/>
     <w:panose1 w:val="02010600030101010101"/>
     <w:charset w:val="86"/>
     <w:family w:val="auto"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="288F0000" w:usb2="00000016" w:usb3="00000000" w:csb0="00040001" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="080E0000" w:usb2="00000010" w:usb3="00000000" w:csb0="00040000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="61002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00F57E32" w:rsidRDefault="00F57E32">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00740330" w:rsidRDefault="00740330">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+  <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>Нормативтік құқықтық актілерді мемлекеттік тіркеудің тізіліміне № 20568 болып енгізілді</w:t>
     </w:r>
   </w:p>
-  <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+  <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  05.05.2020.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00F57E32" w:rsidRDefault="00F57E32">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00740330" w:rsidRDefault="00740330">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="00F57E32" w:rsidRDefault="00615E49">
+  <w:p w:rsidR="00740330" w:rsidRDefault="00F23CF8">
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
       <w:t>ИС «ИПГО». Копия электронного документа. Дата  05.05.2020.</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-[...1 lines deleted...]
-    <w:p w:rsidR="00B43DE2" w:rsidRDefault="00B43DE2">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="0079796A" w:rsidRDefault="0079796A">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:type="continuationSeparator" w:id="1">
-    <w:p w:rsidR="00B43DE2" w:rsidRDefault="00B43DE2">
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="0079796A" w:rsidRDefault="0079796A">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00F23CC5" w:rsidP="00E43190">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00BE78CA">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00F23CC5" w:rsidP="00E43190">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA" w:rsidP="00E43190">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00BE78CA">
+    <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00646F03">
+    <w:r w:rsidR="00A4657F">
       <w:rPr>
         <w:rStyle w:val="af0"/>
         <w:noProof/>
       </w:rPr>
       <w:t>3</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="af0"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w:rsidR="00BE78CA" w:rsidRDefault="00BE78CA">
     <w:pPr>
       <w:pStyle w:val="aa"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="10325" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
-      <w:tblLook w:val="01E0"/>
+      <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="3936"/>
       <w:gridCol w:w="2126"/>
       <w:gridCol w:w="4263"/>
     </w:tblGrid>
     <w:tr w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="1348"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="000D7DE0">
+        <w:p w:rsidR="00F043DE" w:rsidRDefault="00B12C86" w:rsidP="00F043DE">
+          <w:pPr>
+            <w:spacing w:line="288" w:lineRule="auto"/>
+            <w:ind w:right="459"/>
+            <w:jc w:val="center"/>
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t>Қ</w:t>
+          </w:r>
+          <w:r w:rsidR="00F043DE">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+            </w:rPr>
+            <w:t xml:space="preserve">АЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
+          </w:r>
+          <w:r w:rsidR="00F043DE">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
+          </w:r>
+        </w:p>
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="00F043DE">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
             </w:rPr>
-            <w:t xml:space="preserve">ҚАЗАҚСТАН РЕСПУБЛИКАСЫ </w:t>
-[...16 lines deleted...]
-            <w:t xml:space="preserve"> МИНИСТРЛІГІ</w:t>
+            <w:t>МИНИСТРЛІГІ</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="2126" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00D42C93" w:rsidP="00782A16">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00C723BA" w:rsidRDefault="00C723BA" w:rsidP="00782A16">
           <w:pPr>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:noProof/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0">
                 <wp:extent cx="972820" cy="972820"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="2" name="Рисунок 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                     <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:nvPicPr>
                         <pic:cNvPr id="0" name="Picture 1"/>
                         <pic:cNvPicPr>
                           <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                         </pic:cNvPicPr>
                       </pic:nvPicPr>
                       <pic:blipFill>
                         <a:blip r:embed="rId1">
                           <a:extLst>
                             <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
-                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns="" val="0"/>
+                              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                             </a:ext>
                           </a:extLst>
                         </a:blip>
                         <a:srcRect/>
                         <a:stretch>
                           <a:fillRect/>
                         </a:stretch>
                       </pic:blipFill>
                       <pic:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="972820" cy="972820"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </pic:spPr>
                     </pic:pic>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4263" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
-        <w:p w:rsidR="000D7DE0" w:rsidRDefault="00A646AF" w:rsidP="000D7DE0">
+        <w:p w:rsidR="00F043DE" w:rsidRDefault="00B12C86" w:rsidP="00F043DE">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
-            <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
+            <w:t>МИНИСТЕРСТВО</w:t>
           </w:r>
         </w:p>
-        <w:p w:rsidR="000D7DE0" w:rsidRDefault="000D7DE0" w:rsidP="000D7DE0">
+        <w:p w:rsidR="00F043DE" w:rsidRDefault="00F043DE" w:rsidP="00F043DE">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
           </w:r>
+          <w:r w:rsidR="00B12C86" w:rsidRPr="00B12C86">
+            <w:rPr>
+              <w:b/>
+              <w:bCs/>
+              <w:color w:val="3399FF"/>
+              <w:lang w:val="kk-KZ"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> </w:t>
+          </w:r>
         </w:p>
-        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00A646AF" w:rsidP="000D7DE0">
+        <w:p w:rsidR="004B400D" w:rsidRPr="00D100F6" w:rsidRDefault="00B12C86" w:rsidP="00F043DE">
           <w:pPr>
             <w:spacing w:line="288" w:lineRule="auto"/>
             <w:jc w:val="center"/>
             <w:rPr>
               <w:b/>
               <w:color w:val="3A7298"/>
               <w:sz w:val="29"/>
               <w:szCs w:val="29"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="00A646AF">
+          <w:r w:rsidRPr="00B12C86">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:lang w:val="kk-KZ"/>
             </w:rPr>
             <w:t>РЕСПУБЛИКИ КАЗАХСТАН</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
     <w:tr w:rsidR="00642211" w:rsidRPr="00D100F6" w:rsidTr="00073119">
       <w:trPr>
         <w:trHeight w:val="591"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3936" w:type="dxa"/>
           <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
         </w:tcPr>
         <w:p w:rsidR="00642211" w:rsidRDefault="00642211" w:rsidP="00642211">
           <w:pPr>
             <w:widowControl w:val="0"/>
             <w:ind w:right="459"/>
             <w:jc w:val="center"/>
@@ -2060,121 +2488,194 @@
           <w:r w:rsidRPr="0087566C">
             <w:rPr>
               <w:b/>
               <w:bCs/>
               <w:color w:val="3399FF"/>
               <w:sz w:val="22"/>
               <w:szCs w:val="22"/>
             </w:rPr>
             <w:t>ПРИКАЗ</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w:rsidR="00C7780A" w:rsidRDefault="00C7780A" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
-  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00F23CC5" w:rsidP="004B400D">
+  <w:p w:rsidR="004B400D" w:rsidRPr="00207569" w:rsidRDefault="00073119" w:rsidP="004B400D">
     <w:pPr>
       <w:pStyle w:val="aa"/>
       <w:rPr>
         <w:color w:val="3A7298"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="00F23CC5">
+    <w:r w:rsidRPr="00642211">
       <w:rPr>
         <w:noProof/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:pict>
-[...3 lines deleted...]
-      </w:pict>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="column">
+                <wp:posOffset>6985</wp:posOffset>
+              </wp:positionH>
+              <wp:positionV relativeFrom="page">
+                <wp:posOffset>1523365</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="6411595" cy="0"/>
+              <wp:effectExtent l="12700" t="8890" r="14605" b="10160"/>
+              <wp:wrapNone/>
+              <wp:docPr id="1" name="Line 26"/>
+              <wp:cNvGraphicFramePr>
+                <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+              </wp:cNvGraphicFramePr>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvCnPr>
+                      <a:cxnSpLocks noChangeShapeType="1"/>
+                    </wps:cNvCnPr>
+                    <wps:spPr bwMode="auto">
+                      <a:xfrm flipV="1">
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="6411595" cy="0"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="line">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:noFill/>
+                      <a:ln w="15875">
+                        <a:solidFill>
+                          <a:srgbClr val="3399FF"/>
+                        </a:solidFill>
+                        <a:round/>
+                        <a:headEnd/>
+                        <a:tailEnd/>
+                      </a:ln>
+                      <a:extLst>
+                        <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                          <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                            <a:noFill/>
+                          </a14:hiddenFill>
+                        </a:ext>
+                      </a:extLst>
+                    </wps:spPr>
+                    <wps:bodyPr/>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+              <wp14:sizeRelH relativeFrom="page">
+                <wp14:pctWidth>0</wp14:pctWidth>
+              </wp14:sizeRelH>
+              <wp14:sizeRelV relativeFrom="page">
+                <wp14:pctHeight>0</wp14:pctHeight>
+              </wp14:sizeRelV>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <w:pict>
+            <v:line w14:anchorId="78298967" id="Line 26" o:spid="_x0000_s1026" style="position:absolute;flip:y;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:page;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page" from=".55pt,119.95pt" to="505.4pt,119.95pt" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCTVymCHQIAADQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU02P2jAQvVfqf7B8hyQQWIgIqyqBXrZd&#10;pN32bmyHWHVsyzYEVPW/d2w+yraXqurFGWdm3ryZeV48HjuJDtw6oVWJs2GKEVdUM6F2Jf7yuh7M&#10;MHKeKEakVrzEJ+7w4/L9u0VvCj7SrZaMWwQgyhW9KXHrvSmSxNGWd8QNteEKnI22HfFwtbuEWdID&#10;eieTUZpOk15bZqym3Dn4W5+deBnxm4ZT/9w0jnskSwzcfDxtPLfhTJYLUuwsMa2gFxrkH1h0RCgo&#10;eoOqiSdob8UfUJ2gVjvd+CHVXaKbRlAee4BusvS3bl5aYnjsBYbjzG1M7v/B0s+HjUWCwe4wUqSD&#10;FT0JxdFoGkbTG1dARKU2NjRHj+rFPGn6zSGlq5aoHY8UX08G8rKQkbxJCRdnoMC2/6QZxJC913FO&#10;x8Z2qJHCfA2JARxmgY5xMafbYvjRIwo/p3mWTeYTjOjVl5AiQIREY53/yHWHglFiCfQjIDk8OR8o&#10;/QoJ4UqvhZRx71KhHspPZg+TmOG0FCx4Q5yzu20lLToQkM54PJ+v17FB8NyHWb1XLKK1nLDVxfZE&#10;yLMN1aUKeNAL8LlYZ218n6fz1Ww1ywf5aLoa5GldDz6sq3wwXWcPk3pcV1Wd/QjUsrxoBWNcBXZX&#10;nWb53+ng8mLOCrsp9TaH5C16HBiQvX4j6bjWsMmzJraanTb2um6QZgy+PKOg/fs72PePffkTAAD/&#10;/wMAUEsDBBQABgAIAAAAIQBfiVmO3AAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ0iCk3jVKiCG5e2OXB04iWJGq9D7DSBr2crIcFxdkazb7Lt7DpxxiG0njQkCwUCqfK2&#10;pVpDcXy9ewIRoiFrOk+o4QsDbPPrq8yk1k+0x/Mh1oJLKKRGQxNjn0oZqgadCQvfI7H34QdnIsuh&#10;lnYwE5e7Ti6VWklnWuIPjelx12B1OoxOw+oxeDV+l7v9S/H+WUxDKB/cm9a3N/PzBkTEOf6F4YLP&#10;6JAzU+lHskF0rBMOaljer9cgLr5KFG8pf08yz+T/CfkPAAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAJNXKYIdAgAANAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAF+JWY7cAAAACgEAAA8AAAAAAAAAAAAAAAAAdwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#39f" strokeweight="1.25pt">
+              <w10:wrap anchory="page"/>
+            </v:line>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
     </w:r>
-    <w:r w:rsidR="00642211" w:rsidRPr="00E04401">
+    <w:r w:rsidR="004B6D21">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t>2020 жылғы 4 мамыры</w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9">
+      <w:rPr>
+        <w:b/>
+        <w:color w:val="3399FF"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="kk-KZ"/>
+      </w:rPr>
+      <w:t xml:space="preserve">                                                                    </w:t>
+    </w:r>
+    <w:r w:rsidR="006340C9" w:rsidRPr="0087566C">
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:color w:val="3399FF"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
-        <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
-      <w:t xml:space="preserve">№ 177                                                                                             </w:t>
-[...10 lines deleted...]
-      <w:t xml:space="preserve">    от 4 мая 2020 года</w:t>
+      <w:t xml:space="preserve">№ 177                      </w:t>
     </w:r>
   </w:p>
   <w:p w:rsidR="004B400D" w:rsidRPr="00123C1D" w:rsidRDefault="004B400D" w:rsidP="004B400D">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w:rsidR="004726FE" w:rsidRPr="00934587" w:rsidRDefault="004726FE" w:rsidP="00934587">
     <w:pPr>
       <w:rPr>
         <w:color w:val="3A7234"/>
         <w:sz w:val="14"/>
         <w:szCs w:val="14"/>
         <w:lang w:val="kk-KZ"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:nsid w:val="050E10FA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A4EED4D4"/>
     <w:lvl w:ilvl="0" w:tplc="94DADD18">
       <w:start w:val="40"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1720"/>
         </w:tabs>
         <w:ind w:left="1720" w:hanging="1020"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2248,50 +2749,140 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6100"/>
         </w:tabs>
         <w:ind w:left="6100" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6820"/>
         </w:tabs>
         <w:ind w:left="6820" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="24004095"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="66205C52"/>
+    <w:lvl w:ilvl="0" w:tplc="E6D88EB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="786" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2">
     <w:nsid w:val="3C7A5260"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="97E0FD48"/>
     <w:lvl w:ilvl="0" w:tplc="EB50223A">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -2333,139 +2924,50 @@
     <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5385" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="180"/>
-      </w:pPr>
-[...87 lines deleted...]
-        <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
     <w:nsid w:val="6C204AF5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F454F34A"/>
     <w:lvl w:ilvl="0" w:tplc="0419000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1669"/>
         </w:tabs>
         <w:ind w:left="1669" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2539,351 +3041,339 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6709"/>
         </w:tabs>
         <w:ind w:left="6709" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7429"/>
         </w:tabs>
         <w:ind w:left="7429" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="3"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
-[...2 lines deleted...]
-    </o:shapelayout>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
+    <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
-    <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
+    <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
-    <w:endnote w:id="1"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A47D62"/>
-    <w:rsid w:val="00022F1E"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00066A87"/>
+    <w:rsid w:val="0002773D"/>
+    <w:rsid w:val="0005737C"/>
+    <w:rsid w:val="00070CA3"/>
     <w:rsid w:val="00073119"/>
-    <w:rsid w:val="00083455"/>
-    <w:rsid w:val="000856B3"/>
+    <w:rsid w:val="000870F9"/>
     <w:rsid w:val="000922AA"/>
     <w:rsid w:val="000D4DAC"/>
-    <w:rsid w:val="000D7DE0"/>
     <w:rsid w:val="000F48E7"/>
-    <w:rsid w:val="001204BA"/>
+    <w:rsid w:val="0012639C"/>
     <w:rsid w:val="001319EE"/>
-    <w:rsid w:val="00140B87"/>
     <w:rsid w:val="00143292"/>
     <w:rsid w:val="001763DE"/>
     <w:rsid w:val="001A1881"/>
     <w:rsid w:val="001B61C1"/>
     <w:rsid w:val="001F4925"/>
     <w:rsid w:val="001F64CB"/>
     <w:rsid w:val="002000F4"/>
     <w:rsid w:val="0022101F"/>
     <w:rsid w:val="0023374B"/>
-    <w:rsid w:val="0025022C"/>
     <w:rsid w:val="00251F3F"/>
-    <w:rsid w:val="0026068B"/>
     <w:rsid w:val="002A394A"/>
-    <w:rsid w:val="002E07D4"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00330B0F"/>
+    <w:rsid w:val="002F11B1"/>
+    <w:rsid w:val="00341898"/>
+    <w:rsid w:val="0034698A"/>
     <w:rsid w:val="00364E0B"/>
-    <w:rsid w:val="00386785"/>
-[...6 lines deleted...]
-    <w:rsid w:val="003E019E"/>
+    <w:rsid w:val="003A0E12"/>
     <w:rsid w:val="003F241E"/>
     <w:rsid w:val="00423754"/>
-    <w:rsid w:val="004309FB"/>
     <w:rsid w:val="00430E89"/>
-    <w:rsid w:val="004448EA"/>
+    <w:rsid w:val="0044299B"/>
     <w:rsid w:val="004726FE"/>
+    <w:rsid w:val="00486F3C"/>
     <w:rsid w:val="0049623C"/>
-    <w:rsid w:val="004B06D7"/>
     <w:rsid w:val="004B400D"/>
+    <w:rsid w:val="004B6D21"/>
     <w:rsid w:val="004C34B8"/>
-    <w:rsid w:val="004C4C4E"/>
-    <w:rsid w:val="004C6586"/>
     <w:rsid w:val="004E49BE"/>
     <w:rsid w:val="004F3375"/>
-    <w:rsid w:val="005065DF"/>
-[...3 lines deleted...]
-    <w:rsid w:val="005C14F1"/>
+    <w:rsid w:val="004F6632"/>
+    <w:rsid w:val="005C5F30"/>
     <w:rsid w:val="005F582C"/>
-    <w:rsid w:val="00615E49"/>
+    <w:rsid w:val="00602A78"/>
+    <w:rsid w:val="00615303"/>
+    <w:rsid w:val="006340C9"/>
     <w:rsid w:val="00642211"/>
-    <w:rsid w:val="00646F03"/>
-    <w:rsid w:val="006B1616"/>
+    <w:rsid w:val="0067240F"/>
+    <w:rsid w:val="006B0963"/>
     <w:rsid w:val="006B6938"/>
     <w:rsid w:val="007006E3"/>
     <w:rsid w:val="007111E8"/>
+    <w:rsid w:val="00720FC6"/>
+    <w:rsid w:val="0073055C"/>
     <w:rsid w:val="00731B2A"/>
+    <w:rsid w:val="00740330"/>
     <w:rsid w:val="00740441"/>
-    <w:rsid w:val="007409AE"/>
-    <w:rsid w:val="00767362"/>
+    <w:rsid w:val="007702A5"/>
     <w:rsid w:val="007767CD"/>
     <w:rsid w:val="00782A16"/>
-    <w:rsid w:val="00787A78"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007D5C5B"/>
+    <w:rsid w:val="00786B39"/>
+    <w:rsid w:val="007917C5"/>
+    <w:rsid w:val="0079796A"/>
+    <w:rsid w:val="007B1CB4"/>
     <w:rsid w:val="007E588D"/>
     <w:rsid w:val="0081000A"/>
-    <w:rsid w:val="00814D92"/>
     <w:rsid w:val="008436CA"/>
+    <w:rsid w:val="00860036"/>
     <w:rsid w:val="00866964"/>
     <w:rsid w:val="00867FA4"/>
-    <w:rsid w:val="008856E3"/>
+    <w:rsid w:val="008858D2"/>
+    <w:rsid w:val="00892E1E"/>
+    <w:rsid w:val="00897EFF"/>
+    <w:rsid w:val="008A459B"/>
     <w:rsid w:val="009139A9"/>
     <w:rsid w:val="00914138"/>
     <w:rsid w:val="00915A4B"/>
-    <w:rsid w:val="00933D1A"/>
     <w:rsid w:val="00934587"/>
-    <w:rsid w:val="00934E40"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00990B9B"/>
+    <w:rsid w:val="0094547D"/>
+    <w:rsid w:val="00965DB2"/>
     <w:rsid w:val="009924CE"/>
+    <w:rsid w:val="009A6814"/>
     <w:rsid w:val="009B69F4"/>
+    <w:rsid w:val="009C420B"/>
+    <w:rsid w:val="009C4FD7"/>
+    <w:rsid w:val="00A0767C"/>
     <w:rsid w:val="00A10052"/>
     <w:rsid w:val="00A17FE7"/>
+    <w:rsid w:val="00A25FEC"/>
     <w:rsid w:val="00A338BC"/>
-    <w:rsid w:val="00A36BA2"/>
+    <w:rsid w:val="00A4657F"/>
     <w:rsid w:val="00A47D62"/>
-    <w:rsid w:val="00A646AF"/>
-    <w:rsid w:val="00A721B9"/>
+    <w:rsid w:val="00A5267D"/>
+    <w:rsid w:val="00AA1BB2"/>
     <w:rsid w:val="00AA225A"/>
-    <w:rsid w:val="00AB71BF"/>
     <w:rsid w:val="00AC76FB"/>
-    <w:rsid w:val="00AD462C"/>
-[...2 lines deleted...]
-    <w:rsid w:val="00B660B0"/>
+    <w:rsid w:val="00B12C86"/>
+    <w:rsid w:val="00B2298B"/>
+    <w:rsid w:val="00B370D3"/>
+    <w:rsid w:val="00B5615F"/>
+    <w:rsid w:val="00B841B2"/>
     <w:rsid w:val="00B86340"/>
-    <w:rsid w:val="00BD42EA"/>
+    <w:rsid w:val="00BB7939"/>
     <w:rsid w:val="00BE3CFA"/>
     <w:rsid w:val="00BE78CA"/>
-    <w:rsid w:val="00BF5C02"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C636A2"/>
+    <w:rsid w:val="00C33D18"/>
+    <w:rsid w:val="00C40AF3"/>
+    <w:rsid w:val="00C44E63"/>
+    <w:rsid w:val="00C723BA"/>
     <w:rsid w:val="00C7780A"/>
-    <w:rsid w:val="00C85414"/>
     <w:rsid w:val="00CA1875"/>
-    <w:rsid w:val="00CA2002"/>
+    <w:rsid w:val="00CA480E"/>
+    <w:rsid w:val="00CC5A39"/>
     <w:rsid w:val="00CC7D90"/>
-    <w:rsid w:val="00CD6A5B"/>
+    <w:rsid w:val="00CD3C51"/>
     <w:rsid w:val="00CE6A1B"/>
-    <w:rsid w:val="00D02BDF"/>
     <w:rsid w:val="00D03D0C"/>
     <w:rsid w:val="00D11982"/>
-    <w:rsid w:val="00D1293B"/>
     <w:rsid w:val="00D14F06"/>
-    <w:rsid w:val="00D34BAE"/>
-[...3 lines deleted...]
-    <w:rsid w:val="00E40A61"/>
+    <w:rsid w:val="00D206DE"/>
+    <w:rsid w:val="00DD35CD"/>
     <w:rsid w:val="00E43190"/>
     <w:rsid w:val="00E57A5B"/>
-    <w:rsid w:val="00E8227B"/>
     <w:rsid w:val="00E866E0"/>
-    <w:rsid w:val="00EB4672"/>
     <w:rsid w:val="00EB54A3"/>
     <w:rsid w:val="00EC3C11"/>
-    <w:rsid w:val="00EC6599"/>
+    <w:rsid w:val="00ED51C1"/>
+    <w:rsid w:val="00ED617A"/>
+    <w:rsid w:val="00EE11D3"/>
     <w:rsid w:val="00EE1A39"/>
-    <w:rsid w:val="00EF4E93"/>
-    <w:rsid w:val="00F11BA2"/>
+    <w:rsid w:val="00EE69B8"/>
+    <w:rsid w:val="00F043DE"/>
     <w:rsid w:val="00F22932"/>
-    <w:rsid w:val="00F23CC5"/>
-    <w:rsid w:val="00F32A0B"/>
+    <w:rsid w:val="00F23CF8"/>
     <w:rsid w:val="00F525B9"/>
-    <w:rsid w:val="00F57E32"/>
     <w:rsid w:val="00F64017"/>
-    <w:rsid w:val="00F66167"/>
-    <w:rsid w:val="00F72F3D"/>
     <w:rsid w:val="00F93EE0"/>
-    <w:rsid w:val="00FA7E02"/>
     <w:rsid w:val="00FF4CCD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="5122"/>
+    <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
     <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:qFormat="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="Strong" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
-    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
@@ -2972,51 +3462,50 @@
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:jc w:val="both"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
       <w:b/>
       <w:sz w:val="26"/>
       <w:lang w:eastAsia="ko-KR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="00A47D62"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
@@ -3300,50 +3789,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af">
     <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="a"/>
     <w:rsid w:val="00364E0B"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="af0">
     <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
     <w:rsid w:val="00BE78CA"/>
   </w:style>
   <w:style w:type="character" w:styleId="af1">
     <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007111E8"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af2">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af3"/>
     <w:rsid w:val="004726FE"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af3">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af2"/>
     <w:rsid w:val="004726FE"/>
   </w:style>
@@ -3391,149 +3881,780 @@
     <w:name w:val="Знак"/>
     <w:basedOn w:val="a"/>
     <w:autoRedefine/>
     <w:rsid w:val="001A1881"/>
     <w:pPr>
       <w:overflowPunct/>
       <w:autoSpaceDE/>
       <w:autoSpaceDN/>
       <w:adjustRightInd/>
       <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="SimSun"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="af7">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="a"/>
     <w:link w:val="af8"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="000D7DE0"/>
+    <w:rsid w:val="00F043DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="af8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="af7"/>
     <w:semiHidden/>
-    <w:rsid w:val="000D7DE0"/>
+    <w:rsid w:val="00F043DE"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
+<file path=word/stylesWithEffects.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault/>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
+    <w:lsdException w:name="Normal" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:qFormat="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 4" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List 5" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Title" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Date" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Strong" w:semiHidden="0" w:uiPriority="22" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="0" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Placeholder Text" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="0" w:uiPriority="1" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 1" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Revision" w:uiPriority="99" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="List Paragraph" w:semiHidden="0" w:uiPriority="34" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:semiHidden="0" w:uiPriority="29" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="0" w:uiPriority="30" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 1" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 2" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 2" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 3" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 3" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 4" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 4" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 5" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 5" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
+    <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="a">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDE w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:adjustRightInd w:val="0"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="both"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times/Kazakh" w:hAnsi="Times/Kazakh"/>
+      <w:b/>
+      <w:sz w:val="26"/>
+      <w:lang w:eastAsia="ko-KR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="a0">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="a1">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="a2">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="a3">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a4">
+    <w:name w:val="Body Text Indent"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="1122"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a5">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:jc w:val="center"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a6">
+    <w:name w:val="Subtitle"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="a7"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:ind w:firstLine="709"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="015">
+    <w:name w:val="Стиль Слева:  0 см Выступ:  15 см"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="120"/>
+      <w:ind w:left="851" w:hanging="851"/>
+      <w:jc w:val="both"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:snapToGrid w:val="0"/>
+      <w:sz w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
+    <w:name w:val="Подзаголовок Знак"/>
+    <w:link w:val="a6"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="a9">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00A47D62"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s0">
+    <w:name w:val="s0"/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b w:val="0"/>
+      <w:bCs w:val="0"/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Знак Знак Знак1 Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="000D4DAC"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="28"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="s1">
+    <w:name w:val="s1"/>
+    <w:rsid w:val="001763DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i w:val="0"/>
+      <w:iCs w:val="0"/>
+      <w:strike w:val="0"/>
+      <w:dstrike w:val="0"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:u w:val="none"/>
+      <w:effect w:val="none"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="20">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="001763DE"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="283"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="ac">
+    <w:name w:val="Hyperlink"/>
+    <w:rsid w:val="0023374B"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+      <w:color w:val="333399"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ad">
+    <w:name w:val="Знак Знак Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="0023374B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00CE6A1B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:rsid w:val="00364E0B"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="af0">
+    <w:name w:val="page number"/>
+    <w:basedOn w:val="a0"/>
+    <w:rsid w:val="00BE78CA"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="af1">
+    <w:name w:val="Strong"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="007111E8"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af2">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af3"/>
+    <w:rsid w:val="004726FE"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af3">
+    <w:name w:val="Нижний колонтитул Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af2"/>
+    <w:rsid w:val="004726FE"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af4">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="004B400D"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af5">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="00934587"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="af6">
+    <w:name w:val="Знак"/>
+    <w:basedOn w:val="a"/>
+    <w:autoRedefine/>
+    <w:rsid w:val="001A1881"/>
+    <w:pPr>
+      <w:overflowPunct/>
+      <w:autoSpaceDE/>
+      <w:autoSpaceDN/>
+      <w:adjustRightInd/>
+      <w:spacing w:after="160" w:line="240" w:lineRule="exact"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsia="SimSun"/>
+      <w:b/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="en-US" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="af8"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00F043DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af8">
+    <w:name w:val="Текст выноски Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="af7"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00F043DE"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
+</file>
+
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:divs>
-    <w:div w:id="809253203">
+    <w:div w:id="785733947">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1355838385">
+    <w:div w:id="1123310741">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1376347749">
+    <w:div w:id="1644888438">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1502040128">
+    <w:div w:id="1842575027">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="2029867968">
+    <w:div w:id="2070569760">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://adilet.zan.kz/rus/docs/V080005191_" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://zan.gov.kz/client/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -3786,67 +4907,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>869</Words>
-  <Characters>4959</Characters>
+  <Words>918</Words>
+  <Characters>5238</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>43</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>ЌАЗАЌСТАН</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>АО НИТ</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5817</CharactersWithSpaces>
+  <CharactersWithSpaces>6144</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ЌАЗАЌСТАН</dc:title>
   <dc:creator>user</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>