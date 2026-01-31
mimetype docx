--- v0 (2025-12-09)
+++ v1 (2026-01-31)
@@ -3,6272 +3,6169 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="0005725C" w:rsidRPr="004D6986" w:rsidRDefault="0005725C" w:rsidP="0005725C">
-[...82 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="03102935" w14:textId="44BA85EA" w:rsidR="003F67EB" w:rsidRPr="008A2FA5" w:rsidRDefault="003F67EB" w:rsidP="003F67EB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                             </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E098490" w14:textId="77777777" w:rsidR="003F67EB" w:rsidRPr="008A2FA5" w:rsidRDefault="003F67EB" w:rsidP="003F67EB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E2F4587" w14:textId="091AFAC7" w:rsidR="003F67EB" w:rsidRPr="00D678E7" w:rsidRDefault="003F67EB" w:rsidP="003F67EB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2020 жылғы «</w:t>
+      </w:r>
+      <w:r w:rsidR="00D678E7">
+        <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>13</w:t>
       </w:r>
-      <w:r w:rsidRPr="00312271">
-[...155 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">» </w:t>
+      </w:r>
+      <w:r w:rsidR="00D678E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сәуірдегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="268B4C3F" w14:textId="4F9F254C" w:rsidR="003F67EB" w:rsidRPr="003D04C1" w:rsidRDefault="003F67EB" w:rsidP="003F67EB">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9923"/>
+        </w:tabs>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...10 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">№ </w:t>
+      </w:r>
+      <w:r w:rsidR="00D678E7">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">140 </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйрығына</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="48F8DEA2" w14:textId="39057128" w:rsidR="003F67EB" w:rsidRPr="00925244" w:rsidRDefault="003F67EB" w:rsidP="003F67EB">
+      <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00773557">
-[...13 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00925244">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DCB4B11" w14:textId="77777777" w:rsidR="0071144A" w:rsidRDefault="0071144A" w:rsidP="0071144A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69EA1F44" w14:textId="5AB3561C" w:rsidR="0071144A" w:rsidRPr="008A2FA5" w:rsidRDefault="0071144A" w:rsidP="0071144A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                         </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55BE6C43" w14:textId="41B766E4" w:rsidR="0071144A" w:rsidRPr="00443F56" w:rsidRDefault="0071144A" w:rsidP="0071144A">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF8E258" w14:textId="2BDFDDE3" w:rsidR="003F67EB" w:rsidRPr="00747BD9" w:rsidRDefault="0071144A" w:rsidP="0071144A">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00747BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                               </w:t>
+      </w:r>
+      <w:r w:rsidR="008B3700">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00747BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  2020 жылғы  «1» сәуір</w:t>
+      </w:r>
+      <w:r w:rsidR="008B3700">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дегі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00747BD9">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">                                                                           № 123 бұйрығына 5-қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CFB47FC" w14:textId="4F059737" w:rsidR="0071144A" w:rsidRDefault="0071144A" w:rsidP="00F05E8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2486FECF" w14:textId="77777777" w:rsidR="0071144A" w:rsidRDefault="0071144A" w:rsidP="00F05E8B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0D3FE27F" w14:textId="60F1ED6C" w:rsidR="0075565D" w:rsidRDefault="00E32162" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E32162">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашық</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тық</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E32162">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тан оқыту (ҚО) шеңберінде білім алушылардың өзіндік жұмыстарын ұйымдастыру және оқу тапсырмаларын орындау жөнінде педагогтерге арналған әдістемелік ұсынымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5549EFBD" w14:textId="77777777" w:rsidR="00BA6062" w:rsidRDefault="00BA6062" w:rsidP="005E2D71">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CF406B8" w14:textId="4C416605" w:rsidR="00BA6062" w:rsidRPr="008A2FA5" w:rsidRDefault="00BA6062" w:rsidP="00BA6062">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
         <w:ind w:firstLine="709"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidRPr="000652AF">
-[...34 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="000652AF" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+      <w:r w:rsidR="00E8451F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF1D29">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="00E8451F">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арау</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Жалпы ереже</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лер</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5BF61726" w14:textId="77777777" w:rsidR="00E32162" w:rsidRPr="00E32162" w:rsidRDefault="00E32162" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07C3030A" w14:textId="63A08F2E" w:rsidR="000C6C16" w:rsidRDefault="00787B29" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A95CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16" w:rsidRPr="00A95CB0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Осы </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16" w:rsidRPr="000C6C16">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтықтан оқыту (ҚО) шеңберінде білім алушылардың өзіндік жұмыстарын ұйымдастыру және оқу тапсырмаларын орындау жөнінде педагогтерге арналған әдістемелік ұсынымдар</w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16">
+        <w:rPr>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16" w:rsidRPr="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі – Әдістемелік ұсынымдар)  </w:t>
+      </w:r>
+      <w:r w:rsidR="000C6C16" w:rsidRPr="0069038D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A95CB0" w:rsidRPr="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орта мектепте қашықтықтан сапалы оқыту</w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D" w:rsidRPr="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="00A95CB0" w:rsidRPr="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, оқу бағдарламаларын орындау, білім алушылардың оқу жүктемесінің көлемін бөлуде шамадан тыс жүктемеге, қарқындылығына жол бермеу, сондай-ақ педагогтерге әдістемелік көмек көрсету үшін оңтайлы жағдайларды жасау мақсатында әзірленді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="089B2907" w14:textId="5981E820" w:rsidR="0040623B" w:rsidRPr="0040623B" w:rsidRDefault="0040623B" w:rsidP="0040623B">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0040623B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040623B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашық</w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тықтан</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040623B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту әрбір сыныпқа арналған  сабақтың басталу және аяқталу уақыты көрсетілмеген икемді кесте</w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D" w:rsidRPr="0040623B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>(білім алушылар күніне қанша және қандай оқу пәндері екенін біледі)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0040623B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> негізінде жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B2B37F5" w14:textId="006D424C" w:rsidR="004D555E" w:rsidRDefault="0040623B" w:rsidP="00EF14D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           3.</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтықтан</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту кезінде «үй тапсырмасы»</w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> деген дәстүрлі</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұғым</w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> болмайды</w:t>
+      </w:r>
+      <w:r w:rsidR="004D555E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, сабақ кезінде пәні мен сыныбына қарай  оқушы орындайтын оқу жоспарына сәйкес пәндер бойынша оқу тапсырмалары дегенді білдіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02CEC7A2" w14:textId="77777777" w:rsidR="004D555E" w:rsidRDefault="004D555E" w:rsidP="00EF14D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="67389623" w14:textId="7BB0C219" w:rsidR="00550CA2" w:rsidRDefault="004F6483" w:rsidP="004F4A9B">
       <w:pPr>
         <w:pStyle w:val="a3"/>
-        <w:numPr>
-[...44 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">           </w:t>
+      </w:r>
+      <w:r w:rsidR="0040623B" w:rsidRPr="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2- </w:t>
+      </w:r>
+      <w:r w:rsidR="004D555E">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidR="0040623B" w:rsidRPr="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арау.</w:t>
+      </w:r>
+      <w:r w:rsidR="00550CA2" w:rsidRPr="004F4A9B">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагогт</w:t>
+      </w:r>
+      <w:r w:rsidR="00B274E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ің</w:t>
+      </w:r>
+      <w:r w:rsidR="00550CA2" w:rsidRPr="00506340">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өз</w:t>
+      </w:r>
+      <w:r w:rsidR="00B274E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>індік</w:t>
+      </w:r>
+      <w:r w:rsidR="00550CA2" w:rsidRPr="00506340">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жұмыс</w:t>
+      </w:r>
+      <w:r w:rsidR="00B274E0">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ты</w:t>
+      </w:r>
+      <w:r w:rsidR="00550CA2" w:rsidRPr="00506340">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұйымдастыру процесі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D2D23D" w14:textId="5F900981" w:rsidR="0040623B" w:rsidRDefault="0040623B" w:rsidP="00787B29">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3930C1F7" w14:textId="60912CDC" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="005F4516" w:rsidP="005F4516">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. </w:t>
+      </w:r>
+      <w:r w:rsidR="00550CA2" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Педагог </w:t>
+      </w:r>
+      <w:r w:rsidR="0069038D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан</w:t>
+      </w:r>
+      <w:r w:rsidR="00550CA2" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқыту кезінде білім алушылардың өзіндік жұмысын тиімді ұйымдастыруды қамтамасыз етеді</w:t>
+      </w:r>
+      <w:r w:rsidR="004F4A9B" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45432232" w14:textId="72211D0B" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="00A8703D" w:rsidP="00E91C26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қу тапсырмалары оқу пәні бойынша сабақ кестеде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көзделген</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E36" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...76 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күні беріледі</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4516" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91C26" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Мысалы, сабақ кестесінде пән сәрсенбі және жұма күндері тұрса, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD65EE" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тиісінше</w:t>
+      </w:r>
+      <w:r w:rsidR="00E91C26" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу тапсырмалары тек осы күндері ғана беріледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B38F81F" w14:textId="30A7ECCC" w:rsidR="005266CF" w:rsidRPr="005E2D71" w:rsidRDefault="001A0E36" w:rsidP="00EA6E82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000652AF">
-[...73 lines deleted...]
-      <w:r w:rsidRPr="00031AA4">
+      <w:r w:rsidR="005F4516" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5. П</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">едагог оқу тапсырмаларын білім алушыларға </w:t>
+      </w:r>
+      <w:r w:rsidR="005266CF" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сабақ кестесіне сәйкес, осы пән кестеде тұрған кезде</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> күніне бір рет жібереді</w:t>
+      </w:r>
+      <w:r w:rsidR="005266CF" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4913C239" w14:textId="3F08A6FE" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005F4516" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сабақ кестесінде </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="005F4516" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жоқ пәндер бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу тапсырмаларын қосымша жіберуге</w:t>
+      </w:r>
+      <w:r w:rsidR="005F4516" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="160ECDC4" w14:textId="73EEA688" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="006633AA" w:rsidP="006633AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40E89" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Педагог о</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қу тапсырмалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40E89" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>н</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жазбаша түрде грамматикалық және стилистикалық нормалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD65EE" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды сақтай отырып ресімдейді</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD65EE" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ол </w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сауатты құрастырылған және түсінікті болуы тиіс</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50F88F80" w14:textId="3512E9B1" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="00F40E89" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:strike/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>7.</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ке</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> о</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қу тапсырмаларын дыбыстық хабарлама түрінде жіберуге </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жол берілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255B19E8" w14:textId="77777777" w:rsidR="00EA6E82" w:rsidRPr="005E2D71" w:rsidRDefault="00F40E89" w:rsidP="00EA6E82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>8.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0E36" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA6E82" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бастауыш сынып педагогтерінен басқа педагогтер кері байланысты әр сабақта емес, өзінің қалауы бойынша бере алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BCF0B9E" w14:textId="7C7DBC28" w:rsidR="00F40E89" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="00EA6E82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:tab/>
-        <w:t>П</w:t>
-[...25 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="000652AF" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+      </w:r>
+      <w:r w:rsidR="00F40E89" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім алушыларды тұлғалық тәрбиелеуге</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру процесіне қатысушылардың (педагог, білім алушы, ата-ана /заңды өкіл) интернет-тәртібін, кибермәдениетін, кибергигиена дағдыларын қалыптастыруға </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бағытталған этикалық және педагогикалық нормалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды ескерумен қоса</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> интернет-платформаларды, стриминг алаңдарын, WhatsApp және басқа да мессенджерлерді пайдалан</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="005A36DD" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>отырып</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> педагог пен білім алушылардың өзара дұрыс іс-қимылы мен қарым-қатынасы қамтамасыз етіледі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="307D96A6" w14:textId="77777777" w:rsidR="00EA6E82" w:rsidRPr="005E2D71" w:rsidRDefault="00EA6E82" w:rsidP="00EA6E82">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1328CB4B" w14:textId="18BDE641" w:rsidR="005A36DD" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="004805AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арау. Біллім алушылардың тапсырмаларын орындау процессі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2714EF94" w14:textId="77777777" w:rsidR="003501CC" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="003501CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68FEAC92" w14:textId="289E4189" w:rsidR="00F40E89" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="00F40E89">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40E89" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40E89" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім алушылар оқу пәні бойынша оқу тапсырмаларын күн сайын күніне бір рет алады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EB909C8" w14:textId="2F151955" w:rsidR="003501CC" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="004805AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11. Б</w:t>
+      </w:r>
+      <w:r w:rsidR="00F40E89" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім алушылар жазбаша оқу тапсырмаларын орындап болған соң педагогке жібереді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5779AEDD" w14:textId="77777777" w:rsidR="004805AA" w:rsidRPr="005E2D71" w:rsidRDefault="004805AA" w:rsidP="004805AA">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E2B10B2" w14:textId="02C7D14E" w:rsidR="003501CC" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="004805AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000652AF">
-[...10 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="000652AF" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 -</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB2B99" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>арау. Оқу тапсырмаларының көлемі және олардың</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64A78082" w14:textId="5BDC4627" w:rsidR="003501CC" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="004805AA">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...26 lines deleted...]
-      <w:r w:rsidRPr="00031AA4">
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>орындалу уақыты</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AAD1450" w14:textId="77777777" w:rsidR="003501CC" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDA17F5" w14:textId="3445F788" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="003501CC" w:rsidP="003501CC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">12. ҚО жағдайында оқу тапсырмаларының нақты көлемін анықтау үшін оқу пәндерінің </w:t>
+      </w:r>
+      <w:r w:rsidR="00443F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>екі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тобын  анықтау ұсынылады</w:t>
+      </w:r>
+      <w:r w:rsidR="00443F56">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="12D60BEA" w14:textId="77777777" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-топ – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз бетінше оқуға арналған ауызша тапсырмалармен қатар оқу тапсырмасы жазбаша түрде беріледі және оны орындау үшін әрбір оқу пәні бойынша 10-20 минуттан аспайтын уақыт жұмсалады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1ACA3AAD" w14:textId="68405F8C" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="00597FB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бірінші топқа жатқызылатын оқу пәндері: Қазақ тілі, Қазақ әдебиеті, Орыс тілі, Орыс әдебиеті әдебиеті, Қазақ тілі мен әдебиеті, Орыс тілі мен әдебиеті, Шетел тілі, Математика, Алгебра, Геометия, Физика, Биология, Химия</w:t>
+      </w:r>
+      <w:r w:rsidR="00597FB0" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Қазақстан тарихы, Дүниежүзі тарихы, География, Жаратылыстану, Дүниетану.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B39AD9A" w14:textId="0D28688E" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="00597FB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-топ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...37 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...20 lines deleted...]
-          <w:szCs w:val="28"/>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өз бетінше оқуға арналған тапсырмалар</w:t>
+      </w:r>
+      <w:r w:rsidR="00597FB0" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="005E0231" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім алушылардан міндетті кері байланыс талап етілмейді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="403FD272" w14:textId="74080F96" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="00597FB0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Екінші топқа жатқызылатын оқу пәндері</w:t>
+      </w:r>
+      <w:r w:rsidR="00597FB0" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_Hlk37443045"/>
-[...525 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="002F533D" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+      <w:r w:rsidR="00597FB0" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Информатика, Көркем еңбек, Музыка, Өзін-өзі тану, Құқық негіздері, Бастапқы әскери және технологиялық дайындық, Дене шынықтыру, Кәсіпкерлік және бизнес негіздері, Графика және жобалау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1F5ABCEF" w14:textId="1291D07B" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="00597FB0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:i/>
-[...422 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="004E3FC5" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ҚО жағдайында оқу пәндерін топтарға бөлуді ескере отырып, оқу пәндері бойынша оқу тапсырмаларын орындауға ұсынылатын уақыт мөлшері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="770ECF66" w14:textId="56F9685A" w:rsidR="0075565D" w:rsidRPr="005E2D71" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:b/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="004E3FC5" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">15 – 40 минут аралығында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Математика (Алгебра, Геометрия, Алгебра және анализ бастамалары</w:t>
+      </w:r>
+      <w:r w:rsidR="00405198" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, Физика, Химия.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00597FB0" w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E376D33" w14:textId="14669439" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:b/>
+        <w:ind w:left="0" w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...30 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRPr="004E3FC5" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 10 – 30 минут аралығында </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2D71">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Қазақ тілі, Қазақ әдебиеті, Қазақ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> тілі мен әдебиеті, Орыс тілі, Орыс әдебиеті, Орыс тілі мен әдебиеті</w:t>
+      </w:r>
+      <w:r w:rsidR="00405198">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601C7269" w14:textId="146A2420" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:b/>
+        <w:ind w:left="0" w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...33 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">15 – 25 минут аралығында </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Қазақстан тарихы, Дүниежүзі тарихы, Биология, География, Жаратылыстану, Дүниетану, Информатика, Шетел тілі (ағылшын, неміс, француз тілдері) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E9811DD" w14:textId="4AB14CCA" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="00AD7A43" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AD7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>13.</w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="00AD7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D" w:rsidRPr="00AD7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 – 4-сыныптардағы білім алушылар үшін ұсынылатын оқу тап</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AD7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...50 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+      <w:r w:rsidR="0075565D" w:rsidRPr="00AD7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сырмаларының көлемі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AF22652" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00813D02">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ/Орыс тілдері</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+    <w:p w14:paraId="66B50C3A" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сынып – 5-10 сөзден тұратын жаттығулар;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AA2F166" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 -сынып -  10-15 сөзден тұратын, бір грамматикалық тапсырмадан артық емес жаттығу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6813B835" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3- сынып – 20-25 сөзден тұратын, бір грамматикалық тапсырмадан артық емес жаттығу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B88A28A" w14:textId="0EDBABA4" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 -сынып – 30-35 сөзден тұратын, бір грамматикалық тапсырмадан артық емес жаттығу ұсынылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63D05994" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Әдебиеттік оқу:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...27 lines deleted...]
-          <w:szCs w:val="28"/>
+    </w:p>
+    <w:p w14:paraId="4B096D9D" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-сынып – оқу үшін 1 парақтан артық емес тапсырма; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="43BEFAA0" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 -сынып – оқу үшін 2 парақтан артық емес тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10A196C2" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 -сынып – оқу үшін 2 парақтан артық емес және мәтін бойынша 2 сұрақтан аспайтын тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70BA3F00" w14:textId="6CE4985E" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 -сынып – оқу үшін 3 парақтан артық емес және мәтін бойынша 2 сұрақтан аспайтын тапсырма. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="340FD844" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Математика:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5EE86684" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 -сынып -1 оқу тапсырмасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14B1D08A" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 -сынып – 1 оқу тапсырмасы, соның ішінде бір мәтіндік тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0499F7E8" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3 -сынып - 2 оқу тапсырмасы, соның ішінде бір мәтіндік тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18922B2D" w14:textId="18B6418A" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4 -сынып - 2 оқу тапсырмасы, соның ішінде бір мәтіндік тапсырма.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A8F24AE" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дүниетану, Жаратылыстану:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="207EFE0E" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 -сынып – оқу үшін 1 парақтан артық емес тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C056D74" w14:textId="22FD1A7C" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-4 -сыныптар – 1 тарауға бір жоба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2744E0BF" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Шетел тілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="186EBE8E" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сынып -1 жаттығу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B9105C8" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2 -сынып - 2 жаттығу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3597AC56" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 -сынып – 2 жаттығу; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FF06E7" w14:textId="5E89E552" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сынып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жаттығу</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7A43">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CB87821" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>КТ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BE543EA" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сынып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу тапсырмасы; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3915593A" w14:textId="6B2F749F" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">-сынып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">- 1 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу тапсырмасы немес жоба. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="030CE396" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көркем еңбек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="208398FB" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сынып – 1 оқу тапсырмасы немесе қолдан туынды жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7390A475" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-сынып – 1 оқу тапсырмасы немесе қолдан туынды жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F021418" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-сынып – 2 оқу тапсырмасы, соның ішінде қолдан туынды жасау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18182690" w14:textId="1699DEF1" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>4-сынып - 2 оқу тапсырмасы, соның ішінде жоба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="718C2BD1" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Музыка:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2979D209" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сынып</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>0</w:t>
-[...8 lines deleted...]
-      </w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>музыкалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>туындыны</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>тыңдау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>музыкалық</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>бейнересурсты</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>қарау</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+    <w:p w14:paraId="417B6655" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...58 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-сынып – 1 музыкалық туындыны тыңдау, немесе 1  композитордың шығармашылығын меңгеру, немесе бейнересурсты қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36119429" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...58 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-сынып – 2 музыкалық туындыны тыңдау, немесе 2  композитордың шығармашылығын меңгеру, немесе бейнересурсты қарау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AC94F82" w14:textId="280A7BAD" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...47 lines deleted...]
-        <w:t xml:space="preserve"> слов, не более одного грамматического задания</w:t>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-сынып – 3 музыкалық туындыны тыңдау, 2  композитордың шығармашылығын меңгеру, немесе бейнересурсты қарау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37FBF662" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өзін-өзі тану:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5827E45E" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1-сынып -1 оқу тапсырмасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D70D107" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2-сынып - 1 оқу тапсырмасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C0FBC14" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3-сынып - 2 оқу тапсырмасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55E43AD2" w14:textId="35375133" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4-сынып - 2 оқу тапсырмасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2FB17D75" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дене шынықтыру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="319F56D4" w14:textId="4F37E181" w:rsidR="0075565D" w:rsidRPr="00AD7A43" w:rsidRDefault="0075565D" w:rsidP="00AD7A43">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-4 сынып </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>– жас ерекшеліктеріне сәйкес ұсынылған бейнересурстар бойынша жаттығуларды қарап орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="509039EF" w14:textId="6CCDB559" w:rsidR="0075565D" w:rsidRDefault="00AD7A43" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">14. </w:t>
+      </w:r>
+      <w:r w:rsidR="0075565D">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-11-сыныптардағы білім алушылар үшін оқу тапсырмаларының ұсынылатын көлемі</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480B53AD" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ тілі, Орыс тілі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7595E31E" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-7 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - 1 жаттығу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1236FCD9" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 -9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 шығармашалық жаттығу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AD71352" w14:textId="2AB30614" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – эссе жазу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="480CF63F" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақ әдебиеті, Орыс әдебиеті:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="344FB756" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 парақ тапсырма оқу, 1 практикалық жаттығу орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71394005" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3-4 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>парақ тапсырма оқу,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1-2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>практикалық жаттығу орындау</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FBEEC5" w14:textId="30FCF2BA" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 5-6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">парақ тапсырма оқу, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>эссе/</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мазмұндама жазу</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+    <w:p w14:paraId="5303F181" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ағылшын тілі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5954B7F4" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>калық жаттығу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22220088" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>практи</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>калық жаттығу</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D7B22AC" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 20</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> сөзден тұратын мәтін құрастыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B1CE834" w14:textId="72F88BA7" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныпта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 25 сөзден тұратын әңгіме құрастыру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F04D952" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...9 lines deleted...]
-          <w:b/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:i/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Литературное чтение:</w:t>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Математика</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Алгебра, Геометрия): </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2812151A" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> оқу тапсырмасынан көп емес тапсырма;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6626AE9B" w14:textId="44128DD0" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –3 оқу тапсырмасынан көп емес тапсырма орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="750555AF" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан тарихы, Дүниежүзі тарихы: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="68B5118F" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2-3 парақтан тұратын 1 параграфты оқу және/немесе тақырып бойынша бейнересурсты көру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="056F85E0" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3-4 парақтан тұратын 1 параграфты оқу және/немесе тақырып бойынша бейнересурсты көру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFCB08C" w14:textId="16D7400E" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">9-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3-5 парақтан тұратын 1 параграфты оқу және/немесе тақырып бойынша бейнересурсты көру ұсынылады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F0DC1C7" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жаратылыстару,</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>География, Биология:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DCFBDBE" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-6 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2-3  парақтан тұратын 1 параграфты оқу және/немесе тақырып бойынша бейнересурсты көру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65AF02AE" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-8 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3-4 парақтан тұратын 1 параграфты оқу және/немесе тақырып бойынша бейнересурсты көру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A151A72" w14:textId="5AC1043E" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3-5 парақтан тұратын 1 параграфты оқу және/немесе тақырып бойынша бейнересурсты көру ұсынылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26A4515F" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...18 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Физика, Химия: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AE13518" w14:textId="39CCB057" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3-5 парақтан тұратын 1 параграфты оқу және 2 тапсырмадан көп емес тапсырма беру ұсынылады. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CBE7EE1" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информатика</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3316818A" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5- 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқу тапсырмасын орындау; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="667E16B8" w14:textId="7C95D012" w:rsidR="0075565D" w:rsidRPr="00AE6380" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2-3 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу тапсырмасын орындау ұсынылады</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E3A6CEF" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Көркем еңбек:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7271D4D4" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5-6</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 оқу тапсырмасын беру, соның ішінде шығармашылық жоба;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DEDB860" w14:textId="1A5C33E8" w:rsidR="0075565D" w:rsidRPr="00AE6380" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 оқу тапсырмасын беру, соның ішінде шығармашылық жоба.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13C6FCAA" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Өзін-өзі тану: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D7CBAA" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5- 9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 оқу тапсырмасы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45640A16" w14:textId="5E401E60" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 3 оқу тапсырмасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29E3CBA7" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Құқық негіздері:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D26CC8A" w14:textId="5CDA3392" w:rsidR="0075565D" w:rsidRPr="00AE6380" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 оқу тапсырмасы, соның ішінде зерттеу жобасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74818519" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алғашқы әскери және технологиялық дайындық:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4021B593" w14:textId="39F95B0E" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10 -11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 оқу тапсырмасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="683FA3AA" w14:textId="360F4A5F" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+      <w:r w:rsidR="00AE6380">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  Дене шынықтыру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C7693BC" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-9 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – жас ерекшеліктеріне сәйкес бейнересурстарда берілген дене жаттығуларын көру және орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75EFCAA9" w14:textId="03A4FEE0" w:rsidR="0075565D" w:rsidRPr="00AE6380" w:rsidRDefault="0075565D" w:rsidP="00AE6380">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-11 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныптарда</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...11 lines deleted...]
-    <w:p w:rsidR="0005725C" w:rsidRDefault="0005725C" w:rsidP="0005725C">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жас ерекшеліктеріне сәйкес бейнересурстарда берілген </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">кешендік дене саптық жаттығуларды </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көру және орындау.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B3EB154" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
-        <w:jc w:val="both"/>
-[...19 lines deleted...]
-        </w:rPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Кәсіпкерлік және бизнес негіздері: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62A242F9" w14:textId="6F32FD6F" w:rsidR="0075565D" w:rsidRPr="00AE6380" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныпта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Calibri" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Start Up» жобасы бойынша </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1 зерттеу жобасы.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05F047F7" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:i/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Графика және жобалау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E058BB8" w14:textId="77777777" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">         10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-сыныпта</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – 2 оқу тапсырмасы, соның ішінде зерттеу жобасы. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65CE0C80" w14:textId="0D3268DC" w:rsidR="0075565D" w:rsidRDefault="0075565D" w:rsidP="0075565D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...3298 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="61ED79FD" w14:textId="6E6DD658" w:rsidR="004B2407" w:rsidRDefault="004B2407" w:rsidP="0075565D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06C4DC58" w14:textId="5ABBAEED" w:rsidR="004B2407" w:rsidRPr="004B2407" w:rsidRDefault="004B2407" w:rsidP="004B2407">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>13.04.2020 11:32:29: Мухамеджанова Г. Б. (Юридический Департамент) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>13.04.2020 11:34:27: Мелдебекова М. Т. (Комитет дошкольного и среднего образования) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>13.04.2020 11:40:00: Амиржанова Б. У. (Управление развития государственного языка) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">13.04.2020 11:34:27: </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>13.04.2020 11:47:58: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>13.04.2020 12:13:24: Байжанов Н. А. (Юридический Департамент) - - cогласовано без замечаний</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
           <w:color w:val="0C0000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...27 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
-        <w:t xml:space="preserve">13.04.2020 11:40:00: </w:t>
-[...151 lines deleted...]
-    <w:sectPr w:rsidR="00974674" w:rsidRPr="00974674" w:rsidSect="00B56E01">
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004B2407" w:rsidRPr="004B2407" w:rsidSect="00E12826">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1418" w:right="851" w:bottom="1418" w:left="1418" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgNumType w:start="2"/>
       <w:cols w:space="708"/>
-      <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00997D24" w:rsidRDefault="00997D24" w:rsidP="005544FA">
+    <w:p w14:paraId="7E314CD1" w14:textId="77777777" w:rsidR="008E7174" w:rsidRDefault="008E7174" w:rsidP="00E12826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00997D24" w:rsidRDefault="00997D24" w:rsidP="005544FA">
+    <w:p w14:paraId="39149D2C" w14:textId="77777777" w:rsidR="008E7174" w:rsidRDefault="008E7174" w:rsidP="00E12826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00997D24" w:rsidRDefault="00997D24" w:rsidP="005544FA">
+    <w:p w14:paraId="44645F52" w14:textId="77777777" w:rsidR="008E7174" w:rsidRDefault="008E7174" w:rsidP="00E12826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00997D24" w:rsidRDefault="00997D24" w:rsidP="005544FA">
+    <w:p w14:paraId="5B170F6B" w14:textId="77777777" w:rsidR="008E7174" w:rsidRDefault="008E7174" w:rsidP="00E12826">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="2004555479"/>
+      <w:id w:val="1023518586"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="005544FA" w:rsidRDefault="005544FA">
+      <w:p w14:paraId="776695B6" w14:textId="17E7464F" w:rsidR="00E12826" w:rsidRDefault="00E12826">
         <w:pPr>
-          <w:pStyle w:val="a5"/>
+          <w:pStyle w:val="a4"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="0093720F">
+        <w:r w:rsidR="00D678E7">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>5</w:t>
+          <w:t>4</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="005544FA" w:rsidRDefault="00974674">
+  <w:p w14:paraId="7A24B48D" w14:textId="775A506A" w:rsidR="00E12826" w:rsidRDefault="004B2407">
     <w:pPr>
-      <w:pStyle w:val="a5"/>
+      <w:pStyle w:val="a4"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5ECBF841" wp14:editId="0F499743">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>6278880</wp:posOffset>
+                <wp:posOffset>6099175</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>448183</wp:posOffset>
+                <wp:posOffset>448818</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8019098"/>
               <wp:effectExtent l="0" t="0" r="0" b="1270"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Надпись 1"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
                         <a:ext cx="381000" cy="8019098"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                       <a:effectLst/>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="6350">
                             <a:solidFill>
                               <a:prstClr val="black"/>
                             </a:solidFill>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:style>
                       <a:lnRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:lnRef>
                       <a:fillRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:fillRef>
                       <a:effectRef idx="0">
                         <a:schemeClr val="accent1"/>
                       </a:effectRef>
                       <a:fontRef idx="minor">
                         <a:schemeClr val="dk1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00974674" w:rsidRPr="00974674" w:rsidRDefault="00974674">
+                        <w:p w14:paraId="430740CB" w14:textId="52C1E473" w:rsidR="004B2407" w:rsidRPr="004B2407" w:rsidRDefault="004B2407">
                           <w:pPr>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">13.04.2020   </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
-            <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <v:shapetype w14:anchorId="5ECBF841" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:35.3pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLYycKBAMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVbFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;aIImRWaaomIiFKmStC236NC9v9B/6NChW3/B+aMeKVlx0g5N0YUi794d794dT8cndSnQimnDlcxw&#10;dBBixCRVOZe3GX53Pe2NMDKWyJwIJVmGN8zgk/HLF8frKmV9tVAiZxqBE2nSdZXhhbVVGgSGLlhJ&#10;zIGqmARloXRJLBz1bZBrsgbvpQj6YTgI1krnlVaUGQPS80aJx95/UTBqL4rCMItEhiE261ft17lb&#10;g/ExSW81qRactmGQf4iiJFzCpZ2rc2IJWmr+m6uSU62MKuwBVWWgioJT5nOAbKLwSTZXC1IxnwuQ&#10;Y6qOJvP/3NI3q0uNeA61w0iSEkq0/br9tv2+/bn9cf/5/guKHEfryqQAvaoAbOtTVTt8KzcgdKnX&#10;hS7dF5JCoAe2Nx3DrLaIgvBwFIUhaCioRmGUhMnIuQkerCtt7CumSuQ2GdZQQU8sWc2MbaA7iLtM&#10;qikXAuQkFRKtMzw4PAq9QacB50I6APP90LiBU21h6+UQnK/VxyTqx+FpP+lNB6NhL57GR71kGI56&#10;EOlpMgjjJD6ffnLeozhd8DxncsYl2/VNFP9dXdoObiruO+dR4EYJnrusXGwu1zOh0YpAA88FoXct&#10;X3uo4HE4nk7Ibvf1WQaugk2l/M5uBHP+hXzLCqi/L5gT+JfHuisJpUxaX2vPI6AdqoDwnmPY4p1p&#10;U4XnGHcW/mYlbWdccqm0r/aTsPO7XchFgwcy9vJ2W1vP67aD5yrfQGNrBQ0HzWkqOuXA+4wYe0k0&#10;zAMQwoyzF7AUQkGXqXaH0ULpD3+SO3yG3dofgvkaRkyGzfsl0Qwj8VrCG06iOAaV9Yf4aNiHg97X&#10;zPc1clmeKWgCeKcQoN86vBW7baFVeQPTcOIuBhWRFILLsN1tz2wz+GCaUjaZeBBMoYrYmbyqqHPt&#10;GHYtd13fEF21b9BCM71Ru2FE0idPscE6S6kmS6sK7t+p47ghtuUeJphvyXbauhG5f/aoh3/C+BcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQAJHPkX4QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8Mw&#10;DIXvSPyHyEjcWDIKo5SmE0IDDhOHjQntmDWmrdY4VZOt5d/jnuBmPz+99zlfjq4VZ+xD40nDfKZA&#10;IJXeNlRp2H2+3qQgQjRkTesJNfxggGVxeZGbzPqBNnjexkpwCIXMaKhj7DIpQ1mjM2HmOyS+ffve&#10;mchrX0nbm4HDXStvlVpIZxrihtp0+FJjedyenIbNfB0+7D7uKAyr8c3uV1/0ftT6+mp8fgIRcYx/&#10;ZpjwGR0KZjr4E9kgWg2PacroUcODWoCYDOpuUg48JUlyD7LI5f8nil8AAAD//wMAUEsBAi0AFAAG&#10;AAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQ&#10;SwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQ&#10;SwECLQAUAAYACAAAACEAy2MnCgQDAABbBgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54&#10;bWxQSwECLQAUAAYACAAAACEACRz5F+EAAAAMAQAADwAAAAAAAAAAAAAAAABeBQAAZHJzL2Rvd25y&#10;ZXYueG1sUEsFBgAAAAAEAAQA8wAAAGwGAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Надпись 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:480.25pt;margin-top:35.35pt;width:30pt;height:631.45pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDLYycKBAMAAFsGAAAOAAAAZHJzL2Uyb0RvYy54bWysVbFu2zAQ3Qv0HwjujiRHsS0hcuAkcFHA&#10;aIImRWaaomIiFKmStC236NC9v9B/6NChW3/B+aMeKVlx0g5N0YUi794d794dT8cndSnQimnDlcxw&#10;dBBixCRVOZe3GX53Pe2NMDKWyJwIJVmGN8zgk/HLF8frKmV9tVAiZxqBE2nSdZXhhbVVGgSGLlhJ&#10;zIGqmARloXRJLBz1bZBrsgbvpQj6YTgI1krnlVaUGQPS80aJx95/UTBqL4rCMItEhiE261ft17lb&#10;g/ExSW81qRactmGQf4iiJFzCpZ2rc2IJWmr+m6uSU62MKuwBVWWgioJT5nOAbKLwSTZXC1IxnwuQ&#10;Y6qOJvP/3NI3q0uNeA61w0iSEkq0/br9tv2+/bn9cf/5/guKHEfryqQAvaoAbOtTVTt8KzcgdKnX&#10;hS7dF5JCoAe2Nx3DrLaIgvBwFIUhaCioRmGUhMnIuQkerCtt7CumSuQ2GdZQQU8sWc2MbaA7iLtM&#10;qikXAuQkFRKtMzw4PAq9QacB50I6APP90LiBU21h6+UQnK/VxyTqx+FpP+lNB6NhL57GR71kGI56&#10;EOlpMgjjJD6ffnLeozhd8DxncsYl2/VNFP9dXdoObiruO+dR4EYJnrusXGwu1zOh0YpAA88FoXct&#10;X3uo4HE4nk7Ibvf1WQaugk2l/M5uBHP+hXzLCqi/L5gT+JfHuisJpUxaX2vPI6AdqoDwnmPY4p1p&#10;U4XnGHcW/mYlbWdccqm0r/aTsPO7XchFgwcy9vJ2W1vP67aD5yrfQGNrBQ0HzWkqOuXA+4wYe0k0&#10;zAMQwoyzF7AUQkGXqXaH0ULpD3+SO3yG3dofgvkaRkyGzfsl0Qwj8VrCG06iOAaV9Yf4aNiHg97X&#10;zPc1clmeKWgCeKcQoN86vBW7baFVeQPTcOIuBhWRFILLsN1tz2wz+GCaUjaZeBBMoYrYmbyqqHPt&#10;GHYtd13fEF21b9BCM71Ru2FE0idPscE6S6kmS6sK7t+p47ghtuUeJphvyXbauhG5f/aoh3/C+BcA&#10;AAD//wMAUEsDBBQABgAIAAAAIQD0F1iW4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9NT8Mw&#10;DIbvSPyHyEjcWLJVdFCaTggNOKAdNia0Y9aYtlrjVHW2ln9PeoKbPx69fpyvRteKC/bceNIwnykQ&#10;SKW3DVUa9p+vdw8gOBiypvWEGn6QYVVcX+Ums36gLV52oRIxhDgzGuoQukxKLmt0hme+Q4q7b987&#10;E2LbV9L2ZojhrpULpVLpTEPxQm06fKmxPO3OTsN2/sEbewh74mE9vtnD+oveT1rf3ozPTyACjuEP&#10;hkk/qkMRnY7+TJZFq+ExVfcR1bBUSxAToBbT5BirJElSkEUu/z9R/AIAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQDLYycKBAMAAFsGAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQD0F1iW4AAAAAwBAAAPAAAAAAAAAAAAAAAAAF4FAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAawYAAAAA&#10;" filled="f" stroked="f" strokeweight=".5pt">
+              <v:fill o:detectmouseclick="t"/>
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00974674" w:rsidRPr="00974674" w:rsidRDefault="00974674">
+                  <w:p w14:paraId="430740CB" w14:textId="52C1E473" w:rsidR="004B2407" w:rsidRPr="004B2407" w:rsidRDefault="004B2407">
                     <w:pPr>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">13.04.2020   </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="05111E12"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E30CD896"/>
+    <w:lvl w:ilvl="0" w:tplc="207C95F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1080" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1800" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3240" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3960" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5400" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6120" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21446213"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="81F4F45C"/>
     <w:lvl w:ilvl="0" w:tplc="ED8A4618">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="928" w:hanging="360"/>
+        <w:ind w:left="1069" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190019">
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1789" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2509" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3229" w:hanging="360"/>
       </w:pPr>
@@ -6297,216 +6194,245 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5389" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6109" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6829" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-[...87 lines deleted...]
-  </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="0"/>
+    <w:lvlOverride w:ilvl="0">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="1">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="2">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="3">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="4">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="5">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="6">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="7">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
+    <w:lvlOverride w:ilvl="8">
+      <w:startOverride w:val="1"/>
+    </w:lvlOverride>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0005725C"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FE58C0"/>
+    <w:rsidRoot w:val="007E0FC7"/>
+    <w:rsid w:val="00071223"/>
+    <w:rsid w:val="000C6C16"/>
+    <w:rsid w:val="000D38C2"/>
+    <w:rsid w:val="001607D1"/>
+    <w:rsid w:val="001A0E36"/>
+    <w:rsid w:val="001D26CA"/>
+    <w:rsid w:val="001D3B8D"/>
+    <w:rsid w:val="001E01CA"/>
+    <w:rsid w:val="001F6E6E"/>
+    <w:rsid w:val="00284AE2"/>
+    <w:rsid w:val="00295E2B"/>
+    <w:rsid w:val="002D7399"/>
+    <w:rsid w:val="003501CC"/>
+    <w:rsid w:val="003A7BFA"/>
+    <w:rsid w:val="003C48FE"/>
+    <w:rsid w:val="003D04C1"/>
+    <w:rsid w:val="003F67EB"/>
+    <w:rsid w:val="00405198"/>
+    <w:rsid w:val="0040623B"/>
+    <w:rsid w:val="00414B5F"/>
+    <w:rsid w:val="00443F56"/>
+    <w:rsid w:val="00455B4F"/>
+    <w:rsid w:val="004805AA"/>
+    <w:rsid w:val="004813BA"/>
+    <w:rsid w:val="004B2407"/>
+    <w:rsid w:val="004D555E"/>
+    <w:rsid w:val="004E10A3"/>
+    <w:rsid w:val="004E72C3"/>
+    <w:rsid w:val="004F4A9B"/>
+    <w:rsid w:val="004F6483"/>
+    <w:rsid w:val="005266CF"/>
+    <w:rsid w:val="00541942"/>
+    <w:rsid w:val="00550CA2"/>
+    <w:rsid w:val="00566C37"/>
+    <w:rsid w:val="00566F34"/>
+    <w:rsid w:val="00596987"/>
+    <w:rsid w:val="00597FB0"/>
+    <w:rsid w:val="005A36DD"/>
+    <w:rsid w:val="005B6EF2"/>
+    <w:rsid w:val="005B789B"/>
+    <w:rsid w:val="005D64DB"/>
+    <w:rsid w:val="005E0231"/>
+    <w:rsid w:val="005E2D71"/>
+    <w:rsid w:val="005F0F69"/>
+    <w:rsid w:val="005F4516"/>
+    <w:rsid w:val="00607F5C"/>
+    <w:rsid w:val="0061153D"/>
+    <w:rsid w:val="006633AA"/>
+    <w:rsid w:val="00672E0E"/>
+    <w:rsid w:val="0068220A"/>
+    <w:rsid w:val="0069038D"/>
+    <w:rsid w:val="006A2179"/>
+    <w:rsid w:val="006B7A78"/>
+    <w:rsid w:val="006E78FB"/>
+    <w:rsid w:val="0071144A"/>
+    <w:rsid w:val="00747BD9"/>
+    <w:rsid w:val="0075565D"/>
+    <w:rsid w:val="00787B29"/>
+    <w:rsid w:val="007E0FC7"/>
+    <w:rsid w:val="00811465"/>
+    <w:rsid w:val="00893791"/>
+    <w:rsid w:val="008B3700"/>
+    <w:rsid w:val="008C4AD9"/>
+    <w:rsid w:val="008E7174"/>
+    <w:rsid w:val="00900D1C"/>
+    <w:rsid w:val="00925244"/>
+    <w:rsid w:val="00946BE8"/>
+    <w:rsid w:val="0096593D"/>
+    <w:rsid w:val="00966806"/>
+    <w:rsid w:val="00A41DCF"/>
+    <w:rsid w:val="00A801E1"/>
+    <w:rsid w:val="00A8703D"/>
+    <w:rsid w:val="00A95CB0"/>
+    <w:rsid w:val="00AB2B99"/>
+    <w:rsid w:val="00AD7A43"/>
+    <w:rsid w:val="00AE6380"/>
+    <w:rsid w:val="00B139EB"/>
+    <w:rsid w:val="00B23ABA"/>
+    <w:rsid w:val="00B274E0"/>
+    <w:rsid w:val="00B527BD"/>
+    <w:rsid w:val="00B863C3"/>
+    <w:rsid w:val="00BA6062"/>
+    <w:rsid w:val="00BB63AF"/>
+    <w:rsid w:val="00BC0084"/>
+    <w:rsid w:val="00BD70AF"/>
+    <w:rsid w:val="00C3094C"/>
+    <w:rsid w:val="00C714B7"/>
+    <w:rsid w:val="00C82A33"/>
+    <w:rsid w:val="00CA22E0"/>
+    <w:rsid w:val="00CD65EE"/>
+    <w:rsid w:val="00CF1D29"/>
+    <w:rsid w:val="00D4636A"/>
+    <w:rsid w:val="00D678E7"/>
+    <w:rsid w:val="00DA6588"/>
+    <w:rsid w:val="00E12826"/>
+    <w:rsid w:val="00E32162"/>
+    <w:rsid w:val="00E8451F"/>
+    <w:rsid w:val="00E91C26"/>
+    <w:rsid w:val="00EA6E82"/>
+    <w:rsid w:val="00EF14D5"/>
+    <w:rsid w:val="00EF1BD4"/>
+    <w:rsid w:val="00F05E8B"/>
+    <w:rsid w:val="00F40E89"/>
+    <w:rsid w:val="00FC4EBB"/>
+    <w:rsid w:val="00FD008E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="6AF2C5C6"/>
+  <w14:docId w14:val="177707CA"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{2091040B-A093-48B2-B059-234384C96F9C}"/>
+  <w15:docId w15:val="{D983DFC4-BEDB-49BB-9089-B893DEE89144}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="ru-RU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6589,98 +6515,95 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
@@ -6863,268 +6786,364 @@
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="0005725C"/>
+    <w:rsid w:val="0075565D"/>
+    <w:pPr>
+      <w:spacing w:line="256" w:lineRule="auto"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0005725C"/>
+    <w:rsid w:val="0075565D"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Standard">
+    <w:name w:val="Standard"/>
+    <w:rsid w:val="001F6E6E"/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Textbodyindent">
+    <w:name w:val="Text body indent"/>
+    <w:rsid w:val="001F6E6E"/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressAutoHyphens/>
+      <w:overflowPunct w:val="0"/>
+      <w:autoSpaceDN w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="283" w:firstLine="1122"/>
+      <w:jc w:val="both"/>
+      <w:textAlignment w:val="baseline"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:kern w:val="3"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="a4">
-    <w:name w:val="No Spacing"/>
-[...7 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="a5">
     <w:name w:val="header"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a6"/>
+    <w:link w:val="a5"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005544FA"/>
+    <w:rsid w:val="00E12826"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a6">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a5">
     <w:name w:val="Верхний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a5"/>
+    <w:link w:val="a4"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005544FA"/>
+    <w:rsid w:val="00E12826"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:styleId="a6">
     <w:name w:val="footer"/>
     <w:basedOn w:val="a"/>
-    <w:link w:val="a8"/>
+    <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="005544FA"/>
+    <w:rsid w:val="00E12826"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677"/>
         <w:tab w:val="right" w:pos="9355"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="a8">
+  <w:style w:type="character" w:customStyle="1" w:styleId="a7">
     <w:name w:val="Нижний колонтитул Знак"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="a7"/>
+    <w:link w:val="a6"/>
     <w:uiPriority w:val="99"/>
-    <w:rsid w:val="005544FA"/>
+    <w:rsid w:val="00E12826"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="546454955">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1647516150">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="5B9BD5"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4472C4"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -7236,69 +7255,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>1465</Words>
-  <Characters>8351</Characters>
+  <Words>1534</Words>
+  <Characters>8750</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>19</Paragraphs>
+  <Lines>72</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9797</CharactersWithSpaces>
+  <CharactersWithSpaces>10264</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator>Кульсариева Гульмира Алимбаевна</dc:creator>
+  <dc:creator>Алма Мухамеджанова</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>