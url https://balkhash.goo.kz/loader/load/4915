--- v0 (2025-12-11)
+++ v1 (2026-01-07)
@@ -1,2137 +1,691 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00315286" w:rsidRPr="00315286" w:rsidRDefault="00315286" w:rsidP="00315286">
-      <w:pPr>
+    <w:p w:rsidR="000C30BC" w:rsidRDefault="000C30BC" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315286">
+    </w:p>
+    <w:p w:rsidR="000C30BC" w:rsidRPr="000C30BC" w:rsidRDefault="000C30BC" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C3C93">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«УТВЕРЖДАЮ»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C30BC" w:rsidRPr="000C30BC" w:rsidRDefault="000C30BC" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                    </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и.о</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Директор КГУ  ОСШ № 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C30BC" w:rsidRPr="000C30BC" w:rsidRDefault="000C30BC" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>А.М.Касенова</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C30BC" w:rsidRDefault="000C30BC" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«     » ___________ 2020 г.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C30BC" w:rsidRPr="000C30BC" w:rsidRDefault="000C30BC" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="000C5123">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"БЕКІТЕМІН»</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00315286">
+        <w:t>Дистанционное обучение: жесткий тест или хорошая возможность?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E83D52" w:rsidRPr="000C30BC" w:rsidRDefault="00E83D52" w:rsidP="000C5123">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t xml:space="preserve">                                                                       № 1 НОМ КММ директоры М. А. </w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Рекомендации психологов.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="0"/>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Уважаемые родители, в это не простое время, хочется поддержать Вас и рассмотреть вопрос дистанционного обучения вместе с Вами. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5123" w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">истанционное обучение – серьезный вызов для детей и родителей, жесткий тест на степень самостоятельности и ответственности детей, на умение организовывать свою жизнь и управлять ею, на </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="000C5123" w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>сформированность</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="000C5123" w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> умения учиться и учебно-познавательной деятельности. При этом дистанционное обучение можно воспринимать и позитивно – как возможность для ребенка, особенно старшеклассника, учиться самому быстрее, чем в школе. Психолог</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5123" w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дал</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>и</w:t>
+      </w:r>
+      <w:r w:rsidR="000C5123" w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> родителям несколько практических советов:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Что важно?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00315286">
+        <w:t>Важен диалог и уважительное, дружелюбное общение</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, чтобы ребенок сам принял решение, что он будет выполнять задания учителя. Обсудите с ним, что ему поможет и что может помешать. Пусть он напишет свое намерение на бумаге. Собственное решение, зафиксированное письменно, станет для школьника психологической опорой, к которой можно обращаться. Оно отличается от обещания родителям, то есть внешней системе управления жизнью, в которой преобладает ответственность взрослых.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>А. М. Касенова________________</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>В конце каждого дня подробно обсуждайте с ребенком что получилось</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, а что пока нет. Для понимания успехов и трудностей задавайте открытые вопросы, обращенные к конкретному опыту: что, как, для чего, зачем, что чувствовал, как это получилось или не получилось и т.д. В свою очередь давайте ему развернутую положительную обратную связь: опишите конкретный успешный опыт </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>ребенка, выразите радость, восхищение, уважение. И не жалейте объятий.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00315286">
+        <w:t>Большинство школьников плохо чувствуют время</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> и не умеют его планировать. Помогите ребенку составить план на каждый день, а вечером подробно его проговорить и мысленно прокрутить «видеофильм» завтрашнего дня. Важно, чтобы у школьника перед глазами были часы и таймер, который фиксировал бы окончание запланированного периода. Полезно разбить работу на отрезки по 15-20 минут (в трудных случаях – до 7-10 минут), между ними делать пятиминутный перерыв, в который можно заниматься чем угодно.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>"" ___________ 2020 г.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+        <w:t>Без внешних стимулов и санкций, согласованных с ребенком, не обойтись</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>. Например, один пятиклассник договорился с родителями о том, что ему через 45 дней купят аквариум с рыбками, о которых он давно мечтал. Договор составили письменно, а невыполнение его условий отдаляло исполнение мечты еще на один день. Рвение к учебе волшебным образом выросло.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C30BC">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>Очень важна организация рабочего места.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C30BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t> Все необходимое должно быть в зоне доступности руки, в то время как мобильный телефон и другие гаджеты – вне рабочей зоны. Экспериментально доказано: если смартфон находится в зоне досягаемости, пусть даже в выключенном состоянии, ребенок намного хуже решает математические задачи по сравнению с ситуацией, когда смартфон лежит в другой комнате.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="000C5123" w:rsidRPr="000C30BC" w:rsidRDefault="000C5123" w:rsidP="000C5123">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315286">
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Қашықтықтан оқыту: қатты тест немесе жақсы мүмкінді</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00315286">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>к</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00315286">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>?</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315286">
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Психологтардың ұсыныстары.</w:t>
-[...3 lines deleted...]
-      <w:pPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00315286">
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="00B100CB">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>Құрметті ата-аналар, бұ</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00315286">
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00B100CB" w:rsidRPr="000C30BC" w:rsidRDefault="00B100CB" w:rsidP="000C30BC">
+      <w:pPr>
+        <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>л</w:t>
-[...1879 lines deleted...]
-    <w:sectPr w:rsidR="00B100CB" w:rsidRPr="00315286">
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B100CB" w:rsidRPr="000C30BC">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2332,57 +886,54 @@
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000C5123"/>
     <w:rsid w:val="000C30BC"/>
     <w:rsid w:val="000C5123"/>
-    <w:rsid w:val="00315286"/>
-    <w:rsid w:val="00394EA3"/>
     <w:rsid w:val="007B5B6A"/>
     <w:rsid w:val="00841193"/>
     <w:rsid w:val="00B100CB"/>
     <w:rsid w:val="00CB0DCB"/>
-    <w:rsid w:val="00CD5236"/>
     <w:rsid w:val="00E83D52"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3154,66 +1705,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>429</Words>
-  <Characters>2449</Characters>
+  <Words>449</Words>
+  <Characters>2562</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>21</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Reanimator Extreme Edition</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2873</CharactersWithSpaces>
+  <CharactersWithSpaces>3005</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>