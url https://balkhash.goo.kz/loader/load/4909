--- v0 (2025-12-31)
+++ v1 (2026-03-05)
@@ -1,950 +1,892 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w14:paraId="51244588" w14:textId="4D28725D" w:rsidR="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
+    <w:p w14:paraId="08E0B58E" w14:textId="62727AEB" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008146F6">
-[...22 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Who recommendations for the population in connection with the spread of a new coronavirus </w:t>
+      </w:r>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="778C5B12" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...251 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="2FA1C701" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Basic precautions to protect against new coronavirus infection</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C5C309A" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Wash your hands regularly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27C1697A" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Regularly treat your hands with alcohol-containing products or wash them with soap. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41F82597" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Why is this necessary?  If a virus is present on the surface of the hands, then treating the hands with alcohol-containing agent or washing them with soap will kill it.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67C6FB81" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Follow the rules of respiratory hygiene</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57AB620C" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>When coughing and sneezing, cover your mouth and nose with a napkin or the crook of your elbow; immediately throw the napkin into a trash container with a lid and treat your hands with an alcohol-containing antiseptic or wash them with soap and water.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64DD4C8F" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Why is this necessary? Covering your mouth and nose when coughing and sneezing helps prevent the spread of viruses and other pathogens. If you cover your nose and mouth with your hand when coughing or sneezing, germs can get on your hands and then on objects or people you touch.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CF00DD" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Keep your distance in public places</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5860DBE0" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Keep at least 1 meter away from people, especially if they have a cough, runny nose, and fever.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16E0060E" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Why is this necessary? Coughing or sneezing, a person with a respiratory infection such as 2019-nCoV spreads tiny droplets containing the virus around them. If you are too close to such a person, you can get the virus when you inhale air.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B550D38" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>If possible, do not touch your eyes, nose, or mouth with your hands</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78E8F7C7" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Why is this necessary? Hands touch many surfaces where the virus may be present. By touching the infected hands to the eyes, nose, or mouth, you can transfer the virus from the skin of the hands to the body.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C7696B7" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Мүмкіндігінше, көз, мұрын және ауызды қолмен ұстамаңыз</w:t>
-[...290 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+        <w:t>If you have a fever, cough, or difficulty breathing, seek medical attention as soon as possible</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C80A30E" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>If you have visited areas of China where 2019-nCoV is registered, or have had close contact with someone who is experiencing symptoms of respiratory illness after traveling from China, please report this to a healthcare professional.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DFC08E2" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Why is this necessary? Fever, coughing, and difficulty breathing require immediate medical attention, as they may be caused by a respiratory infection or other serious illness. Symptoms of respiratory damage in combination with an increase in temperature can have a variety of causes, among which, depending on the trips made by the patient and his contacts, may be 2019-nCoV.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08ED93CE" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>If you have mild respiratory symptoms and have not traveled to or within China</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D4C072D" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>If you have mild respiratory symptoms and have not visited China, you should carefully observe basic respiratory and hand hygiene and, if possible, stay at home until you recover.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08BC0BD0" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>As a General precaution, follow the usual hygiene rules when visiting food markets where live animals, meat and poultry, or other animal products are sold</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="311DE276" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>After touching animals or animal products, wash your hands regularly with clean water and soap; do not touch your eyes, nose or mouth; avoid contact with sick animals and do not touch spoiled animal products. Absolutely avoid any contact with other animals in the market area (stray cats or dogs, rodents, birds, bats). Avoid contact with potentially contaminated animal waste or liquids on the floor or other surfaces in stores or market stalls.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62858FAC" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Do not eat raw or undercooked proper heat treatment of foods of animal origin</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38E5AC46" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>In accordance with food safety regulations, special care should be taken when handling raw meat, milk, or animal organs to avoid cross-contamination with food that has not been heat-treated.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E0EDDC2" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Follow the food safety rules</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5E3DA1" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="696F47BE" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6D202068" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="04883490" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785538AC" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Protect yourself from infection during your trip</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786C1FCF" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6892C98C" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="670D35D1" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="624ADE91" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="00D6893E" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D49514A" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...48 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="415BBBBB" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03C37D91" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="773DD537" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DB4C46A" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="1A2993F2" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1AE0252D" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="008146F6">
+    <w:p w14:paraId="481D7338" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:bCs/>
           <w:kern w:val="36"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="28"/>
           <w:lang w:eastAsia="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="23FEDCD5" w14:textId="77777777" w:rsidR="008146F6" w:rsidRPr="008146F6" w:rsidRDefault="008146F6" w:rsidP="008146F6">
-[...113 lines deleted...]
-    <w:sectPr w:rsidR="00607D84" w:rsidRPr="008146F6">
+    <w:p w14:paraId="2CDA100D" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44A67AFE" w14:textId="77777777" w:rsidR="00F16F74" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D69A0E3" w14:textId="41C94BEC" w:rsidR="00607D84" w:rsidRPr="00F16F74" w:rsidRDefault="00F16F74" w:rsidP="00F16F74">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F16F74">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs/>
+          <w:kern w:val="36"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:eastAsia="kk-KZ"/>
+        </w:rPr>
+        <w:t>Do you work in an open-air market?</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00607D84" w:rsidRPr="00F16F74">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1291,51 +1233,50 @@
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="141"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D0384C"/>
     <w:rsid w:val="00167B36"/>
     <w:rsid w:val="001D0D9B"/>
     <w:rsid w:val="00366A1C"/>
     <w:rsid w:val="00486E34"/>
     <w:rsid w:val="00531FC8"/>
     <w:rsid w:val="005D35A5"/>
     <w:rsid w:val="00607D84"/>
     <w:rsid w:val="00680635"/>
     <w:rsid w:val="00751C23"/>
     <w:rsid w:val="0080113B"/>
-    <w:rsid w:val="008146F6"/>
     <w:rsid w:val="00843831"/>
     <w:rsid w:val="009D49DE"/>
     <w:rsid w:val="00A670D1"/>
     <w:rsid w:val="00BE3B65"/>
     <w:rsid w:val="00C149F1"/>
     <w:rsid w:val="00C51E2D"/>
     <w:rsid w:val="00C6589B"/>
     <w:rsid w:val="00D0384C"/>
     <w:rsid w:val="00D53CB3"/>
     <w:rsid w:val="00E0242E"/>
     <w:rsid w:val="00E06E20"/>
     <w:rsid w:val="00E73502"/>
     <w:rsid w:val="00F16F74"/>
     <w:rsid w:val="00F85AD8"/>
     <w:rsid w:val="00FE5FFE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
@@ -2932,65 +2873,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" xmlns="" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>588</Words>
-  <Characters>3354</Characters>
+  <Words>540</Words>
+  <Characters>3084</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>27</Lines>
+  <Lines>25</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3935</CharactersWithSpaces>
+  <CharactersWithSpaces>3617</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Назгуль Рахимберлина</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>