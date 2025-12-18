--- v0 (2025-12-16)
+++ v1 (2025-12-18)
@@ -1,101 +1,100 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
-  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml" /></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="10325" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="10" w:type="dxa"/>
           <w:right w:w="10" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3936"/>
         <w:gridCol w:w="2126"/>
         <w:gridCol w:w="4263"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00267767" w:rsidTr="005F6A38">
+      <w:tr w:rsidR="00267767" w:rsidTr="00E7644B">
         <w:trPr>
           <w:trHeight w:val="1348"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3936" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
             <w:pPr>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>ҚАЗАҚСТАН РЕСПУБЛИКАСЫ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
             <w:pPr>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>БІЛІМ ЖӘНЕ ҒЫЛЫМ</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
@@ -118,171 +117,171 @@
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:ind w:right="459"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2126" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
             <w:pPr>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="1F497D"/>
               </w:rPr>
               <w:drawing>
-                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="49F52372" wp14:editId="5C5DB157">
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10115538" wp14:editId="03FEFD9E">
                   <wp:simplePos x="0" y="0"/>
                   <wp:positionH relativeFrom="column">
                     <wp:posOffset>234314</wp:posOffset>
                   </wp:positionH>
                   <wp:positionV relativeFrom="paragraph">
                     <wp:posOffset>-109856</wp:posOffset>
                   </wp:positionV>
                   <wp:extent cx="866778" cy="857250"/>
                   <wp:effectExtent l="0" t="0" r="9522" b="0"/>
                   <wp:wrapNone/>
                   <wp:docPr id="4" name="Рисунок 11"/>
                   <wp:cNvGraphicFramePr/>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name=""/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8" cstate="print"/>
+                          <a:blip r:embed="rId7" cstate="print"/>
                           <a:srcRect/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="866778" cy="857250"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:noFill/>
                           <a:ln>
                             <a:noFill/>
                             <a:prstDash/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:anchor>
               </w:drawing>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4263" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="108" w:type="dxa"/>
               <w:bottom w:w="0" w:type="dxa"/>
               <w:right w:w="108" w:type="dxa"/>
             </w:tcMar>
           </w:tcPr>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t xml:space="preserve">МИНИСТЕРСТВО </w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="005F6A38">
+          <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00E7644B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>ОБРАЗОВАНИЯ И НАУКИ</w:t>
             </w:r>
           </w:p>
-          <w:p w:rsidR="00267767" w:rsidRDefault="00ED272A" w:rsidP="005F6A38">
+          <w:p w:rsidR="00267767" w:rsidRDefault="007B2331" w:rsidP="00E7644B">
             <w:pPr>
               <w:spacing w:line="288" w:lineRule="auto"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:noProof/>
                 <w:color w:val="1F497D"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <mc:AlternateContent>
                 <mc:Choice Requires="wps">
                   <w:drawing>
                     <wp:anchor distT="4294967293" distB="4294967293" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                       <wp:simplePos x="0" y="0"/>
                       <wp:positionH relativeFrom="column">
                         <wp:posOffset>-3985895</wp:posOffset>
                       </wp:positionH>
                       <wp:positionV relativeFrom="page">
                         <wp:posOffset>828039</wp:posOffset>
                       </wp:positionV>
                       <wp:extent cx="6411595" cy="0"/>
                       <wp:effectExtent l="0" t="0" r="27305" b="19050"/>
                       <wp:wrapNone/>
@@ -356,50 +355,61 @@
     </w:tbl>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">             БҰЙРЫҚ                                                                                                    ПРИКАЗ</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="a3"/>
         <w:rPr>
+          <w:color w:val="1F497D"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+      <w:pPr>
+        <w:pStyle w:val="a3"/>
+        <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve">№  ____________________                                                    </w:t>
       </w:r>
       <w:r w:rsidR="00BE39F2">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="1F497D"/>
           <w:sz w:val="20"/>
@@ -431,16062 +441,11673 @@
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1F497D"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">Нұр-Сұлтан қаласы                                                                                                                  город Нур-Султан                                                                                                             </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:rPr>
           <w:color w:val="3A7234"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="14"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED272A" w:rsidRDefault="00ED272A" w:rsidP="00ED272A">
-[...5 lines deleted...]
-          <w:szCs w:val="22"/>
+    <w:p w:rsidR="00831B8F" w:rsidRDefault="007B2331">
+      <w:pPr>
+        <w:rPr>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:bCs/>
           <w:color w:val="0C0000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>08.04.2020-ғы № 135 шығыс хаты</w:t>
       </w:r>
-    </w:p>
-[...5 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w:rsidR="00BE39F2" w:rsidRDefault="00BE39F2" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="000E3C71" w:rsidRDefault="000E3C71" w:rsidP="00267767">
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00267767">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+    <w:p w:rsidR="00670C54" w:rsidRPr="00267767" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00267767">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D84632">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00267767">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>COVID-19</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> обеспечению</w:t>
-[...2 lines deleted...]
-    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+        <w:t xml:space="preserve"> корон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вирустық инфекция кезеңінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00267767" w:rsidRPr="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашықтықтан білім беру технологиялары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...7 lines deleted...]
-    <w:p w:rsidR="00585ECF" w:rsidRDefault="00267767" w:rsidP="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> процесін көш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іру</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезінде</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502C28">
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="002E395C">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру сапасын қамтамасыз ету жөнінде</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>гі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D84632">
-[...20 lines deleted...]
-    <w:p w:rsidR="00267767" w:rsidRPr="00585ECF" w:rsidRDefault="00EA27F1" w:rsidP="00267767">
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...5 lines deleted...]
-      <w:r>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502C28">
         <w:rPr>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...17 lines deleted...]
-    <w:p w:rsidR="00267767" w:rsidRDefault="00267767" w:rsidP="00267767">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша шаралар туралы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00C27373" w:rsidRDefault="00C27373" w:rsidP="00267767">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Дүниежүзілік денсаулық сақтау ұйымы жариялаған COVID-19 корон</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>вирустық инфекция пандемиясы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(бұдан әрі – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пандемия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> кезеңінде қашықтықтан білім технологиялары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>на оқу процесін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көш</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ір</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у кезінде білім беру</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сапасын қамтамасыз ету мақсатында</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8295D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Бас мемлекеттік санитарлық дәрігерінің 2020 жылғы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12 наурыздағы №</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>20 қаулысының негізінде, Қазақстан Республикасы Президентінің жанындағы төтенше жағдай режимін қамтамасыз ету жөніндегі мемлекеттік комиссияның 2020 жылғы 16 наурыздағы №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009649E6">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">және 2020 жылғы </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наурыздағы №</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2 хаттамаларын орындау үшін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>БҰЙЫРАМЫН:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00502C28" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w:rsidR="00267767" w:rsidRPr="00186833" w:rsidRDefault="00267767" w:rsidP="00267767">
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы Білім және ғылым министрлігінің Білім және ғылым саласында сапаны қамтамасыз ету комитеті және оның аумақтық департаменттері</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236D89">
+        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236D89">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пандемия кезеңінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00502C28">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
       <w:pPr>
         <w:pStyle w:val="Standard"/>
         <w:ind w:right="139" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...17 lines deleted...]
-        <w:rPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>1) р</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364F41">
+        <w:rPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ұқсат және (немесе) рұқсатқа қосымша берілгенге дейін жүргізілетін өтініш берушінің біліктілік немесе рұқсат беру талаптарына сәйкестігіне рұқсаттық бақылау жүргізуді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тоқтатсын;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2CF4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00364F41">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2) білім басқармаларынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> және</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00364F41">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> білім беру ұйымдарынан қашықтықтан оқытуды ұйымдастыру жөніндегі есептілікті не ақпаратты талап етуге тыйым салсын</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00442C7A" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> заңнамада көзделмеген есептілік пен ақпаратты талап ету бөлігінде </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«П</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>едагог мәртебесі туралы</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>З</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>аңның талаптарын бұзатын, сондай-ақ педагогт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> өзге де құқықтары мен заңды мүдделерін бұзатын білім беруді басқару органдарының, білім беру ұйымдарының басшыларына қатысты заңнама</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>да көзделген</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> барлық шаралар</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ды</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00903BB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00442C7A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8295D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Облыстардың, Нұр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>-С</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8295D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұлтан, Алматы, Шымкент қалаларының білім басқармалары (келісім бойынша), аудандардың, облыстық маңызы бар қалалардың бі</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лім бөлімдері (келісім бойынша)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C8295D">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">1) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236D89">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім беру ұйымдарынан</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, педагогтерден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236D89">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қашықтықтан оқытуды ұйымдастыру мәселелері бойынша есептілікті не ақпаратты талап етуге тыйым сал</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00236D89">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">білім беру ұйымдарына бара отырып, түрлі тексеру (мониторингтік) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">          </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">іс-шараларын өткізуді </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тоқтатсын;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2CF4">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="00D650F8" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D650F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>3) педагогт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ерден</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D650F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> есеп пен ақпаратты талап етудің заңсыз практикасын тоқтату үшін білім беру ұйымдарының басшыларымен түсіндіру және өзге де жұмыстар жүргіз</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D650F8">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қашықтықтан білім беру технологиялары </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">негізінде оқу процесіне </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ауыртпалықсыз және тиімді көшу мақсатында білім беру ұйымдарына барынша көмек көрсету және педагогт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ердің</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> құқықтары мен заңды мүдделерін қорғауды қамтамасыз ет</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сін</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00654104">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="004C648A" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан білім беру технологиялары</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">на </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу процесіне кө</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шіру кезінде</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> пайда болған проблемала</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>рға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дереу ден қ</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ойсын</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>, қажеттілігіне қарай Білім және ғылым министрлігі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C2CF4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>немесе</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974E5A">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жергілікті атқарушы органдар алдында олардың деңгейінде шұғыл шешуді талап ететін </w:t>
+      </w:r>
+      <w:r w:rsidRPr="007C0903">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мәселелерге бастамашылық жас</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>асын.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:ind w:right="139" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3874">
+        <w:rPr>
+          <w:color w:val="000000"/>
           <w:spacing w:val="2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-          <w:lang w:val="kk-KZ"/>
-[...30 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қоса беріліп отырған </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3874">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ашықтықтан оқытуды ұйымдастыру бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006D008C">
+        <w:rPr>
+          <w:kern w:val="0"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001E3874">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ұсынымдар бекітілсін.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E32AB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Осы бұйрықтың орындалуын бақылау Қазақстан Республикасының Білім және ғылым вице-министр</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>і Ш.Т. Кариноваға</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жүктелсін. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="008A2FA5" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E32AB4">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Осы бұйрық қол қойылған күнінен бастап күшіне енеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRPr="008A2FA5" w:rsidRDefault="00670C54" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Министр                                                                         </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">      </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>А. Аймағамбетов</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00670C54" w:rsidRDefault="00931ECC" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00670C54" w:rsidRDefault="00670C54" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00784165">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9356"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008A2FA5">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қазақстан Республикасы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9356"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім және ғылым министрінің</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9356"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>2020 жылғы «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>»</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>___________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="Standard"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9356"/>
+        </w:tabs>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйрығына</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00585ECF">
-[...121 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006D008C" w:rsidRPr="006D52D2" w:rsidRDefault="006D008C" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidR="00931ECC" w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашықтықтан оқытуды</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
-[...43 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00931ECC" w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> жөніндегі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000D6753" w:rsidRPr="00186833">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="006D008C" w:rsidRPr="006D008C">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әдістемелік</w:t>
+      </w:r>
+      <w:r w:rsidR="006D008C" w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұсынымдар</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="2"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
-[...50 lines deleted...]
-        <w:rPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
-          <w:spacing w:val="2"/>
-[...26 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашықтықтан оқытуды қалай ұйымдастыруға болады</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Қашықтықтан оқыту форматын таңдау</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3289">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телесабақтар арқылы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>интернет-платформаларды пайдалану;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пошта арқылы немесе қолма-қол қағаз тасымалдаушылармен жіберу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
-[...61 lines deleted...]
-      </w:r>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:hanging="153"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:color w:val="000000"/>
-[...10 lines deleted...]
-        <w:pStyle w:val="Standard"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылар мен олардың ата-аналарын</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3289">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="1"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан оқыту процесін ұйымдастыру барлық мектеп үшін қатаң бекітілген дәстүрлі кесте бойынша емес, икемді, жеке кесте бойынша өтетіні;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мектептің оқу жұмыс жоспарына сәйкес әр күн сайын қанша оқу пәні оқылатыны (мұндайда пәндер бойынша сабақ уақыты барлық сыныптар үшін көрсетілмейді);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір пән бойынша сабақтың ұзақтығы көрсетілмейтіні және оның білім алушылардың оқу мақсаттарына қол жеткізуіне және тапсырмаларды орындауына байланысты болатыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«ELARNA», «БАЛАПАН» телеарналарынан телесабақтарды</w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ң</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> көрсетілетіні (кесте);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>телесабақтарды кез келген ыңғайлы уақытта BilimLand платформаларынан, youtube-арналарынан қайта көруге болатыны;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан оқытуды ұйымдастыру үшін интернет ресурстарының – BilimLand, Kundelik.Kz, Daryn.online, MicrosoftTEAMS, GoogleClassRoom мүмкіндіктері;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бір күн ішінде білім алушыларды оқытудың жеке кестесі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әр күнге оқу тапсырмасын алу әдістері мен құралдары және оларды білім алушыға ыңғайлы уақытта орындау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық журналдар немесе мұғалім белгілеген басқа да қолжетімді байланыс түрлері, оның ішінде мессенджерлер арқылы кері байланысты орнату;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="008B6625" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды күнделікке сабаққа қатысу туралы ақпарат енгізілмейтіндігі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="16"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">қашықтықтан өткізілетін сабақтар ата-аналардың қолдауын және қатысуын, білім алушының тапсырмаларды өздігінен орындауын талап ететіні </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>туралы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008B6625">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>хабардар ету.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="14"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:ind w:left="0" w:right="139" w:firstLine="567"/>
-[...247 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектептің оқу жұмыс жоспарына сәйкес төртінші тоқсанның барлық оқу пәндері бойынша сабақтар 100% өткізіледі («Дене шынықтыру», «Көркем еңбек» және т. б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4. Сабақтарды қашықтықтан өткізу кезеңінде </w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмысты ұйымдастыруда төмендегіні ескеру қажет</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="002E395C" w:rsidRPr="000E3C71" w:rsidRDefault="002E395C" w:rsidP="000E3C71">
-[...1069 lines deleted...]
-        <w:pStyle w:val="ab"/>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve"> а</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>та-аналардан білім алушылардың тапсырмаларды орындауын фото, бейне арқылы растауын талап етуге болмайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...15 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> э</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>лектрондық журналдарды толтыру қажет болған жағдайда жүргізіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="18"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...73 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:bCs/>
-[...8 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ашықтықтан оқытуға қатысты мұғалімдерден есептердің қосымша түрлерін толтыруы және тапсыруы талап етілмейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...36 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім алушыларға арналған оқу тапсырмаларының көлемі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve"> ҚР БҒМ ұсынған көлемдерден аспауы тиіс;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="18"/>
         </w:numPr>
-        <w:tabs>
-[...3 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ілім беру процесіне қатысушылардың психоэмоционалдық жағдайын ескеру қажет.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>П</w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2" w:rsidRPr="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>едагогикалық қызметті қашықтықтан оқытудың қолайлы, қолжетімді және ыңғайлы форматын ескере отырып ұйымдастыру</w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:kern w:val="3"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...104 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="17"/>
         </w:numPr>
-        <w:tabs>
-[...74 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:kern w:val="3"/>
-[...15 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:kern w:val="3"/>
-[...16 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Телесабақ форматын</w:t>
+      </w:r>
+      <w:r w:rsidR="006D52D2">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:kern w:val="3"/>
-[...37 lines deleted...]
-        <w:t>ARNA</w:t>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (аудио-сабақ)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> қолдан</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...79 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:bCs/>
-          <w:kern w:val="3"/>
-[...135 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:left="567"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:bCs/>
-          <w:kern w:val="3"/>
-[...618 lines deleted...]
-        <w:pStyle w:val="a9"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Телесабақ форматын қолданған уақытта (аудио-сабақ)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
-[...37 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ жоспары негізінде телесабақтарды міндетті түрде қарауды ұсыну;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
-[...9 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларға телесабақтарды көргеннен кейін өз бетінше оқу/орындау үшін тапсырмалар беру, қолжетімді платформалар мен арналардағы цифрлық білім беру ресурстарына сілтемелер беру (техникалық мүмкіндіктер болған жағдайда);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-[...2 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
-[...9 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электронды журналдар жүйесінде электрондық пошта, WhatsApp, өзге де мессенджерлер арқылы өздігінен орындауға тапсырма беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00573762" w:rsidRPr="00091A5D">
-[...7 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00091A5D" w:rsidRDefault="00091A5D" w:rsidP="00091A5D">
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">kundelik.kz электрондық журналы, bilimal.kz, mektep.edu.kz жүйелері арқылы, электрондық журналдар болмаған жағдайда – педагогтің қалауы бойынша байланыстың қолжетімді түрлері арқылы кері байланысты жүзеге асыру (кері байланысты ұсыну кезеңділігін мұғалім өзі анықтайды). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТД-сабақтар туралы ақпарат:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>«Balapan» телеарнасы (аудиосабақтар «Қазақ радиосында» қосымша берілетін болады) – қазақ тілінде білім алушылар үшін/сабақ кестесі - https://balapan.kaztrk.kz/ru/program;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00670C54" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«ELARNA» телеарнасы (аудиосабақтар «Радио Классик» арқылы қосымша берілетін болады) - орыс тілінде білім алушылар үшін/ сабақ кестесі - </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00670C54">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>https://elarna.kz/ru/programma</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТД-телесабақтар кейбір аймақтарда жергілікті аймақтық каналдар арқылы көрсетіледі;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>ТД-телесабақтар (аудиосабақтар) 1-11 (12) сыныптардың оқу пәндері бойынша әр сабақ 10 минуттан аптасына 5 күн жүргізіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Т</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Д</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сабақтың құрылымы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">мұғалімнің жаңа оқу материалының бейне-түсіндіруі (6 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экрандағы сабақты бекітуге арналған ірі қаріппен 2-3 сұрақ (1 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">экрандағы сабақты бекітуге арналған ірі қаріппен 2-3 тапсырма (1 мин); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тақырып бойынша 1-2 қосымша цифрлық ресурс (1 минут); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="20"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өздігінен оқуға арналған қосымша ресурстарға сілтемелер (1 минут).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="28"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Теледидардан көрсету үшін белгіленген пәндер тізімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Теледидардан көрсетілетін пәндердің тізімі:   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту қазақ тілінде – 7 пән (Сауат ашу, Математика, Жаратылыстану, Дүниетану, Ағылшын тілі, Орыс тілі, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту орыс тілінде – 7пән (Обучение грамоте, Математика, Естествознание, Познание мира, Английский язык, Казахский язык, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">2-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту қазақ тілінде – 7 пән (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту орыс тілінде – 7пән (Русский язык, Математика, Естествознание, Познание мира, Қазақ тілі, Английский язык, Самопознание).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту қазақ тілінде – 8 пән (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, АКТ, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту орыс тілінде – 8 пән (Русский язык, Математика, Естествознание, Познание мира, Қазақ тілі, Английский язык, ИКТ, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту қазақ тілінде – 8 пән (Қазақ тілі, Математика, Жаратылыстану, Дүниетану, Орыс тілі, Ағылшын тілі, АКТ, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту орыс тілінде – 8 пән (Русский язык, Математика, Естествознание, Познание мира, Қазақ тілі, Английский язык, ИКТ, Самопознание).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту қазақ тілінде – 10 пән  (Қазақ тілі, Қазақ әдебиеті,  Математика, Қазақстан тарихы,  Дүниежүзі тарихы, Жаратылыстану, Орыс тілі мен әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту орыс тілінде – 10 пән (Русский язык, Русская литература, Математика, История Казахстана, Всемирная история, Естествознание, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту қазақ тілінде – 10 пән (Қазақ тілі, Қазақ әдебиеті, Математика, Қазақстан тарихы, Дүниежүзі тарихы, Жаратылыстану, Орыс тілі мен әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту орыс тілінде – 10 пән (Русский язык, Русская литература, Математика,  История Казахстана, Всемирная история, Естествознание, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">7-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту қазақ тілінде – 14 пән (Қазақ тілі,   Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту орыс тілінде – 14 пән (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>оқыту қазақ тілінде – 14 пән (Қазақ тілі, Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту орыс тілінде – 14 пән(Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">9-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту қазақ тілінде – 14 пән (Қазақ тілі, Қазақ әдебиеті, Алгебра, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту орыс тілінде – 14 пән (Русский язык, Русская литература, Алгебра, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту қазақ тілінде – 14 пән (Қазақ тілі,  Қазақ әдебиеті, Алгебра және анализ бастамалары, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі мен әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту орыс тілінде – 14 пән (Русский язык, Русская литература, Алгебра и начала анализа, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык и литература, Английский язык, Информатика, Самопознание). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">11-сынып: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">оқыту қазақ тілінде – 14 пән (Қазақ тілі, Қазақ әдебиеті, Алгебра және анализ бастамалары, Геометрия, Қазақстан тарихы, Дүниежүзі тарихы, География, Физика, Химия, Биология, Орыс тілі,  Орыс әдебиеті, Ағылшын тілі, Информатика, Өзін-өзі тану ); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00D205AC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту орыс тілінде – 14пән (Русский язык, Русская литература, Алгебра и начала анализа, Геометрия, История Казахстана, Всемирная история, География, Физика, Химия, Биология, Казахский язык, Казахская литература, Английский язык, Информатика, Самопознание).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">10. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D205AC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ТД-да көрсетілетін тізімге енбеген оқу пәндерін (музыка, көркем еңбек, дене шынықтыру, алғашқы әскери және технологиялық дайындық) мұғалімдерге жеке қашықтықтан оқыту үшін ұсынылады.    </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Интернет-платформалар арқылы сабақтарды жүргізу </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00842547" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="426"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00842547">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">     </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:ind w:left="0" w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сабақ жоспарының негізінде педагог білім алушыларға өздігінен оқу/орындау үшін оқулықтан оқу материалы мен тапсырмаларды ұсынады. Сонымен қатар, интернет-платформаларда орналастырылған сабақтарды, қолжетімді сандық білім беру ресурстарын пайдалануды ұсынады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Ұсынылатын интернет- платформалар:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>BilimLand;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Kyndelik. Kz;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="21"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Darin online.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Цифрлық білім беру ресурстары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mektep.OnLine; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>QaradomalakStudio;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>О</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>piq.kz</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Microsoft TEAMS</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:bCs/>
+          <w:kern w:val="3"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>GoogleClassRoom</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бұл интернет-платформалар оқу процесін онлайн режимде ұйымдастыруға арналмаған.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Өздігінен орындауға арналған оқу тапсырмасын электрондық журналдар жүйесінде, интернет-платформада, электрондық пошта, WhatsApp, басқа мессенджерлер арқылы ұсынуға болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кері байланысты kundelik.kz, bilimal.kz, mektep.edu.kz арқылы, электрондық журналдар болмаған жағдайда мұғалімнің қалауы бойынша байланыстың қолжетімді түрлері арқылы  жүзеге асыру ұсынылады (мұғалім кері байланысты ұсыну кезеңділігін өз бетінше анықтайды).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Контентті әзірлеу және қашықтықтан сабақ өткізу алгоритмі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Бірінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>. Сабақтың тақырыбы мен түрін анықтау (жаңа тақырыпты зерделеу, қайталау, тереңдету, бақылау және т.б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Екінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сабақтың ұйымдастыру моделін пысықтау </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үшінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Оқу құралдарының тізбесін анықтау:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төртінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыға оқу материалдарының қолжетімділігін қамтамасыз ету:</w:t>
+      </w:r>
+      <w:r w:rsidR="00B31FC3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық пошта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>WhatsApp, Telegram және т.б. мессенджерлер мен әлеуметтік желілердегі топтық/жеке чаттар («Қашықтан оқу, сыныбы, литері»; оның Whatsapp-та оның барлық қатысушылары үшін жұмыс істеу ережелерін белгілеу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Бесінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Әр түрлі ақпараттық оқыту материалдарын пайдалану (мәтіндік, презентациялар, графикалық, медиа, суреттер,  инфоргафика және т. б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Алтыншы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Сабақты ұйымдастырудың әртүрлі әдістерін қолдану (ішінара-іздеу, материалдың проблемалық тұсын түсіндірудің эвристикалық әдісі, зерттеу және т.б.).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жетінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларға мұғалімнің бейне сабағын (егер ол бұрын жазылған болса) кез келген уақытта қарауға мүмкіндік беру (офлайн режимі).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сегізінші</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушыларға:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>барлық білім алушылардың жеке мүмкіндіктері мен қабілеттерін ескеру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>шығармашылық (жазба жазу, кейіпкердің сипаттамасы, кітапқа аннотация және т. б.), жобалау жұмыстарды, зерттеу және т. б.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік желі чатында, поштада топпен хат алысуда білім алушылардың топтық жұмыстарды  (рөлдерді бөлу);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>дидактикалық принциптерге сәйкес оқу материалын  және үй тапсырмасын эстетикалық жағынан да оқылуы бойынша да сапалы дайындауын;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ЦБР -ының сілтемелерін көрсете отырып, өздігінен оқу және орындау үшін үй тапсырмасын беру.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Тоғызыншы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>. Білім алушылармен кері байланысты ұйымдастыру:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылардың орындаған жұмыстарының нәтижелерін қабылдау;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>орындалған тапсырмаға талдау жүргізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пікір жазу және ұсыныстар беру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыны тексеру нәтижелерімен таныстыру;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="23"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқушылар үшін, оның ішінде ерекше білім беру қажеттіліктері бар балалар үшін жеке консультациялар өткізу;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кері байланыс:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">электрондық журналдар, интернет-платформалар; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық пошта;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>whatsapp, telegram мессенджерері және т. б.;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ұялы және стационарлық телефон байланысы;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="24"/>
+        </w:numPr>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пошта байланысы арқылы жүзеге асырылады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:left="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интернет байланысы болмаған жағдайда оқу материалдарын қазпошта арқылы жіберу</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылар үшін қағаз-тасығышта:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып атауын, пән атауын, сабақ тақырыбын, оқулық бетін көрсету,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тақырып бойынша қысқаша конспект жазу,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өздігінен бекіту және орындау үшін оқулықтан сұрақтар тізімін белгілеу,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00247C09" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="25"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00247C09">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тақырып бойынша қосымша материалдар ұсыну және кері байланыс механизмі жіберіледі.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="19"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Штаттық режимде:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00670C54" w:rsidRDefault="00931ECC" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың саны  5-тен 80-ге дейін жететін және алыс оқшауланған елді мекендерде орналасқан мектептерде;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00670C54" w:rsidRDefault="00931ECC" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>санитарлық қауіпсіздік шаралары қатаң сақталған жағдайда (кварцтау, желдету, ауысыммен оқыту және т. б.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00670C54" w:rsidRDefault="00931ECC" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>карантин және коронавирустың тіркелмеген жағдайларында;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00670C54" w:rsidRDefault="00931ECC" w:rsidP="00670C54">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="30"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>денсаулық сақтау ұйымдарымен келісе отырып</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жергілікті атқарушы ұйымның шешімі бойынша </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00670C54">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОҚЫТУ МҮМКІН.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A545A" w:rsidRDefault="005A545A" w:rsidP="005A545A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A545A" w:rsidRDefault="005A545A" w:rsidP="005A545A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="005A545A" w:rsidRPr="005A545A" w:rsidRDefault="005A545A" w:rsidP="005A545A">
+      <w:pPr>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00842547" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:ind w:firstLine="633"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушының болжамды күн тәртібі</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:ind w:left="927"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Б</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>олжамды күн тәртібі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
         </w:numPr>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:sz w:val="28"/>
-          <w:szCs w:val="28"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00414893">
-[...88 lines deleted...]
-        <w:pStyle w:val="a9"/>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқу пәндері материалдар мен оқу тапсырмаларын қарау (әркім уақытын өзі анықтайды).  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
+          <w:numId w:val="26"/>
         </w:numPr>
-        <w:jc w:val="center"/>
-[...31 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушы сынып жетекшісімен байланыста болады (қажетт</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">жағдайда). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Оқушы алған тапсырмаларды өзіне ыңғайлы уақытта орындайды және орындап болған соң мұғалімдерге жібереді. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Кез келген қолжетімді режимде мұғаліммен бірге жұмыс істейді немесе туындаған сұрақтарын жазады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="26"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Келесі күнді жоспарлайды.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
-      </w:pPr>
-[...55 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="17"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
-        <w:jc w:val="both"/>
-[...130 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:jc w:val="center"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Білім алушылардың оқу жетістіктерін бағалауды қалай ұйымдастыру керек</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00980DEF">
-[...2665 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00781382" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="10"/>
-[...3150 lines deleted...]
-          <w:numId w:val="12"/>
+          <w:numId w:val="29"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...102 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:ind w:left="0" w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төртінші тоқсанда мұғалім бөлім бойынша жиынтық бағалауды 1 рет өткізеді (4-8 мамыр):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="12"/>
+          <w:numId w:val="27"/>
         </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Жиынтық бағалау өткізу барысында  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Білім алушылардың үлгеріміне ағымдағы бақылауды, оларды аралық және қорытынды аттестаттауды өткізудің үлгілік қағидаларын бекіту туралы» </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:spacing w:val="2"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Қазақстан Республикасы Білім және ғылым министрінің 2008 жылғы 18 наурыздағы N 125 бұйрығына сәйкес келесідей талаптарды  басшылыққа алады: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>14,14.1-14.3,14.5,14.7,14.8,15-18,21-26,29-т.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Өзін-өзі тану», «Көркем еңбек», «Музыка», «Дене шынықтыру», «Кәсіпкерлік және бизнес негіздері», «Графика және жобалау», «Қоғам және дін» пәндері бойынша жиынтық бағалауды өткізбейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="ac"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="27"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Consolas" w:hAnsi="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жиынтық бағалау жұмысының нақты күнін көрсетеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...23 lines deleted...]
-        </w:tabs>
+        <w:ind w:firstLine="709"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Төртінші тоқсанда мұғалім тоқсан бойынша жиынтық бағалауды 1 рет тоқсанның соңында өткізеді (18-22 мамыр):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rStyle w:val="ac"/>
-[...65 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00091A5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>НАЗАР аударыңыз!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:firstLine="567"/>
-[...3 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...39 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1-10  сыныптардағы жиынтық жұмыстардың саны   </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:firstLine="567"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлім бойынша жиынтық бағалау – 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">тоқсан бойынша жиынтық бағалау – 1         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>11 сыныптағы бақылау жұмыстарның саны</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">өзіндік жұмыс - 1 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақылау жұмысы – 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FDE9D9"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жиынтық жұмыстарды жүргізу мерзімдері</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="007B2331" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink0"/>
-[...291 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3301365</wp:posOffset>
+                  <wp:posOffset>3012440</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="line">
-                  <wp:posOffset>67310</wp:posOffset>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>36195</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="180975" cy="304800"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1073741825" name="officeArt object"/>
+                <wp:docPr id="13" name="Правая фигурная скобка 13"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="180975" cy="304800"/>
                         </a:xfrm>
-                        <a:custGeom>
+                        <a:prstGeom prst="rightBrace">
                           <a:avLst/>
-                          <a:gdLst/>
-[...49 lines deleted...]
-                        </a:custGeom>
+                        </a:prstGeom>
                         <a:noFill/>
-                        <a:ln w="9525" cap="flat">
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
-                            <a:srgbClr val="4A7EBB"/>
+                            <a:srgbClr val="4F81BD">
+                              <a:shade val="95000"/>
+                              <a:satMod val="105000"/>
+                            </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
+                <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:259.95pt;margin-top:5.3pt;width:14.25pt;height:24pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCig0letQIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2yAQf5+074D8vhqc/1GTql3XvVRr&#10;pHYfgGAce8WAgMTpPv0OcJw427RlWh4c4O5+d/e747i+2dcC7bixlZKLhFzhBHHJVF7JzSL5+vLw&#10;YZog66jMqVCSL5I3bpOb5ft3142e80yVSuTcIACRdt7oRVI6p+dpalnJa2qvlOYShIUyNXWwNZs0&#10;N7QB9FqkGcbjtFEm10Yxbi2c3kdhsgz4RcGZeyoKyx0SiwRic+Frwnftv+nyms43huqyYm0Y9B+i&#10;qGklwWkHdU8dRVtT/QRVV8woqwp3xVSdqqKoGA85QDYEn2XzXFLNQy5AjtUdTfb/wbIvu5VBVQ61&#10;w5PBZEim2ShBktZQqxjdrXFIrb8Bk56sRts52DzrlfHpWv2o2KsFQdqT+I1tdfaFqb0uwKF9YP6t&#10;Y57vHWJwSKZ4NgHHDEQDPJziUJmUzg/GbGvdZ64CEN09WhcLlx9WtDys2F7C0juEFaK+D3EojVbW&#10;+2/yLEHgpoR/H3fQ66mPhtj/LjMiGIK+3GoMTfx3VjHQNjUD5ThvaZMgaOl1bGlNnWfE5+WXqFkk&#10;GRlDUqjsVkC+2fqL+/R64KhWO/6igpU7Kxb4P0rZdl2xO/79VHc0G0MFj7XVASHwEo6Hk2kb25mA&#10;4PHsUIoerpCn+Eek2WRAWoODyq8COhoQPMhCtYGN6Hw0HsRgo1LopihqaYI8OpGnvhdYf/dHyJNA&#10;SPZbFsj0QhoyPLqQh4yQPg9dzWLWJzRApwAF3fEZBbD1bRWuT9dqQed4TaV6qIQIkEL6BpyN/Gxh&#10;FMZ8IagL98sqUeVez/ecNZv1R2HQjsK0Ht5OPt3dtWXuqWlj3T21ZdQLothYRm1lDg4hECE9IA8v&#10;QJwMYUDFmeSn01rlbyvjlf0Opmswa18CP75P90Hr+F4tfwAAAP//AwBQSwMEFAAGAAgAAAAhAFs7&#10;AznfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9IvENkJG4s3dROXWk6TZM4ISS2&#10;ceCYNqap1jilydbC02NOcLP1f/r9udzOrhdXHEPnScFykYBAarzpqFXwdnp6yEGEqMno3hMq+MIA&#10;2+r2ptSF8RMd8HqMreASCoVWYGMcCilDY9HpsPADEmcffnQ68jq20ox64nLXy1WSrKXTHfEFqwfc&#10;W2zOx4tTsKqzVKb2+bBvv+uXTzvt3s/mVan7u3n3CCLiHP9g+NVndajYqfYXMkH0CrLlZsMoB8ka&#10;BANZmqcgah7yNciqlP8/qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACU&#10;AQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAooNJXrUCAAD3&#10;BgAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAWzsDOd8A&#10;AAAJAQAADwAAAAAAAAAAAAAAAAAPBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAABsG&#10;AAAAAA==&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
-[...2 lines deleted...]
-              </v:shape>
+              <v:shapetype id="_x0000_t88" coordsize="21600,21600" o:spt="88" adj="1800,10800" path="m,qx10800@0l10800@2qy21600@11,10800@3l10800@1qy,21600e" filled="f">
+                <v:formulas>
+                  <v:f eqn="val #0"/>
+                  <v:f eqn="sum 21600 0 #0"/>
+                  <v:f eqn="sum #1 0 #0"/>
+                  <v:f eqn="sum #1 #0 0"/>
+                  <v:f eqn="prod #0 9598 32768"/>
+                  <v:f eqn="sum 21600 0 @4"/>
+                  <v:f eqn="sum 21600 0 #1"/>
+                  <v:f eqn="min #1 @6"/>
+                  <v:f eqn="prod @7 1 2"/>
+                  <v:f eqn="prod #0 2 1"/>
+                  <v:f eqn="sum 21600 0 @9"/>
+                  <v:f eqn="val #1"/>
+                </v:formulas>
+                <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;21600,@11;0,21600" textboxrect="0,@4,7637,@5"/>
+                <v:handles>
+                  <v:h position="center,#0" yrange="0,@8"/>
+                  <v:h position="bottomRight,#1" yrange="@9,@10"/>
+                </v:handles>
+              </v:shapetype>
+              <v:shape id="Правая фигурная скобка 13" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:237.2pt;margin-top:2.85pt;width:14.25pt;height:24pt;z-index:251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBUeHn5tAIAACoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdHfThCarJlXaKAgp&#10;tJVa1PPE682u8NrGdn7KCQR3HoFXKHBBSPAMmzdi7N30BzghLtb8eTzzzTc+PNpUgqy4saWSQ5rs&#10;xZRwyVRWysWQvrycPulTYh3IDISSfEivuaVHo8ePDtc65R1VKJFxQzCJtOlaD2nhnE6jyLKCV2D3&#10;lOYSnbkyFThUzSLKDKwxeyWiThw/jdbKZNooxq1F66Rx0lHIn+ecubM8t9wRMaRYmwunCefcn9Ho&#10;ENKFAV2UrC0D/qGKCkqJj96mmoADsjTlH6mqkhllVe72mKoilecl46EH7CaJf+vmogDNQy8IjtW3&#10;MNn/l5adrs4NKTOc3T4lEiqcUf1p+7a+qb/UN9uPZPuh/lZ/3b5H04/G8K7+Xv+sP+N5Q/ASIrjW&#10;NsVEF/rceAysnin2yqIjeuDxim1jNrmpfCwiQDZhHNe34+AbRxgak348OOhRwtC1H3f7cRhXBOnu&#10;sjbWPeOqIl4YUlMuCndsgHnMIIXVzDpfBKS7QG+WaloKEeYuJFkP6aDX8Y8Asi8X4FCsNOJh5YIS&#10;EAukNXMmZLRKlJm/Hbo0i/mJMGQFSK3utJ8cT5qgAjLeWAe9uKkZMQH3QmWNOYl3dizNNmlCmQ/y&#10;+5onYIvmTnB5rPGKkP59HtjdtngHrZfmKrvGqRrV0N1qNi0x2wysOweD/MZNwJ11Z3jkQiEGqpUo&#10;KZR58ze7j0faoZeSNe4LAvR6CYZTIp5LJOQg6Xb9ggWl2zvooGLue+b3PXJZnSjELcHfQbMg+ngn&#10;dmJuVHWFqz32r6ILJMO3m1G0yolr9hg/B8bH4xCGS6XBzeSFZj65x8njeLm5AqNbmjjk16na7dYf&#10;PGliG6aMl07lZSDRHa4trXEhwzTaz8Nv/H09RN19caNfAAAA//8DAFBLAwQUAAYACAAAACEA74Ev&#10;etsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTJCUlxKmgqNwpXHpz&#10;4yWOiNdW7Lbh71lOcJvVjGbeNpvZjeKMUxw8KVguMhBInTcD9Qo+3nd3axAxaTJ69IQKvjHCpr2+&#10;anRt/IXe8LxPveASirVWYFMKtZSxs+h0XPiAxN6nn5xOfE69NJO+cLkbZZ5l99LpgXjB6oBbi93X&#10;/uQUvExhWZiheN3ic95hf7Bl2Fmlbm/mp0cQCef0F4ZffEaHlpmO/kQmilFBWZUlRxWsKhDsr7L8&#10;AcSRRVGBbBv5/4H2BwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFR4efm0AgAAKgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO+BL3rbAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAADgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" adj="1069" strokecolor="#4a7ebb"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C33DDF">
-[...16 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
+      <w:r w:rsidR="00931ECC" w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бөлім бойынша жиынтық бағалау                   8  мамырға дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:firstLine="567"/>
-[...5 lines deleted...]
-          <w:szCs w:val="28"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>өзіндік жұмыс</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="007B2331" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+        </w:pBdr>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="Hyperlink0"/>
-[...34 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
           <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="column">
-                  <wp:posOffset>3304540</wp:posOffset>
+                  <wp:posOffset>3012440</wp:posOffset>
                 </wp:positionH>
-                <wp:positionV relativeFrom="line">
+                <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>40005</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="180975" cy="304800"/>
                 <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
                 <wp:wrapNone/>
-                <wp:docPr id="1073741826" name="officeArt object"/>
+                <wp:docPr id="12" name="Правая фигурная скобка 12"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr>
                         <a:spLocks/>
                       </wps:cNvSpPr>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="180975" cy="304800"/>
                         </a:xfrm>
-                        <a:custGeom>
+                        <a:prstGeom prst="rightBrace">
                           <a:avLst/>
-                          <a:gdLst/>
-[...49 lines deleted...]
-                        </a:custGeom>
+                        </a:prstGeom>
                         <a:noFill/>
-                        <a:ln w="9525" cap="flat">
+                        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
                           <a:solidFill>
-                            <a:srgbClr val="4A7EBB"/>
+                            <a:srgbClr val="4F81BD">
+                              <a:shade val="95000"/>
+                              <a:satMod val="105000"/>
+                            </a:srgbClr>
                           </a:solidFill>
                           <a:prstDash val="solid"/>
-                          <a:round/>
                         </a:ln>
                         <a:effectLst/>
                       </wps:spPr>
-                      <wps:bodyPr/>
+                      <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                        <a:prstTxWarp prst="textNoShape">
+                          <a:avLst/>
+                        </a:prstTxWarp>
+                        <a:noAutofit/>
+                      </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="page">
+                <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="page">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="officeArt object" o:spid="_x0000_s1026" style="position:absolute;margin-left:260.2pt;margin-top:3.15pt;width:14.25pt;height:24pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" coordsize="21600,21600" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA+EAe1twIAAPcGAAAOAAAAZHJzL2Uyb0RvYy54bWysVV9v2jAQf5+072D5fY0TIPwRUJV13Uu1&#10;IrX7AMZxSNbEtmxD6D79znYIhG3amMZDsH13v7v73fk8vz3UFdpzbUopFji+IRhxwWRWiu0Cf315&#10;+DDByFgqMlpJwRf4jRt8u3z/bt6oGU9kIauMawQgwswatcCFtWoWRYYVvKbmRiouQJhLXVMLW72N&#10;Mk0bQK+rKCEkjRqpM6Ul48bA6X0Q4qXHz3PO7FOeG25RtcAQm/Vf7b8b942WczrbaqqKkrVh0H+I&#10;oqalAKcd1D21FO10+RNUXTItjcztDZN1JPO8ZNznANnE5CKb54Iq7nMBcozqaDL/D5Z92a81KjOo&#10;HRkPxsN4kqQYCVpDrUJ0d9oiufkGTDqyGmVmYPOs1tqla9SjZK8GBFFP4jam1Tnkuna6AIcOnvm3&#10;jnl+sIjBYTwh0/EIIwaiARlOiK9MRGdHY7Yz9jOXHojuH40NhcuOK1ocV+wgYOkcwgpR14fEl0ZJ&#10;4/w3WYIRuCng38Xt9XrqoyFxv+uMYgJBX2+VQhP/nVUItE1NQzkuW1pjBC29CS2tqHWMuLzcEjUL&#10;nMQpJIWKbgXk6527uE+vR45quecv0lvZi2KB/5OU7TYlW/Hv57qjaQoVPNVWeQTPiz8ejidtbBeC&#10;mKTTYyl6uJU4xz8hTceDuDU4qvwqoJNBTAaJrzawEZyP0kEINij5bgqilibIoxM56nuB9Xd/hDwL&#10;JE5+y0I8uZKGhIyu5CGJ4z4PXc1C1mc0QKcABd3xBQWwdW3lr0/Xal7ndE2FfCirykNWwjXgdJS4&#10;K05hzOcVtf5+GVmVmdNzPWf0dvOx0mhPYVoP78afVqu2zD01pY29p6YIel4UGkvLncjAIQRSCQfI&#10;/QsQJoMfUGEmuem0kdnbWjtlt4Pp6s3al8CN7/O91zq9V8sfAAAA//8DAFBLAwQUAAYACAAAACEA&#10;7HGBW94AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KhDmlQlZFNVlTgh&#10;JFo4cHTiJY4ar0PsNoGvxz3BbVYzmnlbbmbbizONvnOMcL9IQBA3TnfcIry/Pd2tQfigWKveMSF8&#10;k4dNdX1VqkK7ifd0PoRWxBL2hUIwIQyFlL4xZJVfuIE4ep9utCrEc2ylHtUUy20v0yRZSas6jgtG&#10;DbQz1BwPJ4uQ1nkmM/O837U/9cuXmbYfR/2KeHszbx9BBJrDXxgu+BEdqshUuxNrL3qEPE2yGEVY&#10;LUFEP8/WDyDqi1iCrEr5/4HqFwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAD4QB7W3AgAA&#10;9wYAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAOxxgVve&#10;AAAACAEAAA8AAAAAAAAAAAAAAAAAEQUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAc&#10;BgAAAAA=&#10;" path="m,c5965,,10800,478,10800,1069r,8662c10800,10322,15635,10800,21600,10800v-5965,,-10800,478,-10800,1069l10800,20531v,591,-4835,1069,-10800,1069e" filled="f" strokecolor="#4a7ebb">
-[...2 lines deleted...]
-              </v:shape>
+              <v:shape id="Правая фигурная скобка 12" o:spid="_x0000_s1026" type="#_x0000_t88" style="position:absolute;margin-left:237.2pt;margin-top:3.15pt;width:14.25pt;height:24pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:page;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD1cOUhtAIAACoFAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1uEzEQviPxDpbvdHdDQpNVkyptFIQU&#10;2kot6nni9WZXeG1jOz/lBII7j8ArFLggJHiGzRsx9m76QzkhLtb8eTzzzTc+ONxUgqy4saWSQ5rs&#10;xZRwyVRWysWQvrqYPulTYh3IDISSfEivuKWHo8ePDtY65R1VKJFxQzCJtOlaD2nhnE6jyLKCV2D3&#10;lOYSnbkyFThUzSLKDKwxeyWiThw/i9bKZNooxq1F66Rx0lHIn+ecudM8t9wRMaRYmwunCefcn9Ho&#10;ANKFAV2UrC0D/qGKCkqJj96kmoADsjTlg1RVyYyyKnd7TFWRyvOS8dADdpPEf3RzXoDmoRcEx+ob&#10;mOz/S8tOVmeGlBnOrkOJhApnVH/evquv66/19fYT2X6sv9ffth/Q9LMxvK9/1L/qL3heE7yECK61&#10;TTHRuT4zHgOrZ4q9tuiI7nm8YtuYTW4qH4sIkE0Yx9XNOPjGEYbGpB8P9nuUMHQ9jbv9OIwrgnR3&#10;WRvrnnNVES8MqSkXhTsywDxmkMJqZp0vAtJdoDdLNS2FCHMXkqyHdNDr+EcA2ZcLcChWGvGwckEJ&#10;iAXSmjkTMlolyszfDl2axfxYGLICpFZ32k+OJk1QARlvrINe3NSMmIB7qbLGnMQ7O5ZmmzShzHv5&#10;fc0TsEVzJ7g81nhFSP8+D+xuW7yF1ktzlV3hVI1q6G41m5aYbQbWnYFBfuMm4M66UzxyoRAD1UqU&#10;FMq8/ZvdxyPt0EvJGvcFAXqzBMMpES8kEnKQdLt+wYLS7e13UDF3PfO7HrmsjhXiluDvoFkQfbwT&#10;OzE3qrrE1R77V9EFkuHbzSha5dg1e4yfA+PjcQjDpdLgZvJcM5/c4+RxvNhcgtEtTRzy60TtdusB&#10;T5rYhinjpVN5GUh0i2tLa1zIMI328/Abf1cPUbdf3Og3AAAA//8DAFBLAwQUAAYACAAAACEAaU0y&#10;ENsAAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTxBQIcSooKncKF25u&#10;vMQR8Tqy3Tb8PcuJ3mY1o5m3zXr2ozhiTEMgDctFAQKpC3agXsPH+/bmHkTKhqwZA6GGH0ywbi8v&#10;GlPbcKI3PO5yL7iEUm00uJynWsrUOfQmLcKExN5XiN5kPmMvbTQnLvejLItiJb0ZiBecmXDjsPve&#10;HbyGlzgtKztUrxt8LjvsP52atk7r66v56RFExjn/h+EPn9GhZaZ9OJBNYtSg7pTiqIZVBYL926J8&#10;ALFnoSqQbSPPH2h/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsA&#10;AAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAPVw5SG0AgAAKgUAAA4A&#10;AAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAGlNMhDbAAAACAEA&#10;AA8AAAAAAAAAAAAAAAAADgUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAAWBgAAAAA=&#10;" adj="1069" strokecolor="#4a7ebb"/>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00C33DDF">
-[...16 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00C33DDF" w:rsidP="00091A5D">
+      <w:r w:rsidR="00931ECC" w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тоқсан бойынша жиынтық бағалау                 22 мамырға дейін</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:between w:val="single" w:sz="4" w:space="1" w:color="auto"/>
         </w:pBdr>
-        <w:ind w:firstLine="567"/>
-[...38 lines deleted...]
-        <w:ind w:left="567" w:firstLine="141"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бақылау жұмысы</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005A545A" w:rsidRDefault="005A545A" w:rsidP="005A545A">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Arial"/>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00CA7C5B">
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="z437"/>
+    </w:p>
+    <w:p w:rsidR="005A545A" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="005A545A">
+      <w:pPr>
+        <w:ind w:left="360"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...12 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...6 lines deleted...]
-          <w:rStyle w:val="ac"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2019-2020 ОҚУ ЖЫЛЫ</w:t>
+      </w:r>
+      <w:r w:rsidR="005A545A">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rStyle w:val="ac"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">НЫҢ </w:t>
+      </w:r>
+      <w:r w:rsidR="005A545A" w:rsidRPr="000148FC">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rStyle w:val="ac"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4 </w:t>
+      </w:r>
+      <w:r w:rsidR="005A545A">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...7 lines deleted...]
-          <w:rStyle w:val="ac"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r w:rsidR="005A545A" w:rsidRPr="000148FC">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...11 lines deleted...]
-          <w:rFonts w:eastAsia="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ТОҚСАН</w:t>
+      </w:r>
+      <w:r w:rsidR="005A545A">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...3 lines deleted...]
-      </w:pPr>
+          <w:color w:val="000000"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ЫНДАҒЫ </w:t>
+      </w:r>
+      <w:r w:rsidR="005A545A" w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ОҚУ ПӘНДЕРІНІҢ, БЖБ, ТЖБ САНЫ</w:t>
+      </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableNormal"/>
-[...1 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
-        <w:shd w:val="clear" w:color="auto" w:fill="D0DDEF"/>
-        <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1640"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2147"/>
+        <w:gridCol w:w="1689"/>
+        <w:gridCol w:w="3231"/>
+        <w:gridCol w:w="2301"/>
+        <w:gridCol w:w="2299"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="005A545A" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r>
               <w:rPr>
-                <w:rStyle w:val="ac"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Класс</w:t>
+              <w:t>С</w:t>
+            </w:r>
+            <w:r w:rsidR="00931ECC" w:rsidRPr="000148FC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ынып</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="7263" w:type="dxa"/>
+            <w:tcW w:w="7831" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="ac"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>Количество</w:t>
+              <w:t>Саны</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="00091A5D">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="0020532F" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="ac"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>П</w:t>
-[...9 lines deleted...]
-              <w:t>редметы</w:t>
+              <w:t>пәндер</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="ac"/>
                 <w:b/>
-                <w:bCs/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>СОР</w:t>
+              <w:t>БЖБ</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:shd w:val="clear" w:color="auto" w:fill="E2EFD9" w:themeFill="accent6" w:themeFillTint="33"/>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000148FC">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="28"/>
+                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
+              </w:rPr>
+              <w:t>ТЖБ</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1689" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
+            <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
-[...36 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
-              </w:rPr>
-[...5 lines deleted...]
-                <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>16</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>13</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>15</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:tcW w:w="2301" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2147" w:type="dxa"/>
+            <w:tcW w:w="2299" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidTr="005F6A38">
-[...3 lines deleted...]
-        </w:trPr>
+      <w:tr w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidTr="00F72EA9">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1640" w:type="dxa"/>
+            <w:tcW w:w="1689" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2993" w:type="dxa"/>
+            <w:tcW w:w="3231" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4270" w:type="dxa"/>
+            <w:tcW w:w="4600" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...5 lines deleted...]
-            </w:tcMar>
+            <w:hideMark/>
           </w:tcPr>
-          <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="005F6A38">
+          <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00F72EA9">
             <w:pPr>
+              <w:contextualSpacing/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00CA7C5B">
+            <w:r w:rsidRPr="000148FC">
               <w:rPr>
-                <w:rStyle w:val="Hyperlink0"/>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
+                <w:lang w:val="kk-KZ"/>
               </w:rPr>
-              <w:t>14 контрольных / лабораторных работ</w:t>
+              <w:t>14 бақылау / зертханалық жұмыс</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:bookmarkEnd w:id="0"/>
     </w:tbl>
-    <w:p w:rsidR="00573762" w:rsidRPr="00CA7C5B" w:rsidRDefault="00573762" w:rsidP="00573762">
+    <w:p w:rsidR="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:ind w:firstLine="709"/>
         <w:jc w:val="right"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="17"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:rFonts w:eastAsia="Arial"/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRDefault="00573762" w:rsidP="00573762">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім беру процесіне қатысушылардың қызметі</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мектеп директоры:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан оқыту процесін, оның ішінде техникалық жағдайды ұйымдастыруды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жұмыс сапасын арттыруға бағытталған басқарушылық шешімдерді қабылдайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажеттілігіне қарай педагогтармен, білім алушылар және олардың ата-аналарымен (заңды өкілдерімен) кері байланысты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Интернет желісіне және байланыс құралдарына мүмкіндігі жоқ білім алушыларға оқу тапсырмаларын жеткізуді және орындалған жұмыстарын жинауды ұйымдастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жеке қорғаныс құралдарын пайдалану жөніндегі талаптар қатаң сақтауды қамтамасыз етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>көзделмеген есептік құжаттарды сұратуға жол берілмейді.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="007A474B" w:rsidRDefault="00931ECC" w:rsidP="007A474B">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007A474B">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Директордың оқу-ісі жөніндегі орынбасары:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Үлгілік оқу жоспарына сәйкес әр пән бойынша сағат санын жұмыс педагогтарға хабарлайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>пән мұғалімдерімен бірлесе отырып білім алушылардың қашықтықтан оқу қызметін ұйымдастыруды анықтайды: оқытудың әдістері мен тәсілдерін, білім алушылардың тапсырмаларды алу мерзімдерін және олардың орындалған жұмыстарын ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту процесінің барлық қатысушыларын (педагогтарды, білім алушыларды, білім алушылардың ата-аналарын (заңды өкілдерін), өзге де қызметкерлерді) қашықтықтан жұмысты ұйымдастыру туралы хабардар етуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқыту процесін ұйымдастыру барысында әдістемелік сүйемелдеуді жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қажеттілігіне қарай қашықтықтан оқыту процесіне қатысушылармен кері байланысты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="5"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="851"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>педагогтердің оқу жүктемесін орындау бойынша жұмысты үйлестіреді</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:ind w:left="0" w:firstLine="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Директордың тәрбие ісі жөніндегі орынбасары, педагог-ұйымдастырушы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ақпараттық-коммуникациялық технологиялар мен телекоммуникациялық құралдарды пайдалана отырып, тәрбиелік іс-шаралар үшін контент әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>іс-шараларды қашықтықтан  өткізеді (әлеуметтік желілер, мектеп сайты және т. б. );</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>әлеуметтік желілерде өткізілген іс-шаралар туралы ақпаратты мектеп сайтында орналастырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="6"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып жетекшілерінің жұмысын үйлестіреді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Пән мұғалімі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық журналдар мен күнделіктерді, басқа да қолжетімді байланыс қызметтерін пайдалана отырып, қолданылатын жұмыс түрлері туралы ақпаратты білім алушыларға, олардың ата-аналарына (заңды өкілдеріне) дер кезінде жеткізеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сабақ жоспарын және оқу материалдарын құрылымдауды уақтылы жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оңтайлы және әр түрлі жұмыс түрлерін (телесабақтар, интернет - платформалар арқылы, өзіндік жұмыс, чат-сабақтар және т. б.), қолжетімді ақпараттық-коммуникациялық технологияларды қолданады;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>үй тапсырмасы көлемінің нормаларына сәйкес тапсырмалар береді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушының өзіндік жұмысын бақылауды жүзеге асырады, кері байланыс ұсынады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>мұғалім мен оқушы үшін қолжетімді тәсілмен орындалған тапсырмаларды жинауды жүзеге асырады (электрондық журналдар мен күнделіктер, электрондық пошта, WhatsApp, Telegram, басқа мессенджерлер, ұялы немесе стационарлық телефон байланысы немесе мектеп қызметкерлері, әкімшілік белгілеген пошта байланысы операторлары арқылы – Интернет болмаған жағдайда және т. б.);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушыларға, оның ішінде ерекше білім беру қажеттілігі бар балаларға жеке консультациялар өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>«Дене шынықтыру», «Өзін-өзі тану», «Көркем еңбек», «Музыка», «Алғашқы әскери және технологиялық дайындық», «Кәсіпкерлік және бизнес негіздері», «Графика және жобалау» пәндері бойынша қашықтықтан сабақтар өткізіледі, ал мұғалімдер келесі жұмыстарды атқарады:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылардың үйде орындауы үшін физикалық және саптық жаттығулар кешенін әзірлейді (дене шынықтыру, бастапқы әскери және технологиялық дайындық);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>бұйымдарды, макеттер және тағы да басқаларын жасау үшін нұсқаулықтар әзірлейді (Көркем еңбек, Графика және жобалау) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>жобалық қызмет бойынша кеңес беруді жүзеге асырады (Өзін-өзі тану, Кәсіпкерлік және бизнес негіздері) ;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>тыңдау қажет музыкалық шығармалардың тізімін ұсынады, қажетті кеңестер береді (Музыка);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="8"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан оқыту форматында тәрбие іс-шараларын ұйымдастыруға және өткізуге қатысады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Жалпы білім беретін мектептердің мектепалды сыныптарының педагогтары негізгі пәндер бойынша қашықтықтан оқыту сабақтарын жүргізеді: сауат ашу, қарапайым математикалық түсініктерді қалыптастыру, қоршаған ортамен танысу.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Өзін-өзі тану» пәні бойынша педагогтар сабақтарды өткізу кезінде </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00157DEE">
+          <w:rPr>
+            <w:rStyle w:val="aa"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:lang w:val="kk-KZ"/>
+          </w:rPr>
+          <w:t>http://school.ozin-ozi-tanu.kz/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00157DEE">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сілтемесінде орналастырылған «Бөбек» ҰҒПББСО ұсыныстарын басшылыққа ала алады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="9"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1134"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>«БІЛІМ-ИННОВАЦИЯ» лицейлерінде қашықтықтан оқытуды жүргізу үшін EduPage білім беру платформасы пайдаланылатын болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="29"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушы:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
         <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
-        <w:pBdr>
-[...1582 lines deleted...]
-      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
-[...4 lines deleted...]
-          <w:b/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...28 lines deleted...]
-      <w:pPr>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып жетекшісімен және пән мұғалімдерімен күнделікті байланыста болады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
-[...53 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>күн сайын оқулықтан оқу материалдарын өздігінен оқып, тапсырмаларды, соның ішінде қол жетімді байланыс құралдары арқылы орындайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
-[...37 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу материалын алу үшін, өздігінен оқу немесе орындау үшін электронды күнделіктегі жеке кабинетке (электронды күнделік, электрондық пошта, WhatsApp чаттары және т. б. интернет, байланыс болмаған жағдайда – педагог, мектеп әкімшілігінің анықтауы бойынша пошта байланысының операторы арқылы) кіреді (мүмкіндігінше);</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
-[...26 lines deleted...]
-      <w:pPr>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">педагогтың талаптарына сәйкес орындалған тапсырмаларды педагогке қолжетімді байланыс құралдары арқылы жібереді (электрондық күнделік, электрондық пошта, WhatsApp чаттары және т. б. интернет, байланыс болмаған жағдайда – мектеп әкімшілігінің анықтауы бойынша пошта байланысының операторы арқылы); </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:ind w:firstLine="567"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу тапсырмаларын орындау кезінде академиялық адалдық ережелерін және өзін-өзі бақылау қағидаларын сақтайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="10"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...72 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қосымша цифрлық білім беру ресурстарын пайдаланады</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="29"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...180 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Білім алушылардың ата-аналары (заңды өкілдері):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:numId w:val="11"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...89 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>оқу үшін білім алушыға жағдай жасайды;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>балалардың оқуын, білім алушылардың өзіндік тапсырмаларды орындауын бақылауды жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00157DEE" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="11"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>сынып жетекшісімен  және пән мұғалімдерімен байланыста болады.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00157DEE" w:rsidRPr="007B2331" w:rsidRDefault="00157DEE" w:rsidP="00157DEE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00157DEE" w:rsidRPr="000148FC" w:rsidRDefault="00157DEE" w:rsidP="00157DEE">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
         <w:ind w:firstLine="567"/>
-        <w:rPr>
-          <w:rStyle w:val="ac"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:rFonts w:eastAsia="Arial"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ac"/>
+          <w:rStyle w:val="ab"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rStyle w:val="ac"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A474B">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
-        </w:rPr>
-[...5 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>4</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Педагог-психолог:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...36 lines deleted...]
-        <w:pStyle w:val="ab"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>қашықтықтан оқыту жағдайында білім алушылар мен олардың ата-аналарын (заңды өкілдерін) психологиялық қолдау бойынша ұсынымдар әзірлейді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="12"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...436 lines deleted...]
-          <w:rStyle w:val="ac"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:rFonts w:eastAsia="Arial"/>
-          <w:bCs/>
-[...157 lines deleted...]
-          <w:rStyle w:val="ac"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:rFonts w:eastAsia="Arial"/>
-          <w:bCs/>
-[...29 lines deleted...]
-        </w:numPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылармен, ата-аналармен (заңды өкілдермен) жеке кеңес өткізеді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00931ECC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="851"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...17 lines deleted...]
-      </w:r>
+        <w:ind w:left="568"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ac"/>
-[...27 lines deleted...]
-        <w:pStyle w:val="ab"/>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="007A474B">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00931ECC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Сынып жетекшісі:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
         <w:numPr>
-          <w:ilvl w:val="0"/>
-          <w:numId w:val="9"/>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
         </w:numPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="851"/>
+          <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
         <w:ind w:left="0" w:firstLine="567"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...25 lines deleted...]
-    <w:p w:rsidR="00573762" w:rsidRPr="001E30A2" w:rsidRDefault="00573762" w:rsidP="00573762">
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>ата-аналарды (заңды өкілдерді) оқу процесі, білім алушыларға кері байланыс беру, оқу барысы және оқу нәтижелері, білім алушылардың өзіндік жұмысы үшін жағдай жасау қажеттілігі туралы хабардар етеді;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
       <w:pPr>
         <w:pStyle w:val="a9"/>
-        <w:ind w:firstLine="567"/>
-[...1 lines deleted...]
-          <w:rStyle w:val="ac"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
           <w:rFonts w:eastAsia="Arial"/>
-          <w:bCs/>
-[...1 lines deleted...]
-          <w:szCs w:val="28"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>электрондық журналдар мен күнделіктер жүйесінде, сондай-ақ Whatsapp, Telegram және т. б. арқылы білім алушылар және олардың ата-аналарымен чаттар, форумдар жасайды және пайдаланады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="000148FC" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>білім алушылармен және олардың ата-аналарымен (заңды өкілдермен) күнделікті байланысты жүзеге асырады;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00931ECC" w:rsidRPr="00FC18B9" w:rsidRDefault="00931ECC" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000148FC">
+        <w:rPr>
+          <w:rStyle w:val="ab"/>
+          <w:rFonts w:eastAsia="Arial"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>пән мұғалімдеріне, педагог-психологқа  өз сыныбындағы оқушылардың байланыс мәліметтері бар (үйдегі телефон нөмірі, ұялы телефон нөмірі, электрондық пошта) тізімін береді.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00FC18B9" w:rsidRDefault="00FC18B9" w:rsidP="00931ECC">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="567"/>
+        <w:jc w:val="both"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007B2331" w:rsidRPr="007B2331" w:rsidRDefault="007B2331" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00FC18B9" w:rsidRPr="000148FC" w:rsidRDefault="00FC18B9" w:rsidP="00FC18B9">
+      <w:pPr>
+        <w:pStyle w:val="a9"/>
+        <w:widowControl/>
+        <w:numPr>
+          <w:ilvl w:val="2"/>
+          <w:numId w:val="13"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="993"/>
+        </w:tabs>
+        <w:suppressAutoHyphens w:val="0"/>
+        <w:autoSpaceDN/>
+        <w:ind w:left="0" w:firstLine="0"/>
+        <w:textAlignment w:val="auto"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="ac"/>
-[...287 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t>Результаты согласования</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:b/>
           <w:color w:val="0C0000"/>
-          <w:sz w:val="20"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:br/>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:t>07.04.2020 18:39:36: Кобенова Г. И. (Комитет по обеспечению качества в сфере образования и науки) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:br/>
         <w:t>07.04.2020 18:46:53: Байжанов Н. А. (Юридический Департамент) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:br/>
         <w:t>07.04.2020 19:56:04: Каринова Ш. Т. (Руководство) - - cогласовано без замечаний</w:t>
       </w:r>
       <w:r>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
         <w:br/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00C206E5" w:rsidRPr="00267767" w:rsidSect="00BE39F2">
-      <w:headerReference w:type="default" r:id="rId11"/>
+    <w:sectPr w:rsidR="00FC18B9" w:rsidRPr="000148FC" w:rsidSect="00BE39F2">
+      <w:headerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="993" w:right="850" w:bottom="1134" w:left="1418" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
+    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
+    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="decorative"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="CC"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
-    <w:family w:val="auto"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
-  </w:font>
-[...5 lines deleted...]
-    <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E10002FF" w:usb1="4000FCFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
+    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00236A72" w:rsidRDefault="00236A72" w:rsidP="00C27373">
+    <w:p w:rsidR="006E1C2D" w:rsidRDefault="006E1C2D" w:rsidP="00C27373">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1690641372"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr/>
     <w:sdtContent>
-      <w:p w:rsidR="005F6A38" w:rsidRDefault="00293D42">
+      <w:p w:rsidR="00C27373" w:rsidRDefault="00846B32">
         <w:pPr>
           <w:pStyle w:val="a3"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r>
+        <w:r w:rsidR="00C27373">
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00ED272A">
+        <w:r w:rsidR="007B2331">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
-          <w:t>2</w:t>
+          <w:t>5</w:t>
         </w:r>
         <w:r>
-          <w:rPr>
-[...1 lines deleted...]
-          </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w:rsidR="005F6A38" w:rsidRDefault="00ED272A">
+  <w:p w:rsidR="00C27373" w:rsidRDefault="007B2331">
     <w:pPr>
       <w:pStyle w:val="a3"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="ru-RU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>6278880</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>444500</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="381000" cy="8018780"/>
               <wp:effectExtent l="0" t="2540" r="2540" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1" name="Text Box 1"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
@@ -16504,134 +12125,811 @@
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:solidFill>
                         <a:srgbClr val="FFFFFF"/>
                       </a:solidFill>
                       <a:ln>
                         <a:noFill/>
                       </a:ln>
                       <a:extLst>
                         <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
                           <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:miter lim="800000"/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a14:hiddenLine>
                         </a:ext>
                       </a:extLst>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w:rsidR="00C206E5" w:rsidRPr="00C206E5" w:rsidRDefault="00C206E5">
+                        <w:p w:rsidR="00FC18B9" w:rsidRPr="00FC18B9" w:rsidRDefault="00FC18B9">
                           <w:pPr>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r>
                             <w:rPr>
                               <w:color w:val="0C0000"/>
                               <w:sz w:val="14"/>
                             </w:rPr>
                             <w:t xml:space="preserve">08.04.2020 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="page">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="page">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
             <v:shape id="Text Box 1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:494.4pt;margin-top:35pt;width:30pt;height:631.4pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBBid+GhgIAABIFAAAOAAAAZHJzL2Uyb0RvYy54bWysVNuO2yAQfa/Uf0C8Z32ps7GtdVZ7aapK&#10;24u02w8ggGNUDBRI7FW1/94Bb7Lu5aGqmgfCMMNhZs4ZX1yOvUQHbp3QqsHZWYoRV1QzoXYN/vKw&#10;WZQYOU8UI1Ir3uBH7vDl+vWri8HUPNedloxbBCDK1YNpcOe9qZPE0Y73xJ1pwxU4W2174sG0u4RZ&#10;MgB6L5M8Tc+TQVtmrKbcOTi9nZx4HfHbllP/qW0d90g2GHLzcbVx3YY1WV+QemeJ6QR9ToP8QxY9&#10;EQoePUHdEk/Q3orfoHpBrXa69WdU94luW0F5rAGqydJfqrnviOGxFmiOM6c2uf8HSz8ePlskGHCH&#10;kSI9UPTAR4+u9Yiy0J3BuBqC7g2E+RGOQ2So1Jk7Tb86pPRNR9SOX1mrh44TBtnFm8ns6oTjAsh2&#10;+KAZPEP2XkegsbV9AIRmIEAHlh5PzIRUKBy+KbM0BQ8FV5lm5aqM1CWkPt421vl3XPcobBpsgfmI&#10;Tg53zkMdEHoMidlrKdhGSBkNu9veSIsOBFSyib9QOlxx8zCpQrDS4drknk4gSXgj+EK6kfXvVZYX&#10;6XVeLTbn5WpRbIrlolql5SLNquvqPC2q4nbzFBLMiroTjHF1JxQ/KjAr/o7h51mYtBM1iIYGV8t8&#10;OVE0z97Ni4Rmhn7+ocheeBhIKfrQ6GMQqQOxbxWDC6T2RMhpn/ycfmwZ9OD4H7sSZRCYnzTgx+0I&#10;KEEbW80eQRBWA1/ALXxFYBPWfAXmAEPZYPdtTyzHSL5XoKsqKwpw+WgUy1UOhp17tnMPUbTTMOse&#10;o2l746fJ3xsrdh08NilZ6SvQYiuiTF4SgyqCAYMX63n+SITJntsx6uVTtv4BAAD//wMAUEsDBBQA&#10;BgAIAAAAIQAXxeWr3wAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9BT8MwDIXvSPyHyEjcWEKL&#10;RilNp4HECWkSo+LsNaYta5KqybrCr8c9wc32e3r+XrGZbS8mGkPnnYbblQJBrvamc42G6v3lJgMR&#10;IjqDvXek4ZsCbMrLiwJz48/ujaZ9bASHuJCjhjbGIZcy1C1ZDCs/kGPt048WI69jI82IZw63vUyU&#10;WkuLneMPLQ703FJ93J+shkn9VHWKXr7uvtbVcdsmT9PuQ+vrq3n7CCLSHP/MsOAzOpTMdPAnZ4Lo&#10;NTxkGaNHDfeKOy0GdbdcDjylaZKBLAv5v0T5CwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAA&#10;AOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAh&#10;ADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAh&#10;AEGJ34aGAgAAEgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgA&#10;AAAhABfF5avfAAAADAEAAA8AAAAAAAAAAAAAAAAA4AQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAA&#10;BAAEAPMAAADsBQAAAAA=&#10;" stroked="f">
               <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
                 <w:txbxContent>
-                  <w:p w:rsidR="00C206E5" w:rsidRPr="00C206E5" w:rsidRDefault="00C206E5">
+                  <w:p w:rsidR="00FC18B9" w:rsidRPr="00FC18B9" w:rsidRDefault="00FC18B9">
                     <w:pPr>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r>
                       <w:rPr>
                         <w:color w:val="0C0000"/>
                         <w:sz w:val="14"/>
                       </w:rPr>
                       <w:t xml:space="preserve">08.04.2020 ЭҚАБЖ МО (7.23.0 нұсқасы)  </w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="080311EB"/>
+    <w:nsid w:val="04CB0E93"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C70215A6"/>
-    <w:lvl w:ilvl="0" w:tplc="C306673E">
+    <w:tmpl w:val="8FF05F9C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6906" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09110448"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC1CF5DA"/>
+    <w:lvl w:ilvl="0" w:tplc="0419000B">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1353" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2073" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2793" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3513" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4233" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4953" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5673" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6393" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7113" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="093F53B9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="49A83D20"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1092529E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9AB6B70C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="12D537FF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F20A1D4C"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="13392E94"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="35626EE8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="14CC0DDE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AFEDC54"/>
+    <w:lvl w:ilvl="0" w:tplc="1878FFA0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="644" w:hanging="360"/>
-[...3 lines deleted...]
-        <w:b/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -16663,54 +12961,54 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="0AD011FC"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1DCC565B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="8FFAD584"/>
+    <w:tmpl w:val="3CCA710E"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -16770,1423 +13068,286 @@
         <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
-      </w:pPr>
-[...928 lines deleted...]
-        <w:ind w:left="7113" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1BFC4230"/>
+    <w:nsid w:val="1F925902"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="E4E497CC"/>
+    <w:tmpl w:val="B31CD600"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="2CAF7B48"/>
+    <w:nsid w:val="205C1FEF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="9078D092"/>
+    <w:tmpl w:val="98348004"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1428" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:b w:val="0"/>
-[...301 lines deleted...]
-        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2148" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2868" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3588" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4308" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5028" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5748" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6468" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7188" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3788296A"/>
+    <w:nsid w:val="21817DE3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FD72AE9C"/>
+    <w:tmpl w:val="A4083EB4"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
@@ -18253,50 +13414,705 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24712F86"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DEF27EBA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A0955C3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A4DE64DA"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AAB206B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="91F27CC4"/>
+    <w:lvl w:ilvl="0" w:tplc="D8BEB45C">
+      <w:start w:val="8"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2B3C63AB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B5285208"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="381F35CE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D3F88242"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3F097D1B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8416A076"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F81798D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="295886F0"/>
     <w:lvl w:ilvl="0" w:tplc="5E3CBA86">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
@@ -18341,61 +14157,61 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3FDB7258"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="439916E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2F1A64BA"/>
+    <w:tmpl w:val="22E63C26"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="360" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
@@ -18454,542 +14270,516 @@
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="483973B2"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="475F5634"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="ADB0BBD6"/>
+    <w:tmpl w:val="7E3EAEB6"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...3 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47B07B85"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E75A1324"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:b w:val="0"/>
-[...341 lines deleted...]
-        </w14:textOutline>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="4BA71256"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="51FE40AA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="4A120C04"/>
+    <w:tmpl w:val="005C3D80"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1287" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2007" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2727" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3447" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4167" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4887" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5607" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6327" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7047" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57C61323"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A9CEEF70"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1429" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2149" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2869" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3589" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4309" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5029" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5749" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6469" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7189" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="5C986DE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2C180B60"/>
-    <w:lvl w:ilvl="0" w:tplc="2E442CA6">
+    <w:tmpl w:val="5C6E4302"/>
+    <w:lvl w:ilvl="0" w:tplc="1B806F56">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:lvlText w:val="%1)"/>
+      <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="927" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1647" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2367" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -19021,957 +14811,873 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5247" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5967" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="5CD35286"/>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="692D2BD9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A8FC3D06"/>
+    <w:tmpl w:val="C70CAE06"/>
+    <w:lvl w:ilvl="0" w:tplc="43F6C24E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6E6A28D7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E182D33A"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="2727" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="3447" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="4167" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
+        <w:ind w:left="4887" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5749" w:hanging="360"/>
+        <w:ind w:left="5607" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6469" w:hanging="360"/>
+        <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="64B821FD"/>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6FEF622F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="1F0C9044"/>
+    <w:tmpl w:val="BCF21A82"/>
     <w:lvl w:ilvl="0" w:tplc="04190001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="722A7769"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FA6E034E"/>
+    <w:lvl w:ilvl="0" w:tplc="2A9C209E">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="928" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b w:val="0"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1648" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2368" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3088" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3808" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4528" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5248" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5968" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6688" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7AF55225"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D2209AB2"/>
+    <w:lvl w:ilvl="0" w:tplc="299CBC5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="927" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1647" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2367" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3087" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3807" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4527" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0419000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5247" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04190019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5967" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0419001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6687" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F787DC3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CC6285E8"/>
+    <w:lvl w:ilvl="0" w:tplc="04190001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:b w:val="0"/>
-[...333 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="04190001">
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1429" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2149" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2869" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="04190001" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04190001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3589" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="04190003" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="04190003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4309" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="04190005" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="04190005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5029" w:hanging="360"/>
-[...148 lines deleted...]
-        <w:ind w:left="7189" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="2">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="3">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="6">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="9">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="0"/>
+    <w:abstractNumId w:val="22"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="14">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="23">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="24">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="28">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="15">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="16">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="30">
+    <w:abstractNumId w:val="12"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="35"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00CF38FB"/>
-    <w:rsid w:val="00085433"/>
-[...6 lines deleted...]
-    <w:rsid w:val="000E5A2E"/>
+    <w:rsid w:val="00084CDF"/>
+    <w:rsid w:val="0008500A"/>
+    <w:rsid w:val="001421B4"/>
     <w:rsid w:val="00144767"/>
-    <w:rsid w:val="00187E44"/>
-[...4 lines deleted...]
-    <w:rsid w:val="0026545F"/>
+    <w:rsid w:val="0014707D"/>
+    <w:rsid w:val="00157DEE"/>
+    <w:rsid w:val="001940C9"/>
+    <w:rsid w:val="001E3874"/>
+    <w:rsid w:val="00213D00"/>
+    <w:rsid w:val="00236D89"/>
     <w:rsid w:val="00267767"/>
     <w:rsid w:val="00271F49"/>
-    <w:rsid w:val="00273285"/>
-[...50 lines deleted...]
-    <w:rsid w:val="007E4E4E"/>
+    <w:rsid w:val="002B6FD0"/>
+    <w:rsid w:val="003571C5"/>
+    <w:rsid w:val="00442C7A"/>
+    <w:rsid w:val="004C2CF4"/>
+    <w:rsid w:val="00502C28"/>
+    <w:rsid w:val="005661BC"/>
+    <w:rsid w:val="005A545A"/>
+    <w:rsid w:val="006254F4"/>
+    <w:rsid w:val="00654104"/>
+    <w:rsid w:val="00670C54"/>
+    <w:rsid w:val="00684C89"/>
+    <w:rsid w:val="006D008C"/>
+    <w:rsid w:val="006D52D2"/>
+    <w:rsid w:val="006E1C2D"/>
+    <w:rsid w:val="007261B4"/>
+    <w:rsid w:val="00731954"/>
+    <w:rsid w:val="00784165"/>
+    <w:rsid w:val="007A474B"/>
+    <w:rsid w:val="007B2331"/>
+    <w:rsid w:val="007F18D5"/>
     <w:rsid w:val="00831B8F"/>
-    <w:rsid w:val="00880C3B"/>
-[...27 lines deleted...]
-    <w:rsid w:val="00BD37D8"/>
+    <w:rsid w:val="00846B32"/>
+    <w:rsid w:val="00895D7B"/>
+    <w:rsid w:val="00903BB4"/>
+    <w:rsid w:val="00930D59"/>
+    <w:rsid w:val="00931ECC"/>
+    <w:rsid w:val="00955AD9"/>
+    <w:rsid w:val="009649E6"/>
+    <w:rsid w:val="00974E5A"/>
+    <w:rsid w:val="00982F6A"/>
+    <w:rsid w:val="009A587C"/>
+    <w:rsid w:val="009E6EBF"/>
+    <w:rsid w:val="00A328FE"/>
+    <w:rsid w:val="00AA56A0"/>
+    <w:rsid w:val="00AF39E9"/>
+    <w:rsid w:val="00B00AA5"/>
+    <w:rsid w:val="00B04258"/>
+    <w:rsid w:val="00B31FC3"/>
+    <w:rsid w:val="00B611BF"/>
+    <w:rsid w:val="00B64463"/>
+    <w:rsid w:val="00B7011E"/>
+    <w:rsid w:val="00B716E5"/>
+    <w:rsid w:val="00BC3289"/>
     <w:rsid w:val="00BE39F2"/>
-    <w:rsid w:val="00BE6C05"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00C24897"/>
+    <w:rsid w:val="00C2081D"/>
     <w:rsid w:val="00C27373"/>
-    <w:rsid w:val="00C33DDF"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00CA781D"/>
+    <w:rsid w:val="00C718EB"/>
+    <w:rsid w:val="00C8295D"/>
+    <w:rsid w:val="00CA0B83"/>
     <w:rsid w:val="00CF38FB"/>
-    <w:rsid w:val="00D108B6"/>
-[...19 lines deleted...]
-    <w:rsid w:val="00FE1C28"/>
+    <w:rsid w:val="00D13010"/>
+    <w:rsid w:val="00D33A45"/>
+    <w:rsid w:val="00D650F8"/>
+    <w:rsid w:val="00DD320A"/>
+    <w:rsid w:val="00E16455"/>
+    <w:rsid w:val="00E74655"/>
+    <w:rsid w:val="00F069BF"/>
+    <w:rsid w:val="00F827FB"/>
+    <w:rsid w:val="00FC07B8"/>
+    <w:rsid w:val="00FC18B9"/>
+    <w:rsid w:val="00FF3262"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="4097"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:docId w15:val="{7A73335C-6800-1540-B615-353A3B2C43A1}"/>
@@ -20059,51 +15765,51 @@
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -20513,155 +16219,98 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BE39F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="a8">
     <w:name w:val="Текст выноски Знак"/>
     <w:basedOn w:val="a0"/>
     <w:link w:val="a7"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BE39F2"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:eastAsia="Times New Roman" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:kern w:val="3"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rsid w:val="00502C28"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="aa">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00931ECC"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="ab">
+    <w:name w:val="Нет"/>
+    <w:rsid w:val="00931ECC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
-    <w:rsid w:val="00B87487"/>
+    <w:rsid w:val="00931ECC"/>
     <w:pPr>
-      <w:widowControl w:val="0"/>
-[...31 lines deleted...]
-      </w:pBdr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...47 lines deleted...]
-      <w:lang w:val="ru-RU"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elarna.kz/ru/programma" TargetMode="External" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://balapan.kaztrk.kz/ru/program" TargetMode="External" /></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://elarna.kz/ru/programma" TargetMode="External" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://school.ozin-ozi-tanu.kz/" TargetMode="External" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -20881,88 +16530,71 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
-<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...15 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>13</Pages>
-  <Words>3979</Words>
-  <Characters>22682</Characters>
+  <Words>3782</Words>
+  <Characters>21558</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>189</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>179</Lines>
+  <Paragraphs>50</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>SPecialiST RePack</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26608</CharactersWithSpaces>
+  <CharactersWithSpaces>25290</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>