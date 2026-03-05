--- v0 (2026-01-02)
+++ v1 (2026-03-05)
@@ -1,8848 +1,1231 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00D2747C" w:rsidRPr="00D2747C" w:rsidRDefault="00D2747C" w:rsidP="00D2747C">
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
       <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="708"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Отзыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на статью Первого Президента Республики Казахстан – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Когда мы едины – мы непобедимы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="0015774C" w:rsidRPr="009266DC" w:rsidRDefault="0015774C" w:rsidP="009266DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 апреля 2020 года была опубликована </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:tgtFrame="_blank" w:history="1">
+        <w:r w:rsidRPr="009266DC">
+          <w:rPr>
+            <w:rStyle w:val="a4"/>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="auto"/>
+            <w:sz w:val="28"/>
+            <w:szCs w:val="28"/>
+            <w:u w:val="none"/>
+          </w:rPr>
+          <w:t>статья</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   Первого Президента РК–</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Когда мы едины – мы непобедимы»</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F216A5" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>С</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00F216A5" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">лушая очередное  </w:t>
+      </w:r>
+      <w:r w:rsidR="00575A96" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>выступление Л</w:t>
+      </w:r>
+      <w:r w:rsidR="00F216A5" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">идера </w:t>
+      </w:r>
+      <w:r w:rsidR="009266DC" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>нации,</w:t>
+      </w:r>
+      <w:r w:rsidR="00F216A5" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поражаешься, актуальности содержания и своевременности того, о чем говорится. </w:t>
+      </w:r>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В своем обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> попытался передать, что Казахстан  также не избежит ни пандемии </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>коронавируса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, ни последствий глобального экономического спада,  что в этот тяжелый период для страны  благополучие граждан является самым главным с точки зрения как здравоохранения, так и </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>экономики</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>В</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> центре внимания </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - здоровье нации и безопасность государства. Также Н. А. Назарбаев сделал акцент на то, что наше государство принимает все необходимые меры для того, чтобы преодолеть имеющиеся трудности. Ни один человек, ни один гражданин нашей страны не останется без поддержки.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F216A5" w:rsidRPr="009266DC" w:rsidRDefault="00F216A5" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Не менее важны пункты выступления</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> касательно</w:t>
+      </w:r>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  правильности  реформ, проводимых в Государстве, на которые были затрачены значительные силы и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>средства</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>которые</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="003A273A" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> проводились для того, чтобы уберечь страну от будущих непредвиденных потрясений.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00575A96" w:rsidRPr="009266DC" w:rsidRDefault="00575A96" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:right="-143" w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Н.А. Назарбаев  в своем выступлении привел крылатые слова легендарного полководца </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>БауыржанаМомышулы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>: «Дисциплина – основа гражданственности и наука о том, как не попасть в рабство» («</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Тәртіпсіз</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>болмайды</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, тәртіпке бас </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>иген</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел құлболмайды»). Мы должны взять пример  соседнего Китая: благодаря организованности и железной дисциплине там сумели обуздать заразу. Хочется выразить надежду, что обращение </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> к представителям старшего поколения и интеллигенции</w:t>
+      </w:r>
+      <w:r w:rsidR="00C2351C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, к молодому поколению, предпринимателям странынайдет отклик в сердце каждого </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C2351C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахстанца</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C2351C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>, и в тяжелое время для Казахстана мы, «не сгибаясь перед трудностями, сбережем наше единство и согласие. Только тогда мы сможем сохранить независимость и быть достойными нашей великой цели «</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00C2351C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Мәңгілі</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C2351C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>к</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00C2351C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ел».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002848FB" w:rsidRPr="009266DC" w:rsidRDefault="00C2351C" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первый Президент Н. А. Назарбаев </w:t>
+      </w:r>
+      <w:r w:rsidR="0015774C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> дает нам направление о том, кем мы были и куда мы идем, ориентиры нашего цивилизационного сознания. Там где есть основа цивилизации, там и есть сильное Государство. Статья </w:t>
+      </w:r>
+      <w:r w:rsidR="00575A96" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Первого </w:t>
+      </w:r>
+      <w:r w:rsidR="0015774C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Президента требует очень серьезного осмысления и качественного выполнения предло</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">женных проектов. Наш коллектив  полностью поддерживает </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и </w:t>
+      </w:r>
+      <w:r w:rsidR="0015774C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> приложит все усилия для реализации программ в своей работ</w:t>
+      </w:r>
+      <w:r w:rsidR="0015774C" w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>е</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D2747C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Цыбина</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Е.А., учитель русского языка и литературы ОСШ № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
+      <w:pPr>
+        <w:pStyle w:val="3"/>
+        <w:spacing w:before="0"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Отзыв</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> на статью Первого Президента Республики Казахстан – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> «Когда мы едины – мы непобедимы»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC"/>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Қазақстан</w:t>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">В этот тяжёлый для страны период, когда пандемия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>короновируса</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D2747C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        </w:rPr>
+        <w:t xml:space="preserve"> угрожает здоровью и благополучию всего человечества, с обращением к народу Казахстана выступил в своей статье</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ервый Президент </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00D2747C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-        <w:t>Республикасы</w:t>
+        </w:rPr>
+        <w:t>РК-ЕлбасыН.А.Назарбаев</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D2747C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>. Он призвал сограждан к выдержке и хладнокровию перед лицом неизвестной ранее опасности. Лидер Нации отметил, что сегодняшний Казахстан готов противостоять любой реальной</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> угрозе. За годы независимости н</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve">аша страна добилась серьезных экономических </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>успехов</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и главное смогла достигнуть внутренней консолидации всего казахстанского общества. Эти слагаемые позволяют нам смело смотреть в будущее и не поддаваться панике. В первой статье нашей Конституции сказано, что высшими ценностями " являются человек, его жизнь, права и свободы". Поэтому нет сомнений, что власти всех уровней сделают максимум возможного для минимизации возможных моральных и материальных потерь всех граждан Казахстана. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>" Мы непременно одолеем эту беду- благодаря стойкости нашего народа, его твердой воле и несокрушимой вере в свои силы".</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009266DC" w:rsidRPr="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="en-US"/>
-[...161 lines deleted...]
-          <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2747C" w:rsidRPr="00D2747C" w:rsidRDefault="00D2747C" w:rsidP="00D2747C">
+    <w:p w:rsidR="009266DC" w:rsidRDefault="009266DC" w:rsidP="009266DC">
       <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Студенок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009266DC">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И.В., учитель истории ОСШ № 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009266DC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="708"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="009B11A3" w:rsidRPr="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8 апреля 2020 года Н.А. Назарбаев на официальном сайте обратился к народу Казахстана. Он призвал сограждан к выдержке и хладнокровию и обратился к </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>казахстанцам</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  со словами пожелание добра и благополучие в непростое  для всей мировой  общественности время</w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00D2747C">
-[...1739 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w:rsidR="00D2747C" w:rsidRPr="00D2747C" w:rsidRDefault="00D2747C" w:rsidP="00D2747C">
+    <w:p w:rsidR="009B11A3" w:rsidRPr="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
       <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Мы </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>–е</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">диная страна, сплоченный народ,  -  </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы,-сбережем</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> наше единство и согласие». Отмечая</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> что « источником всех наших достижений за годы независимости стало единство народа,,, о которой мечтами наши предки и которой мы достигли почти 30 лет назад»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B11A3" w:rsidRPr="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Первый президент отметил, что наша страна одна из первых поставила заслон на пути распространения инфекции и включилась в борьбу с пандемией</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="009B11A3" w:rsidRPr="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>«Нам нужно оказать всенародную и повсеместную поддержку всем этим благим мерам»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:proofErr w:type="gramStart"/>
-[...7 lines deleted...]
-        <w:t>Елеулі</w:t>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Елбасы</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00D2747C">
-[...448 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009B11A3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> отметил, что именно сегодня пришло время, когда нужно протянуть руку помощи друг другу. </w:t>
+      </w:r>
     </w:p>
-    <w:p w:rsidR="00D2747C" w:rsidRPr="00D2747C" w:rsidRDefault="00D2747C" w:rsidP="00D2747C">
+    <w:p w:rsidR="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
       <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...3194 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D2747C" w:rsidRPr="00D2747C" w:rsidRDefault="00D2747C" w:rsidP="00D2747C">
+    <w:p w:rsidR="009B11A3" w:rsidRPr="009B11A3" w:rsidRDefault="009B11A3" w:rsidP="009B11A3">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...4 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...2276 lines deleted...]
-      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Лось Т.Н., учитель русского языка и литературы ОСШ № 1</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w:rsidR="00D2747C" w:rsidRPr="00D2747C" w:rsidRDefault="00D2747C" w:rsidP="00D2747C">
-[...740 lines deleted...]
-    <w:sectPr w:rsidR="009B11A3" w:rsidRPr="00D2747C" w:rsidSect="005D78A8">
+    <w:sectPr w:rsidR="009B11A3" w:rsidRPr="009B11A3" w:rsidSect="005D78A8">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="0015774C"/>
     <w:rsid w:val="00067204"/>
     <w:rsid w:val="0015774C"/>
     <w:rsid w:val="002848FB"/>
     <w:rsid w:val="003A273A"/>
     <w:rsid w:val="00575A96"/>
-    <w:rsid w:val="005A6888"/>
     <w:rsid w:val="005D78A8"/>
     <w:rsid w:val="009266DC"/>
     <w:rsid w:val="009B11A3"/>
     <w:rsid w:val="00C2351C"/>
-    <w:rsid w:val="00D2747C"/>
     <w:rsid w:val="00F216A5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -9487,51 +1870,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1629780365">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://informburo.kz/novosti/nursultan-nazarbaev-napisal-stayu-sem-graney-velikoy-stepi-81100.html" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -9756,65 +2139,65 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns="" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>632</Words>
-  <Characters>3605</Characters>
+  <Words>678</Words>
+  <Characters>3871</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>32</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4229</CharactersWithSpaces>
+  <CharactersWithSpaces>4540</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Катя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>