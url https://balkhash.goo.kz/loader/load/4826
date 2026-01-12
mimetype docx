--- v0 (2025-12-17)
+++ v1 (2026-01-12)
@@ -1,724 +1,700 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
   <w:body>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>КГУ №Общеобразовательная средняя школа № 1 г</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.Б</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>алхаш»</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Отзывы на выступление Президента Республики Казахстан </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00366754">
-[...5 lines deleted...]
-        <w:t>Балқаш</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Касым</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00366754">
-[...3 lines deleted...]
-          <w:lang w:val="en-US"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жомарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00366754">
-[...5 lines deleted...]
-        <w:t>қаласының</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Токаева</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00366754">
-[...95 lines deleted...]
-        <w:t xml:space="preserve"> КММ»</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> от 31 марта 2020г</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00737B52" w:rsidP="00A92322">
       <w:pPr>
-        <w:rPr>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00366754">
+      <w:r w:rsidRPr="00A92322">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
+    <w:p w:rsidR="00737B52" w:rsidRPr="00A92322" w:rsidRDefault="00737B52" w:rsidP="00A92322">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t>Бүгінде барлық адамзат пандемия жағдайында өмі</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сегодня всё человечество живёт в условиях пандемии. К счастью в нашей стране это бедствие не приобрело такого страшного размаха как во многих других государствах. Во многом благодаря чёткой и оперативной работе соответствующих государственных структур и лично Президента РК. В своем вчерашнем обращении </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Касым-Жомарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Токаев озвучил ряд мер, которые позволят сохранить стабильность в </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>стране</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> сүреді. Бақытымызға орай біздің елімізде бұл апат көптеген басқа мемлекеттердегі сияқты қорқынышты жарылысқа ие болған жоқ. Көп жағдайда тиісті мемлекеттік құрылымдар мен ҚР Президентінің нақты және жедел жұмысының арқасында. Кеше Қасым-Жомарт Тоқаев өзінің үндеуінде елдегі тұрақтылықты сақтауға мүмкіндік беретін бі</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и призвал граждан сохранять спокойствие в условиях объявленного карантина. "Эпидемия </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>короновируса</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> временное явление и вместе мы победим"- сказал в заключение Президент и оценивая ситуацию в нашей стране в этом нет никаких сомнений</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92322" w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737B52" w:rsidRPr="00A92322" w:rsidRDefault="00737B52" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Учитель истории </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Студенок</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> И.В.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00737B52" w:rsidRPr="00A92322" w:rsidRDefault="00737B52" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Вчера 31 марта 2020г Президент РК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Касым-Жомарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Токаев выступил с обращением к народу Казахстана.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00737B52" w:rsidRPr="00A92322" w:rsidRDefault="00737B52" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Весь мир охватил вирус, который считается опасным. К большой радости наше правительство </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t>р</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>успело принять меры безопасности вовремя</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92322" w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> и объявил</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t>қатар шараларды атап өтіп, азаматтарды карантин жарияланған жағдайда тыныштықты сақтауға шақырды. "Короновирус індеті уақытша құбылыс және</w:t>
+      <w:r w:rsidR="00A92322" w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> режим ЧП</w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Б</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Государственные органы организовали работу медицинских работников и воинской структуры. В нашей стране имеются заболевшие, но их число минимально. По поручению президента помощь оказывается в полном объеме. </w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...5 lines deleted...]
-        <w:t>із бірге жеңеміз" - деді Сөз соңында Президент және еліміздегі жағдайды бағалай отырып, оған ешқандай күмән жоқ.</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Касым</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Жомарт</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Токаев, в своем выступлении, рассказал о принятых мерах</w:t>
+      </w:r>
+      <w:r w:rsidR="00A92322" w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t>Тарих мұғалімі И. В. Студенок</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Первое.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> Поручаю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>проиндексировать пенсии и</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>государственные пособия</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>, включая адресную социальную помощь, на 10% в годовом выражении.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Второе. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>расширить охват дополнительными социальными выплатами</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> в размере одной минимальной заработной платы, о чем я говорил 23 марта.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Третье. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Поручаю</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t> продлить с 1 апреля до 1 июля право незастрахованных граждан получать медицинскую помощь </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>в системе обязательного социального медицинского страхования.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Четвертое. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Необходимо расширить перечень категорий граждан, которым должны предоставляться бесплатные </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>продуктово</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rStyle w:val="a3"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b w:val="0"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>-бытовые наборы</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Будут приняты меры по удешевлению дизтоплива, будут отсрочки по платежам и займам.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Также Президент призывает к сплоченности народ. Пандемия – это временное явление, которое мы обязательно победим.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
+    <w:p w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidRDefault="00A92322" w:rsidP="00A92322">
       <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00366754">
-[...4 lines deleted...]
-        <w:t>Кеше 2020 жылдың 31 наурызында ҚР Президенті Қасым-Жомарт</w:t>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Заместитель директора по воспитательной работе </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...5 lines deleted...]
-        <w:t xml:space="preserve"> Т</w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t>Звездина</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...5 lines deleted...]
-        <w:t>оқаев Қазақстан халқына үндеу жасады.</w:t>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A92322">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> П.Н.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00366754" w:rsidRPr="00366754" w:rsidRDefault="00366754" w:rsidP="00366754">
-[...366 lines deleted...]
-    <w:sectPr w:rsidR="00A92322" w:rsidRPr="00366754" w:rsidSect="00380D66">
+    <w:sectPr w:rsidR="00A92322" w:rsidRPr="00A92322" w:rsidSect="00380D66">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -2004,51 +1980,50 @@
     <w:rsid w:val="003547FC"/>
     <w:rsid w:val="00355511"/>
     <w:rsid w:val="00355D4E"/>
     <w:rsid w:val="00356554"/>
     <w:rsid w:val="00356666"/>
     <w:rsid w:val="0035672B"/>
     <w:rsid w:val="00356EB6"/>
     <w:rsid w:val="003573EA"/>
     <w:rsid w:val="003603BC"/>
     <w:rsid w:val="00360DBE"/>
     <w:rsid w:val="00361DCB"/>
     <w:rsid w:val="00361FDF"/>
     <w:rsid w:val="0036240D"/>
     <w:rsid w:val="003629EC"/>
     <w:rsid w:val="00362E03"/>
     <w:rsid w:val="00362F9A"/>
     <w:rsid w:val="0036363A"/>
     <w:rsid w:val="00363C09"/>
     <w:rsid w:val="00364643"/>
     <w:rsid w:val="00364E22"/>
     <w:rsid w:val="0036599F"/>
     <w:rsid w:val="00365A61"/>
     <w:rsid w:val="00365DC8"/>
     <w:rsid w:val="00365F59"/>
     <w:rsid w:val="00366332"/>
-    <w:rsid w:val="00366754"/>
     <w:rsid w:val="00366EC8"/>
     <w:rsid w:val="003676A0"/>
     <w:rsid w:val="0036770D"/>
     <w:rsid w:val="003678C8"/>
     <w:rsid w:val="003679F4"/>
     <w:rsid w:val="0037082C"/>
     <w:rsid w:val="0037084F"/>
     <w:rsid w:val="00370DEE"/>
     <w:rsid w:val="00371030"/>
     <w:rsid w:val="00371228"/>
     <w:rsid w:val="003715B6"/>
     <w:rsid w:val="0037337A"/>
     <w:rsid w:val="003734A3"/>
     <w:rsid w:val="00373B52"/>
     <w:rsid w:val="00373B74"/>
     <w:rsid w:val="00373F41"/>
     <w:rsid w:val="00375109"/>
     <w:rsid w:val="0037526C"/>
     <w:rsid w:val="00375547"/>
     <w:rsid w:val="00375677"/>
     <w:rsid w:val="00376B4F"/>
     <w:rsid w:val="00376E22"/>
     <w:rsid w:val="00376F90"/>
     <w:rsid w:val="00377431"/>
     <w:rsid w:val="00377CE6"/>
@@ -5271,51 +5246,50 @@
     <w:rsid w:val="00C50530"/>
     <w:rsid w:val="00C505F4"/>
     <w:rsid w:val="00C50616"/>
     <w:rsid w:val="00C507F1"/>
     <w:rsid w:val="00C50BAD"/>
     <w:rsid w:val="00C51546"/>
     <w:rsid w:val="00C51823"/>
     <w:rsid w:val="00C51885"/>
     <w:rsid w:val="00C54043"/>
     <w:rsid w:val="00C547C3"/>
     <w:rsid w:val="00C54E2D"/>
     <w:rsid w:val="00C553A2"/>
     <w:rsid w:val="00C553E0"/>
     <w:rsid w:val="00C558A3"/>
     <w:rsid w:val="00C55AFA"/>
     <w:rsid w:val="00C55F28"/>
     <w:rsid w:val="00C56602"/>
     <w:rsid w:val="00C56F19"/>
     <w:rsid w:val="00C573A5"/>
     <w:rsid w:val="00C57544"/>
     <w:rsid w:val="00C5761C"/>
     <w:rsid w:val="00C57712"/>
     <w:rsid w:val="00C57CA7"/>
     <w:rsid w:val="00C60069"/>
     <w:rsid w:val="00C60651"/>
-    <w:rsid w:val="00C60662"/>
     <w:rsid w:val="00C610D2"/>
     <w:rsid w:val="00C610E5"/>
     <w:rsid w:val="00C614EC"/>
     <w:rsid w:val="00C615EE"/>
     <w:rsid w:val="00C61779"/>
     <w:rsid w:val="00C6192D"/>
     <w:rsid w:val="00C61E7F"/>
     <w:rsid w:val="00C61E84"/>
     <w:rsid w:val="00C62CAB"/>
     <w:rsid w:val="00C62F4B"/>
     <w:rsid w:val="00C63086"/>
     <w:rsid w:val="00C63249"/>
     <w:rsid w:val="00C6333C"/>
     <w:rsid w:val="00C63718"/>
     <w:rsid w:val="00C63ECE"/>
     <w:rsid w:val="00C63FA1"/>
     <w:rsid w:val="00C64B51"/>
     <w:rsid w:val="00C65E62"/>
     <w:rsid w:val="00C66791"/>
     <w:rsid w:val="00C667A9"/>
     <w:rsid w:val="00C668B5"/>
     <w:rsid w:val="00C66A00"/>
     <w:rsid w:val="00C66E11"/>
     <w:rsid w:val="00C66E4A"/>
     <w:rsid w:val="00C66FD7"/>
@@ -7349,66 +7323,66 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>1895</Characters>
+  <Pages>1</Pages>
+  <Words>321</Words>
+  <Characters>1835</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2223</CharactersWithSpaces>
+  <CharactersWithSpaces>2152</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Аселя</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>