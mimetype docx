--- v0 (2025-12-11)
+++ v1 (2026-01-01)
@@ -1,1018 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="000B7BE4" w:rsidRPr="000B7BE4" w:rsidRDefault="000B7BE4" w:rsidP="000B7BE4">
+    <w:p w:rsidR="0087425F" w:rsidRPr="007D53B3" w:rsidRDefault="007D53B3" w:rsidP="007D53B3">
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="007D53B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Информация</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="007D53B3" w:rsidRDefault="007D53B3" w:rsidP="007D53B3">
+      <w:pPr>
         <w:spacing w:after="0"/>
         <w:ind w:left="-284" w:right="-141"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Ақпарат</w:t>
+        <w:t xml:space="preserve">    </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-[...8 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="000B7BE4">
+        <w:t>10-11марта  2020   года</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve">        </w:t>
+        <w:t xml:space="preserve">   среди  учащихся  3-х классов   проведен  конкурс  рисунков «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="007D53B3">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
+        </w:rPr>
+        <w:t>Мой выбо</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>"</w:t>
+        <w:t>р-</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>Менің</w:t>
+        <w:t xml:space="preserve"> правильное питание</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>».</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...102 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="007D53B3" w:rsidRPr="007D53B3" w:rsidRDefault="000B7BE4" w:rsidP="000B7BE4">
+    <w:p w:rsidR="007D53B3" w:rsidRDefault="007D53B3" w:rsidP="007D53B3">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="9355"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:left="-284" w:right="-141"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="kk-KZ"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Балалар</w:t>
+        <w:t>Перед ребятами стояла задача отразить в своих рисунках  видение «</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>Правильного, здорового питания</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>алдында</w:t>
+        <w:t xml:space="preserve">», все участники справились с задачей. Все четко понимают, какие продукты полезные для здоровья, а какие нельзя </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t>употребля</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r w:rsidRPr="007D53B3">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>өз</w:t>
+        <w:t>ть.     </w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000B7BE4">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Все участники награждены  грамотой  и памятными  призами. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000B7BE4">
+    </w:p>
+    <w:p w:rsidR="007D53B3" w:rsidRPr="007D53B3" w:rsidRDefault="00265FE9" w:rsidP="007D53B3">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="9355"/>
+        </w:tabs>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="-284" w:right="-141"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="28"/>
-[...1 lines deleted...]
-          <w:lang w:val="en-US"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="kk-KZ"/>
         </w:rPr>
-        <w:t>суреттерінде</w:t>
-[...682 lines deleted...]
-      <w:r w:rsidR="00265FE9" w:rsidRPr="00A925CF">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5660533" cy="3606084"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="1" name="Рисунок 1" descr="C:\Users\Зере\Desktop\index.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="C:\Users\Зере\Desktop\index.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1021,51 +250,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5666740" cy="3610038"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00265FE9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="5660533" cy="3580327"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Рисунок 2" descr="C:\Users\Зере\Desktop\олллл.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 2" descr="C:\Users\Зере\Desktop\олллл.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -1074,51 +303,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5666740" cy="3584253"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:effectLst>
                       <a:softEdge rad="112500"/>
                     </a:effectLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00265FE9">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="4622694" cy="6166873"/>
             <wp:effectExtent l="800100" t="0" r="768456" b="0"/>
             <wp:docPr id="3" name="Рисунок 3" descr="C:\Users\Зере\Desktop\indexллл.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 3" descr="C:\Users\Зере\Desktop\indexллл.jpg"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -1440,51 +669,50 @@
     <w:rsid w:val="000B02C5"/>
     <w:rsid w:val="000B031F"/>
     <w:rsid w:val="000B0495"/>
     <w:rsid w:val="000B0A3F"/>
     <w:rsid w:val="000B0F5A"/>
     <w:rsid w:val="000B12A0"/>
     <w:rsid w:val="000B1730"/>
     <w:rsid w:val="000B1D5C"/>
     <w:rsid w:val="000B1D8F"/>
     <w:rsid w:val="000B1DF2"/>
     <w:rsid w:val="000B2598"/>
     <w:rsid w:val="000B296F"/>
     <w:rsid w:val="000B2C0A"/>
     <w:rsid w:val="000B3222"/>
     <w:rsid w:val="000B35A3"/>
     <w:rsid w:val="000B44DC"/>
     <w:rsid w:val="000B4616"/>
     <w:rsid w:val="000B4BD3"/>
     <w:rsid w:val="000B5116"/>
     <w:rsid w:val="000B58AC"/>
     <w:rsid w:val="000B5C1B"/>
     <w:rsid w:val="000B65E5"/>
     <w:rsid w:val="000B6D2E"/>
     <w:rsid w:val="000B6EA5"/>
     <w:rsid w:val="000B755A"/>
-    <w:rsid w:val="000B7BE4"/>
     <w:rsid w:val="000B7D11"/>
     <w:rsid w:val="000C01BD"/>
     <w:rsid w:val="000C0F74"/>
     <w:rsid w:val="000C153B"/>
     <w:rsid w:val="000C237C"/>
     <w:rsid w:val="000C26D0"/>
     <w:rsid w:val="000C2AAE"/>
     <w:rsid w:val="000C2DE9"/>
     <w:rsid w:val="000C301F"/>
     <w:rsid w:val="000C364A"/>
     <w:rsid w:val="000C394D"/>
     <w:rsid w:val="000C3961"/>
     <w:rsid w:val="000C3C71"/>
     <w:rsid w:val="000C3E46"/>
     <w:rsid w:val="000C3FF6"/>
     <w:rsid w:val="000C43F8"/>
     <w:rsid w:val="000C44B3"/>
     <w:rsid w:val="000C458D"/>
     <w:rsid w:val="000C499C"/>
     <w:rsid w:val="000C5958"/>
     <w:rsid w:val="000C5B47"/>
     <w:rsid w:val="000C61BF"/>
     <w:rsid w:val="000C66D9"/>
     <w:rsid w:val="000C6740"/>
     <w:rsid w:val="000C71BD"/>
@@ -4657,51 +3885,50 @@
     <w:rsid w:val="00A816CE"/>
     <w:rsid w:val="00A81CA5"/>
     <w:rsid w:val="00A820DC"/>
     <w:rsid w:val="00A82760"/>
     <w:rsid w:val="00A8289C"/>
     <w:rsid w:val="00A82BDD"/>
     <w:rsid w:val="00A82C4B"/>
     <w:rsid w:val="00A82FEE"/>
     <w:rsid w:val="00A83421"/>
     <w:rsid w:val="00A839BA"/>
     <w:rsid w:val="00A8415F"/>
     <w:rsid w:val="00A841C1"/>
     <w:rsid w:val="00A84668"/>
     <w:rsid w:val="00A85B90"/>
     <w:rsid w:val="00A86069"/>
     <w:rsid w:val="00A86AE6"/>
     <w:rsid w:val="00A87012"/>
     <w:rsid w:val="00A87045"/>
     <w:rsid w:val="00A87434"/>
     <w:rsid w:val="00A90B98"/>
     <w:rsid w:val="00A90D35"/>
     <w:rsid w:val="00A9104B"/>
     <w:rsid w:val="00A910A9"/>
     <w:rsid w:val="00A91B9E"/>
     <w:rsid w:val="00A9219C"/>
-    <w:rsid w:val="00A925CF"/>
     <w:rsid w:val="00A92D90"/>
     <w:rsid w:val="00A93618"/>
     <w:rsid w:val="00A93DE8"/>
     <w:rsid w:val="00A94101"/>
     <w:rsid w:val="00A94F13"/>
     <w:rsid w:val="00A95C5F"/>
     <w:rsid w:val="00A962B8"/>
     <w:rsid w:val="00A96B21"/>
     <w:rsid w:val="00A97063"/>
     <w:rsid w:val="00A97980"/>
     <w:rsid w:val="00A97D32"/>
     <w:rsid w:val="00A97D5C"/>
     <w:rsid w:val="00A97EB5"/>
     <w:rsid w:val="00A97FFE"/>
     <w:rsid w:val="00AA0515"/>
     <w:rsid w:val="00AA13FE"/>
     <w:rsid w:val="00AA140C"/>
     <w:rsid w:val="00AA219D"/>
     <w:rsid w:val="00AA2C7A"/>
     <w:rsid w:val="00AA300D"/>
     <w:rsid w:val="00AA42F7"/>
     <w:rsid w:val="00AA44D8"/>
     <w:rsid w:val="00AA50A9"/>
     <w:rsid w:val="00AA54DC"/>
     <w:rsid w:val="00AA67EE"/>
@@ -6862,66 +6089,66 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>64</Words>
-  <Characters>367</Characters>
+  <Words>68</Words>
+  <Characters>393</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>3</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Название</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>430</CharactersWithSpaces>
+  <CharactersWithSpaces>460</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Зере</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>