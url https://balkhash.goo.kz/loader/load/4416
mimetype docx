--- v0 (2025-12-08)
+++ v1 (2026-02-01)
@@ -1,4929 +1,1327 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00B530F3" w:rsidRPr="00B530F3" w:rsidRDefault="00B530F3" w:rsidP="00B530F3">
-[...8 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что делать, если не сдал ЕНТ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Единое национальное тестирование – главная система проверки знаний и навыков, усвоенных после получения среднего образования, и применяемая в качестве вступительных экзаменов в высшие учебные заведения Республики Казахстан. ЕНТ не является обязательным для всех выпускников, а лишь для тех, кто планирует поступать в государственные ВУЗы. </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ҰБТ </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Среди таких абитуриентов выделяем следующие категории: учащиеся 11-12 классов средних школ; выпускники средних школ текущего года; выпускники средних школ прошлых лет, а также технического и профессионального образования; выпускники технического, профессионального или </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>тапсырмаған</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>послесреднего</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> образования, поступающие по образовательным программам высшего образования; выпускники организаций среднего образования, обучающиеся по линии международного обмена школьников за рубежом;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>лица казахской национальности, не являющиеся гражданами Республики Казахстан; лица, зачисленные в ВУЗы по очной форме обучения на платной основе до завершения первого академического периода; обучающиеся ВУЗов, желающие перевестись на другие группы образовательных программ Подробная информация о последних изменениях формата или организационных моментов ЕНТ; спецификации, методические рекомендации, образцы тестовых заданий по каждому предмету можно найти на сайте Национального центра тестирования.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Также все важные новости, касающиеся ЕНТ, ответы на ключевые вопросы по тестированию находятся по ссылке.   Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId4" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00BB22C6" w:rsidRDefault="00BB22C6" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Порядок проведения ЕНТ 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">С 2019 г. ЕНТ проводится в 4 этапа – в январе, марте, июне и августе. Участие во всех этапах, кроме 3-го, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>июньского</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, является платным и предоставляет абитуриентам возможность поступить в ВУЗы исключительно на платное отделение. ЕНТ в июне проводится бесплатно, его сдают все категории </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>поступающих</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, которые претендуют на участие в конкурсе на получение образовательного гранта. Только участники, набравшие высокие баллы, смогут обучаться за счет бюджетных средств. Отдельные лица – выпускники средних школ, заведений технического, профессионального образования прошлых лет, поступающие на полный либо сокращенный срок обучения, – оплачивают участие в этом этапе. В январе экзамен могут сдавать: ученики выпускных 11-х или 12-х классов; студенты, зачисленные в ВУЗ только на І академический семестр и ранее не набравшие пороговый балл; студенты, которые переводятся с творческих специальностей на другие специальности. ЕНТ в марте подойдет исключительно для учащихся 11-12-х выпускных классов. А заключительный этап, в августе, проводится для всех, кто ранее не набрал необходимое количество баллов, а также – для выпускников школ, обучавшихся за рубежом по международной программе обмена, казахов, окончивших школу за рубежом и при этом не являющихся гражданами Казахстана. Стоимость платного тестирования составляет 2242 тенге. Что делать, если не сдал ЕНТ? Таким образом, для обучения на платном отделении необходимо участие в одном из 4-х </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>жағдайда</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>эпатов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕНТ и получение проходного балла. Срок действия сертификата – до 31 декабря текущего года.  Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId5" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="5328920" cy="2995295"/>
+            <wp:effectExtent l="19050" t="0" r="5080" b="0"/>
+            <wp:docPr id="1" name="Рисунок 1" descr="Что делать, если не сдал ЕНТ?"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1" descr="Что делать, если не сдал ЕНТ?"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId6"/>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="5328920" cy="2995295"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln w="9525">
+                      <a:noFill/>
+                      <a:miter lim="800000"/>
+                      <a:headEnd/>
+                      <a:tailEnd/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что такое пороговый балл?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Пороговые баллы в 2018-2020 гг. Пороговый, он же проходной, балл – это минимальный суммарный балл по всем необходимым экзаменационным предметам (обязательным и профильным), при наличии которого ЕНТ считается сданным, и с которым можно поступить в ВУЗ. В 2018 и 2019 гг. пороговый балл составлял 50, для поступления в национальные ВУЗы необходимо было набрать 65. В 2020 г. ситуация кардинально не поменялась, однако наблюдается тенденция к повышению порогового балла для отдельных специальностей. Обобщенная таблица определения проходного балла в 2020 г. Высшие учебные заведения, образовательные направления Проходной балл Национальные ВУЗы 65 Другие ВУЗы 50 Область образования «Здравоохранение и социальное обеспечение (медицина)» в любом ВУЗе 65 Область образования «Сельское хозяйство и биоресурсы» в любом ВУЗе 60 Область образования «Ветеринария» в любом ВУЗе 60 Педагогические специальности 70</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> В</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> частности, с 2020 г. повысился проходной порог для будущих педагогов, ведь в 2019 г. этот показатель составлял 60 баллов. Как отметил глава МОН РК </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Асхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>не</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аймагамбетов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, целью такого шага является привлечение для получения педагогического образования успешных выпускников. При этом требуется набрать не менее 5-ти баллов по каждому из 5-ти предметов. По результатам подсчетов, проходной балл в январе 2020 г. преодолели 62,5% участников ЕНТ.  Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Какие последствия ожидают тех, кто не сдал ЕНТ с первого раза?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">До 2017 г. считалось: провалил ЕНТ – значит, не аттестован, не окончил школу. В 2017 г. произошло разделение экзаменов: итоговая аттестация – для получения аттестата об общем среднем образовании и ЕНТ – для поступления в ВУЗы. С 2020 г. при наличии 4-х этапов тестирования единственное негативное последствие «провала» на экзамене – это потеря возможности претендовать на государственный грант. Однако учащиеся выпускных 11-12-х классов имеют отличную возможность попробовать свои силы в январе и марте, а потом принять участие в главном этапе тестирования – в июне-июле. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Таким образом, школьники получают две попытки проверить свои знания без нежелательных итогов. Например, если ученик выпускного класса не набрал 50 баллов на январском этапе, но смог хорошо подготовиться и на тестировании в июне набрал свыше 120 баллов, то он может претендовать на грант. Августовский этап предназначен в основном для пересдачи, до этого периода все государственные гранты уже распределены. Важно учесть тот факт, что для оформления образовательного гранта действительным является лишь сертификат, полученный после сдачи ЕНТ в июне-июле. Если, к примеру, выпускник в марте набрал 130 баллов, то этот результат для обучения за счет бюджетных средств засчитан не будет!  Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Как пересдать ЕНТ, если не набрал пороговый балл</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Возрастание количества экзаменационных периодов гарантирует высокие шансы для повторной – и не единственной – сдачи экзамена. Министр образования </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Асхат</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>істеу</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аймагамбетов</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...4 lines deleted...]
-          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> высказался </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> этому поводу: «И вот мы в течение года (2018) данный вопрос обсудили с учителями, с экспертами, с вузами, и, наконец, пришли к единому мнению ... Больше этапов – больше возможностей для поступления!» Обучающиеся 11-12-х выпускных классов в случае отрицательного результата на 1-м и 2-м этапах тестирования (в январе и марте) смогут исправить оценку в главном, 3-м, этапе, который для выпускников средних школ текущего года проходит бесплатно и предоставляет шансы на обучение за счет государственных средств. Низкий балл на 3-м этапе (в июне-июле) обозначает возможность пересдачи в последнем этапе в августе, и в случае положительного балла, зачисление в ВУЗ на платное отделение. Если и в этот раз выпускник не преодолел пороговый балл, то это не конец света. Абитуриент может быть зачислен в желаемый ВУЗ на платной основе условно на один семестр (сентябрь-декабрь). Чтобы продлить обучение, такому студенту следует сдать ЕНТ в январе. Если последний шанс окажется провальным, то обучающийся будет отчислен. Низкий балл – не приговор. В 2018 г. известен исключительный случай, когда представитель казахской диаспоры с результатом 25 баллов поступил на грант (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>при том</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, что пороговый балл 50). В итоге, разные категории претендентов на участие в Едином национальном тестировании получают от 3-х до 5-ти попыток успешно сдать экзамен. В связи с этим, у многих абитуриентов возникает вопрос: «Есть ли возможность пересдать ЕНТ, если участник тестирования перешагнул пороговый уровень, но не доволен результатом?» Этим преимуществом обладают лишь учащиеся выпускных 11-12 классов и только после прохождения январского и мартовского этапов. Наведем исчерпывающее объяснение от </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Асхата</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>керек</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Аймагамбетова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>?</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: «Условно выпускник захотел поступить в вуз на платной основе. В декабре с 1 по 15 будет прием заявлений, он приходит, подает заявление, в январе с 15 по 20 будет проводиться ЕНТ. Он участвует, получает условно 60 баллов, получает пороговый балл, идет в высшее учебное заведение, его сразу вуз тут же могут зачислить. И в принципе он может продолжать дальше обучение в школе, не беспокоясь, зная, что он уже поступил в вуз. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Но если он все-таки летом в июне захочет претендовать на грант, его никто не лишает возможности, чтобы он в июне подал документы на участие в июньском ЕНТ, попробовал свои силы.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-    </w:p>
-[...29 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Если он набирает достаточное количество баллов, то принял участие в присуждении государственных образовательных грантов. Если он выиграл грант, то соответственно он уже учится на бесплатной основе. Если не выиграл, то продолжает учиться на платной основе».   Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что такое творческие экзамены?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">На какие группы образовательных программ их надо сдавать? Творческие экзамены – особый формат заданий, система оценивания не только знаний, но и талантов выпускников. Данный тип проверки призван показать наличие творческих способностей и личностных качеств, необходимых для овладения определенной творческой профессией. Сдаются вместо 2-х профильных предметов ЕНТ в отдельном порядке на базе ВУЗов, в которые планирует поступать абитуриент. Представляем перечень образовательных направлений, для обучения на которых необходимы творческие экзамены: </w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>Ұлттық</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Культурно-досуговая</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> работа Связь с общественностью Журналистика Архитектура Дизайн Искусство эстрады Актерское искусство Традиционное музыкальное искусство </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>бірыңғай</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Дирижирование</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Инструментальное исполнительство Вокальное искусство </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>тестілеу-орта</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Исламоведение</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Религиоведение </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>білім</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Арт-менеджмент</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Декоративное искусство Издательское дело Скульптура Искусствоведение Операторское искусство Живопись Графика Сценография Композиция Хореография Режиссура Музыковедение Теология Изобразительное искусство и черчение Физическая культура и спорт Музыкальное образование Начальная военная подготовка Творческие экзамены в 2020 г. сдают после проведения</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ЕНТ, в срок с 8 по 13 июля. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Сроки приема заявлений Сроки проведения Прием заявлений поступающих для сдачи творческого экзамена осуществляется в КГУ имени </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>алғаннан</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ш.Уалиханова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 июня - 7 июля Творческие экзамены 8-13 июля Прием документов поступающих и проведение специального экзамена для поступления по области образования «Педагогические науки» осуществляются в КГУ имени </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>кейін</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Ш.Уалиханова</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 20 июня - 14 августа Каждый университет предлагает предшествующий творческим экзаменам 2-3-х недельный экспресс-курс по</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> усовершенствованию нужных навыков и закреплению основ по выбранной дисциплине. Формат заданий зависит от специальности. Так, поступление на журналистику предусматривает написание сочинения на заданную тему и собеседование с непременным представлением собственных публикаций, рекомендаций от журналистских союзов и пр. Желающие поступить на начальную военную подготовку сдают в первом этапе нормативы по видам спорта, во втором – навыки проведения спортивных игр. Будущим архитекторам понадобится хороший результат по рисунку и черчению. Максимальный балл ЕНТ для творческого направления – 120 (то есть 30 и 30 для каждого творческого экзамена, остальные 60 – математическая грамотность, грамотность чтения, история Казахстана), пороговый балл – 50. Студенты, которые ошиблись с выбором будущего направления подготовки и в итоге переводятся с творческих специальностей на другие специальности, должны сдавать разницу в виде ЕНТ (ведь они не сдавали два профильных предмета). Они имеют 2 возможности пройти тестирование – в январе и августе.   Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Что делать, если провалил творческие экзамены?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Для поступления на группы образовательных программ творческого направления требуется набрать суммарный пороговый балл – 50. Если результат ниже, значит, есть возможность пересдать ЕНТ в августе, повысив общую оценку по обязательным предметам национального тестирования. В крайнем случае, вас могут зачислить в ВУЗ на определенную образовательную программу на 1-й семестр, тогда успешно сдать ЕНТ придется в январе следующего года. Когда по обоим творческим экзаменам абитуриент набирает 0 баллов (а минимальный порог – 5), что случается крайне редко, то он не может претендовать на данную образовательную программу в этом году. Ведь творческие </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">испытания проводятся раз в году (летом). Стоит обязательно учесть, что экзамены данного типа проходят практически в один день в одно и то же время, так что вероятность выбрать сразу несколько ВУЗов </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>у</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> поступающего небольшая.   Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Можно ли поступить в ВУЗ без ЕНТ?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRPr="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Напоминаем, что национальное тестирование обязательно только для поступления в высшие учебные заведения Казахстана. Включая победителей олимпиад республиканского и международного уровня, а также обладателей знака «Алтын </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00B530F3">
-[...6 lines deleted...]
-        <w:t>меңгерген</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>белгі</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...326 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">». Если выпускник собирается обучаться в иностранных ВУЗах в пределах РК либо за границей, то ему не нужно сдавать ЕНТ. С 2017 г. Минобразования отменило необходимость предъявлять сертификат ЕНТ казахстанским гражданам при переводе с зарубежного ВУЗа, таким образом, увеличив приток студентов в высшие учебные заведения РК. Соответственно, в казахстанские ВУЗы стало легко попасть путем перевода. Можно, к примеру, поступить дистанционно в российский университет, а затем перевестись в любой казахстанский ВУЗ. Также обойтись без прохождения единого национального тестирования могут выпускники школ, которые хотят поступить в ВУЗ негосударственной формы собственности. Дистанционная форма обучения не требует сертификата ЕНТ. В Центре дистанционного обучения можно выбрать десятки разных специальностей и при этом получить диплом, котируемый в Казахстане и странах СНГ. </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Все последние нововведения относительно порядка прохождения ЕНТ направлены на создание максимальных удобств для поступающих, призваны минимизировать стресс и расширить возможности для поступления в ВУЗы.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00B530F3">
-[...4265 lines deleted...]
-    <w:sectPr w:rsidR="00974B73" w:rsidRPr="00B530F3" w:rsidSect="00BB22C6">
+      <w:r w:rsidRPr="00974B73">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Неудовлетворительный балл на ЕНТ не является поводом для беспокойства, лишь сигналом к более тщательной подготовке. Ведь пересдавать можно от 3-х до 5-ти раз. Зачисление в казахстанский ВУЗ без сертификата ЕНТ вполне реально.  Подробнее: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidRPr="00974B73">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:color w:val="0000FF"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+            <w:u w:val="single"/>
+            <w:lang w:eastAsia="ru-RU"/>
+          </w:rPr>
+          <w:t>https://buki.kz/news/chto-delat-esli-ne-sdal-ent/</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="00974B73" w:rsidRDefault="00974B73" w:rsidP="00974B73">
+      <w:pPr>
+        <w:ind w:firstLine="426"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00974B73" w:rsidSect="00BB22C6">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -4932,53 +1330,51 @@
     <w:charset w:val="CC"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="60"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00974B73"/>
     <w:rsid w:val="00974B73"/>
-    <w:rsid w:val="00B530F3"/>
     <w:rsid w:val="00BB22C6"/>
-    <w:rsid w:val="00E91F4B"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -5453,51 +1849,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1391883599">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://buki.kz/news/chto-delat-esli-ne-sdal-ent/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -5743,51 +2139,51 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>7039</Characters>
+  <Pages>5</Pages>
+  <Words>2200</Words>
+  <Characters>12546</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>58</Lines>
-  <Paragraphs>16</Paragraphs>
+  <Lines>104</Lines>
+  <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8257</CharactersWithSpaces>
+  <CharactersWithSpaces>14717</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>