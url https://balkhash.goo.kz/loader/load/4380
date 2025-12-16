--- v0 (2025-12-09)
+++ v1 (2025-12-16)
@@ -1,1120 +1,230 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:body>
-    <w:p w:rsidR="00CE772F" w:rsidRPr="00CE772F" w:rsidRDefault="00CE772F" w:rsidP="00CE772F">
+    <w:p w:rsidR="009F5442" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...9 lines deleted...]
-        <w:t>№ 1 НОМ-де</w:t>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">OSH#1 held a traditional week of languages with </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5442" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>17 to February 22, 2020.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5442" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Maeva D. D. held an open lesson in the 4th "A" class, on the topic "Healthy bodies". A young English teacher Smirnova M. A. held an open lesson "Home cooking" in the 2nd "A"class. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="009F5442" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Khamitova K. K. held an event in the 11" A "class, on the theme" Do you know?</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE772F">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> Т</w:t>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>".</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE772F">
-[...6 lines deleted...]
-        <w:t xml:space="preserve">ілдер апталығы өтті. </w:t>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The events were exciting and interesting. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE772F" w:rsidRPr="00CE772F" w:rsidRDefault="00CE772F" w:rsidP="00CE772F">
+    <w:p w:rsidR="009F5442" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...1 lines deleted...]
-      </w:pPr>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gamova T. G. conducted a lesson in 3 </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00CE772F">
-[...6 lines deleted...]
-        <w:t>17-22</w:t>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>" B</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00CE772F">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> ақпан 2020 жылғы.</w:t>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> " class on the topic "Mother's Day". During the lesson, the children got acquainted with the history of the holiday, learned to say wishes to their mothers and grandmothers in English. And they made postcards with their own hands. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE772F" w:rsidRPr="00CE772F" w:rsidRDefault="00CE772F" w:rsidP="00CE772F">
+    <w:p w:rsidR="009F5442" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:eastAsia="ru-RU"/>
-[...105 lines deleted...]
-        <w:t xml:space="preserve">"тақырыбында ашық сабақ өткізді. </w:t>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>The events were held at English lessons in the form of non-traditional lessons, which caused much more interest and high activity of the children. Attracting students to creative work, foreign language teachers provided them with fascinating material of a country-specific, game-like nature.</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00CE772F" w:rsidRPr="00CE772F" w:rsidRDefault="00CE772F" w:rsidP="00CE772F">
+    <w:p w:rsidR="00345D68" w:rsidRPr="009F5442" w:rsidRDefault="009F5442" w:rsidP="009F5442">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-          <w:sz w:val="24"/>
-[...248 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="0000FF"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
-[...620 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F5442">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+        </w:rPr>
+        <w:t>Active participation of students in the activities of the English language week indicates the need and expediency of organizing extracurricular activities in a foreign language and helps to increase motivation to study the subject, as well as has educational and developmental value.</w:t>
+      </w:r>
       <w:r w:rsidR="00345D68" w:rsidRPr="00345D68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00345D68" w:rsidRPr="00345D68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://www.facebook.com/photo.php?fbid=479870306223532&amp;set=pcb.479870676223495&amp;type=3&amp;__tn__=HH-R&amp;eid=ARADZHi0l2tnTJr1Kq1D8QaBu2SOLoUfpOsz9-ajxJuuxXj_hMAOSDtgtpXmhDDD66YjXvdL9E0UMzAO" </w:instrText>
       </w:r>
       <w:r w:rsidR="00345D68" w:rsidRPr="00345D68">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="ru-RU"/>
         </w:rPr>
@@ -1681,51 +791,50 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="CC"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat/>
   <w:rsids>
     <w:rsidRoot w:val="00345D68"/>
     <w:rsid w:val="00345D68"/>
     <w:rsid w:val="0040179D"/>
     <w:rsid w:val="009F5442"/>
-    <w:rsid w:val="00CE772F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="ru-RU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
 </w:settings>
@@ -2604,50 +1713,50 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>309</Words>
-  <Characters>1767</Characters>
+  <Words>329</Words>
+  <Characters>1879</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>14</Lines>
+  <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2072</CharactersWithSpaces>
+  <CharactersWithSpaces>2204</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Admin</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>